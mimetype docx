--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:71.09375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Robert BONAMY </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités Université de Poitiers, 18è section CNU études cinématographiques et audiovisuelles.Recherche-création(documentaire filmique et documentaire sonore)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma réfractaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'incidence éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 159 p., 2025, 978-2-918193-68-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05287111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinémas en communs, 176 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions de l'oeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 176 p, 2020, 978-2-35137-280-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinémas des infâmes, revue Recherches &Travaux, numéro 93, Grenoble, UGA éditions, novembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 93, 2018, Cinémas des infâmes, 978-2-37747-065-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharunas Bartas ou les hautes solitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions du Centre Pompidou; de l'incidence éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 244 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinéraires de Roberto Rossellini, UGA éditions, Grenoble, 2015, 182 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UGA éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-284310-288-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Fond cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 202 p., 2013, "le parti pris du cinéma", 9782343017471</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux ou trois lignes. Poétique des incipit dans les films de Darejan Omirbaev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazim Djemaï, les bandes d'&amp;quot;a-mateurs&amp;quot;. En hommage à Nazim Djemaï (1977-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertains regards. Cahiers dramaturgiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la précision. Entretien avec le cinéaste Darejan Omirbaev (partie 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Zvonkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03914236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">'Ni dans ni hors',[La Vallée] de Ghassan Salhab, un film-lisière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, dans Dario Marchiori et Nedjma Moussaoui (dir.), Lisières esthétiques et culturelles au cinéma, 2019 – 2 (12), p. 233-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la flétrissure à l'étoilement Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Cinémas des infâmes, 93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma en inserts, entretien avec Bernard Aspe à propos de son essai &amp;quot;Les Fibres du temps&amp;quot;, dans revue &amp;quot;Débordements&amp;quot;, Lille, octobre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'un film refuge ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Cinémas des infâmes, 93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communs fantômes. Notes pour un peu mieux se perdre dans Révolution Zendj de Tariq Teguia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue Documentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Disparitions, 28, pp.45-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commun brouillon, « Salaud d’argent (que ma langue s’attache à mon palais) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CINETRENS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(avec Raphaël Nieuwjaer), Communs exils, entretien avec Nicolas Klotz & Elisabeth Perceval, Lille, revue Débordements, octobre 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Va, Toto ! » : le cinéaste Pierre Creton fait écran commun avec les animaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01980364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(avec David Yon), L’image menaçante, l’image menacée. Entretien avec Ghassan Salhab, revue Débordements, Lille, mars 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commune mer. Brûle la mer de Nathalie Nambot & Maki Berchache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmer une ville de dos. A partir de Rome plutôt que vous de Tariq Teguia (2006) et en passant par Voyage à Tokyo de Yasujiro Ozu (1953)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traversées urbaines </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 65-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma demain encore dira : ici, il y a quelqu'un (à propos de Tariq Teguia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 61, pp.195-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir vieilli(r). Autour de Magaye Niang dans Mille Soleils, un film de Mati Diop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Jouer avec la vieillesse, 86, pp.55-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gli “inizi” in Kracauer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fata Morgana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16, p. 43-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fond sonore au cinéma. Une poétique de l'absence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filigrane - Musique, esthétique, sciences, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.59-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturber, épuiser, fulgurer. Parcours parmi les ateliers rivettiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrelacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.41 - 50. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/entrelacs.179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vague à l'âme. [Je rentre à la maison] de Manoel de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p.34-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tressaillements. Straub-Huillet, Eustache, Fitoussi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 53-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international "Pollution sonore, Préservation de l'écoute : Propositions filmiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Robert Bonamy; Mathias Lavin, Mar 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siegfried Kracauer : le médium et la pensée de l'antichambre (cinéma, photographie, avant- dernières choses)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médialités artistiques et littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne-Cécile Guilbard; Julien Rault, May 2025, Poitiers (MSHS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chantiers documentaires de la cinéaste Bani Khoshnoudi : expériences de l’à venir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le film documentaire en devenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jean-Louis Dufour; Isabelle Labrouillère; Emmanuel Cano, Feb 2024, Toulouse (Université Toulouse - Jean Jaurès), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais documentaires et expériences de la création avec Bani Khoshnoudi : éthique et puissance de la vulnérabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'axe Politique des arts, UR15076 FoReLLIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Poitiers (MSHS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner et rechercher le cinéma contemporain avec les pratiques de la création documentaire : expériences pédagogiques et de recherche en création dans un contexte universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner les arts du spectacle [Colloque]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Valérie Vignaux; Thomas Horeau; Unité de Recherche LASLAR « Lettres, Arts du Spectacle, Langues Romanes » (université de Caen Normandie), Oct 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mains imaginatives. Approche d’un essai de Sylvain Beaulieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Contre tout lumière dansent mes ombres », processus de création d’un autoportrait filmique singulier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurence Moinereau; Odile Méndez-Bonito, Dec 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après (Posthume) : pensée de l'Histoire dans les essais documentaires de Ghassan Salhab,entre 2008 et 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des arts pour construire/déconstruire à partir des décombres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Valérie Vignaux; Ghada Sayegh, Nov 2024, Caen (Abbaye d'Ardenne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former au son : table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Longueur d'Ondes 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui s'invente dans la contrainte. Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude, Le cinéma de la petite économie : faire et montrer des films de peu de moyens en France aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Paris Institut national d’histoire de l’art (INHA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences filmiques et manifestes collectifs ruraux : tentatives écotopiques, réalisations novatrices (études d’essais documentaires contemporains)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des territoires utopiques aux Paysages écotopiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Corinne Maury; David Faroult; Sébastien Layerle; Sylvain Dreyer; Clément Schneider; Groupe de recherche Utopies Cinématographiques; La Fémis – École nationale supérieure des métiers de l'image et du son, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'à peu près, de l'approche (Jean-Luc Nancy à l'occasion d'un film de Rabah Ameur-Zaïmeche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Nancynéma – Jean-Luc Nancy et l’évidence du film</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Antoine de Baecque; Marie Martin; ENS-PSL – École normale supérieure-Université Paris Sciences et Lettres; FoReLLIS – Formes et représentations en linguistique, littérature et dans les arts de l’image et de la scène (Université de Poitiers), May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bani Khoshnoudi, contrées filmiques (Iran, Mexique, Italie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Histoire au présent – lieu(x) sans demeure ? Est-éthique et politique des images en mouvements »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sébastien Denis; Sylvie Rollet; Olga Korbyn; Kateryna Lobodenko; Inga Tchatarashvili, Apr 2023, Paris – Institut national d’histoire de l’art (INHA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communes blessures. Étude des opérations filmiques de [Ne me guéris jamais], réalisé par David Yon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journée d'étude « Expériences de la blessure au théâtre et au cinéma »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Bruckert; Mathias Lavin; Shirley Niclais, Oct 2022, Poitiers (Université de Poitiers), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissance, puissance-de-ne-pas et virtuel ? En passant par Giorgio Agamben</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Puissances esthétiques du virtuel : dispositif, forme, pensée »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Massimo Oliveiro; Olga Kobryn, Mar 2018, Paris – Institut national d’histoire de l’art (INHA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commun mon­tage : la réa­lité maté­rielle et les avant-der­niè­res choses selon Siegfried Kracauer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « L’art de remon­ter le temps. L’his­toire et le mou­ve­ment des images »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Cheval, Apr 2017, Lyon (ENS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Barthes, Siegfried Kracauer : la photographie, le cinéma, le photogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roland Barthes, la pensée de la photographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Point du Jour. Centre d’art éditeur, Dec 2015, Cherbourg-en-Cotentin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des rideaux. Un motif filmique selon Chantal Akerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eugénie Zvonkine; Olga Kobryn; Macha Ovtchinnikova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intérieurs sensibles de Chantal Akerman. Films et installations – passages esthétiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Arts du spectacle - Images et Sons, 978-2-7574-4186-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’analyse en Dérives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les formes filmiques contemporaines (Vincent Deville et Loig Le Bihan dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UGA éditions, 2023, 9782377473830</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désanctuariser le cinéma. Nicolas Klotz et Elisabeth Perceval : les chantiers post-documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'art documentaire et politique contemporain, sous la direction de Antony Fiant et Isabelle Le Corff, Presses Universitaires de Vincennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">presses universitaires de vincennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782379242502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fougue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Klotz; Élisabeth Perceval. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les frontières brûlent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, de l'incidence éditeur; Arte éditions, pp.52-62, 2021, 978-2-918193-43-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communs corps. Mabel, Cosmo et alii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">dans Alix de Morant, Julie Savelli, Jean-Philippe Trias et Céline Saturnino dir., [John Cassavetes - Imaginaire des corps, entre la scène et l'écran], Presses universitaires de Provence, coll. Arts, 2021, p. 107-117.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier et rechercher dans l’art du cinéma, avec son avant-garde et en création. Expériences et propositions dans un contexte universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, dans Frédéric Sojcher et Serge Le Peron dir., "Cinéma à l’université. Le regard et le geste", Bruxelles, Les Impressions nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les impressions nouvelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-87449-758-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique de Roberto Rossellini. Des images mobiles&amp;quot;, dans Robert Bonamy, &amp;quot;Itinéraires de Roberto Rossellini&amp;quot;, UGA éditions, Grenoble, 2015, p. 6-16</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires de Roberto Rossellini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un essai de fiction. Empty Quarter / Une Femme en Afrique de Raymond Depardon&amp;quot;, dans Didier Coureau (dir), &amp;quot;Raymond Depardon. L'Immobilité et le Mouvement du monde&amp;quot;, L'Harmattan, Paris, 2015, p. 117-133.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raymond Depardon. L'Immobilité et le mouvement du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raturer la mort. A propos de Jean-Luc Godard&amp;quot;, dans Eléonore Hamaide-Jager et Françoise Heitz (éd.), &amp;quot;La Lettre au cinéma&amp;quot;, 2014, Artois Presses Université, Arras, p. 109-118</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre au cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes sur un geste quotidien. En partant des films de Claire Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma et Danse. Sensibles Entrelacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 247-258, 2013, 978-2-343-00770-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vues sur l'Internet et saynètes au téléphone portable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma(s) et nouvelles technologies. Continuités et ruptures créatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 113-129, 2011, 978-2-296-55569-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le son de [Cézanne], selon Straub-Huillet. Perturbations sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Son au cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, p. 99-118, 2010, 978-2-84832-112-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rue assourdissante. Flânerie sonore en cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Propos sur la flânerie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 155-165, 2009, 9782296073548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Creton, en attendant &amp;quot;Le Bel été</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Yon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, https://derives.tv/pierre-creton-en-attendant-le-bel-ete/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:71.09375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Robert BONAMY </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités Université de Poitiers, 18è section CNU études cinématographiques et audiovisuelles.Recherche-création(documentaire filmique et documentaire sonore)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma réfractaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'incidence éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 159 p., 2025, 978-2-918193-68-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05287111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinémas en communs, 176 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions de l'oeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 176 p, 2020, 978-2-35137-280-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinémas des infâmes, revue Recherches &Travaux, numéro 93, Grenoble, UGA éditions, novembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 93, 2018, Cinémas des infâmes, 978-2-37747-065-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharunas Bartas ou les hautes solitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions du Centre Pompidou; de l'incidence éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 244 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinéraires de Roberto Rossellini, UGA éditions, Grenoble, 2015, 182 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UGA éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-284310-288-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Fond cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 202 p., 2013, "le parti pris du cinéma", 9782343017471</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux ou trois lignes. Poétique des incipit dans les films de Darejan Omirbaev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazim Djemaï, les bandes d'&amp;quot;a-mateurs&amp;quot;. En hommage à Nazim Djemaï (1977-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertains regards. Cahiers dramaturgiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la précision. Entretien avec le cinéaste Darejan Omirbaev (partie 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Zvonkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03914236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">'Ni dans ni hors',[La Vallée] de Ghassan Salhab, un film-lisière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, dans Dario Marchiori et Nedjma Moussaoui (dir.), Lisières esthétiques et culturelles au cinéma, 2019 – 2 (12), p. 233-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'un film refuge ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Cinémas des infâmes, 93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma en inserts, entretien avec Bernard Aspe à propos de son essai &amp;quot;Les Fibres du temps&amp;quot;, dans revue &amp;quot;Débordements&amp;quot;, Lille, octobre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la flétrissure à l'étoilement Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Cinémas des infâmes, 93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Va, Toto ! » : le cinéaste Pierre Creton fait écran commun avec les animaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01980364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communs fantômes. Notes pour un peu mieux se perdre dans Révolution Zendj de Tariq Teguia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue Documentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Disparitions, 28, pp.45-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(avec Raphaël Nieuwjaer), Communs exils, entretien avec Nicolas Klotz & Elisabeth Perceval, Lille, revue Débordements, octobre 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commun brouillon, « Salaud d’argent (que ma langue s’attache à mon palais) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CINETRENS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commune mer. Brûle la mer de Nathalie Nambot & Maki Berchache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(avec David Yon), L’image menaçante, l’image menacée. Entretien avec Ghassan Salhab, revue Débordements, Lille, mars 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débordements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma demain encore dira : ici, il y a quelqu'un (à propos de Tariq Teguia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 61, pp.195-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir vieilli(r). Autour de Magaye Niang dans Mille Soleils, un film de Mati Diop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Jouer avec la vieillesse, 86, pp.55-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmer une ville de dos. A partir de Rome plutôt que vous de Tariq Teguia (2006) et en passant par Voyage à Tokyo de Yasujiro Ozu (1953)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traversées urbaines </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 65-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gli “inizi” in Kracauer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fata Morgana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16, p. 43-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fond sonore au cinéma. Une poétique de l'absence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filigrane - Musique, esthétique, sciences, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.59-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturber, épuiser, fulgurer. Parcours parmi les ateliers rivettiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrelacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.41 - 50. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/entrelacs.179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vague à l'âme. [Je rentre à la maison] de Manoel de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p.34-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tressaillements. Straub-Huillet, Eustache, Fitoussi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 53-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international "Pollution sonore, Préservation de l'écoute : Propositions filmiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Robert Bonamy; Mathias Lavin, Mar 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siegfried Kracauer : le médium et la pensée de l'antichambre (cinéma, photographie, avant- dernières choses)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médialités artistiques et littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne-Cécile Guilbard; Julien Rault, May 2025, Poitiers (MSHS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences filmiques et manifestes collectifs ruraux : tentatives écotopiques, réalisations novatrices (études d’essais documentaires contemporains)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des territoires utopiques aux Paysages écotopiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Corinne Maury; David Faroult; Sébastien Layerle; Sylvain Dreyer; Clément Schneider; Groupe de recherche Utopies Cinématographiques; La Fémis – École nationale supérieure des métiers de l'image et du son, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chantiers documentaires de la cinéaste Bani Khoshnoudi : expériences de l’à venir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le film documentaire en devenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jean-Louis Dufour; Isabelle Labrouillère; Emmanuel Cano, Feb 2024, Toulouse (Université Toulouse - Jean Jaurès), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner et rechercher le cinéma contemporain avec les pratiques de la création documentaire : expériences pédagogiques et de recherche en création dans un contexte universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner les arts du spectacle [Colloque]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Valérie Vignaux; Thomas Horeau; Unité de Recherche LASLAR « Lettres, Arts du Spectacle, Langues Romanes » (université de Caen Normandie), Oct 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais documentaires et expériences de la création avec Bani Khoshnoudi : éthique et puissance de la vulnérabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'axe Politique des arts, UR15076 FoReLLIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Poitiers (MSHS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mains imaginatives. Approche d’un essai de Sylvain Beaulieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Contre tout lumière dansent mes ombres », processus de création d’un autoportrait filmique singulier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurence Moinereau; Odile Méndez-Bonito, Dec 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après (Posthume) : pensée de l'Histoire dans les essais documentaires de Ghassan Salhab,entre 2008 et 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des arts pour construire/déconstruire à partir des décombres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Valérie Vignaux; Ghada Sayegh, Nov 2024, Caen (Abbaye d'Ardenne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former au son : table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Longueur d'Ondes 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui s'invente dans la contrainte. Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude, Le cinéma de la petite économie : faire et montrer des films de peu de moyens en France aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Paris Institut national d’histoire de l’art (INHA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'à peu près, de l'approche (Jean-Luc Nancy à l'occasion d'un film de Rabah Ameur-Zaïmeche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Nancynéma – Jean-Luc Nancy et l’évidence du film</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Antoine de Baecque; Marie Martin; ENS-PSL – École normale supérieure-Université Paris Sciences et Lettres; FoReLLIS – Formes et représentations en linguistique, littérature et dans les arts de l’image et de la scène (Université de Poitiers), May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bani Khoshnoudi, contrées filmiques (Iran, Mexique, Italie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Histoire au présent – lieu(x) sans demeure ? Est-éthique et politique des images en mouvements »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sébastien Denis; Sylvie Rollet; Olga Korbyn; Kateryna Lobodenko; Inga Tchatarashvili, Apr 2023, Paris – Institut national d’histoire de l’art (INHA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communes blessures. Étude des opérations filmiques de [Ne me guéris jamais], réalisé par David Yon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journée d'étude « Expériences de la blessure au théâtre et au cinéma »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Bruckert; Mathias Lavin; Shirley Niclais, Oct 2022, Poitiers (Université de Poitiers), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissance, puissance-de-ne-pas et virtuel ? En passant par Giorgio Agamben</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Puissances esthétiques du virtuel : dispositif, forme, pensée »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Massimo Oliveiro; Olga Kobryn, Mar 2018, Paris – Institut national d’histoire de l’art (INHA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commun mon­tage : la réa­lité maté­rielle et les avant-der­niè­res choses selon Siegfried Kracauer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « L’art de remon­ter le temps. L’his­toire et le mou­ve­ment des images »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Cheval, Apr 2017, Lyon (ENS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Barthes, Siegfried Kracauer : la photographie, le cinéma, le photogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roland Barthes, la pensée de la photographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Point du Jour. Centre d’art éditeur, Dec 2015, Cherbourg-en-Cotentin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des rideaux. Un motif filmique selon Chantal Akerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eugénie Zvonkine; Olga Kobryn; Macha Ovtchinnikova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intérieurs sensibles de Chantal Akerman. Films et installations – passages esthétiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Arts du spectacle - Images et Sons, 978-2-7574-4186-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’analyse en Dérives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les formes filmiques contemporaines (Vincent Deville et Loig Le Bihan dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UGA éditions, 2023, 9782377473830</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désanctuariser le cinéma. Nicolas Klotz et Elisabeth Perceval : les chantiers post-documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'art documentaire et politique contemporain, sous la direction de Antony Fiant et Isabelle Le Corff, Presses Universitaires de Vincennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">presses universitaires de vincennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782379242502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communs corps. Mabel, Cosmo et alii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">dans Alix de Morant, Julie Savelli, Jean-Philippe Trias et Céline Saturnino dir., [John Cassavetes - Imaginaire des corps, entre la scène et l'écran], Presses universitaires de Provence, coll. Arts, 2021, p. 107-117.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fougue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Klotz; Élisabeth Perceval. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les frontières brûlent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, de l'incidence éditeur; Arte éditions, pp.52-62, 2021, 978-2-918193-43-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier et rechercher dans l’art du cinéma, avec son avant-garde et en création. Expériences et propositions dans un contexte universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, dans Frédéric Sojcher et Serge Le Peron dir., "Cinéma à l’université. Le regard et le geste", Bruxelles, Les Impressions nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les impressions nouvelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-87449-758-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique de Roberto Rossellini. Des images mobiles&amp;quot;, dans Robert Bonamy, &amp;quot;Itinéraires de Roberto Rossellini&amp;quot;, UGA éditions, Grenoble, 2015, p. 6-16</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires de Roberto Rossellini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un essai de fiction. Empty Quarter / Une Femme en Afrique de Raymond Depardon&amp;quot;, dans Didier Coureau (dir), &amp;quot;Raymond Depardon. L'Immobilité et le Mouvement du monde&amp;quot;, L'Harmattan, Paris, 2015, p. 117-133.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raymond Depardon. L'Immobilité et le mouvement du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raturer la mort. A propos de Jean-Luc Godard&amp;quot;, dans Eléonore Hamaide-Jager et Françoise Heitz (éd.), &amp;quot;La Lettre au cinéma&amp;quot;, 2014, Artois Presses Université, Arras, p. 109-118</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre au cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes sur un geste quotidien. En partant des films de Claire Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma et Danse. Sensibles Entrelacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 247-258, 2013, 978-2-343-00770-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vues sur l'Internet et saynètes au téléphone portable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma(s) et nouvelles technologies. Continuités et ruptures créatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 113-129, 2011, 978-2-296-55569-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le son de [Cézanne], selon Straub-Huillet. Perturbations sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Son au cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, p. 99-118, 2010, 978-2-84832-112-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rue assourdissante. Flânerie sonore en cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Propos sur la flânerie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 155-165, 2009, 9782296073548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Creton, en attendant &amp;quot;Le Bel été</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bonamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Yon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, https://derives.tv/pierre-creton-en-attendant-le-bel-ete/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287111v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bonamy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delincidenceediteur.fr/cin%C3%A9ma-refractaire-bonamy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394641v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdeloeil.com/product-page/cin%C3%A9mas-en-communs-robert-bonamy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916249v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615406v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delincidenceediteur.fr/sharunas-bartas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921790v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/toutes-nos-collections/la-fabrique-de-l-uvre/itineraires-de-roberto-rossellini-250108.kjsp?RH=12869425720219599" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259796v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_fond_cinematographique_robert_bonamy-9782343017471-41303.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745247v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703559v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914236v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Zvonkine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198528v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921808v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916336v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921826v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615392v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615389v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916363v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980364v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916353v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615395v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615400v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615396v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615402v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464213v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464194v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/entrelacs.179" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464221v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464218v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022868v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089651v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476492v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476489v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745251v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321780v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775166v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489973v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490066v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775173v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369304v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364652v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364665v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364674v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364687v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370850v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753277v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100630260" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270474v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03702362v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/nouveautes/l-art-documentaire-et-politique-contemporain-9782379242502-0-737.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369377v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198518v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198532v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesimpressionsnouvelles.com/catalogue/cinema-a-luniversite/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921795v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921819v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921832v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464179v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464189v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464199v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464206v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279302v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Yon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287111v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bonamy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delincidenceediteur.fr/cin%C3%A9ma-refractaire-bonamy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394641v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdeloeil.com/product-page/cin%C3%A9mas-en-communs-robert-bonamy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916249v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615406v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delincidenceediteur.fr/sharunas-bartas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921790v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/toutes-nos-collections/la-fabrique-de-l-uvre/itineraires-de-roberto-rossellini-250108.kjsp?RH=12869425720219599" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259796v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_fond_cinematographique_robert_bonamy-9782343017471-41303.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745247v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703559v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914236v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Zvonkine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198528v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921826v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916336v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921808v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980364v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615392v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916363v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615389v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615395v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615396v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615402v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615400v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464213v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464194v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/entrelacs.179" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464221v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464218v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022868v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089651v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775173v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476492v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745251v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476489v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321780v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775166v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489973v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490066v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369304v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364652v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364665v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364674v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364687v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370850v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753277v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100630260" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270474v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03702362v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/nouveautes/l-art-documentaire-et-politique-contemporain-9782379242502-0-737.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198518v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369377v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198532v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesimpressionsnouvelles.com/catalogue/cinema-a-luniversite/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921795v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921819v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921832v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464179v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464189v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464199v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464206v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279302v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Yon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>