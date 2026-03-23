--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -2633,51 +2633,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02683108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (53)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2788,2708 +2788,2691 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelisation des interactions plantes organismes vivants sous forme d'ontologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SCoNE: a Self-Correcting and Noise-Augmented Method for Complex Biological and Chemical Named Entity Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingyu Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Amardeilh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Delpuech</w:t>
+                <w:t xml:space="preserve">Balazs Nagy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphan Bernard</w:t>
+                <w:t xml:space="preserve">Laszlo Vidacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier IA4AgroRun Mobilisation de méthode d’IA pour la sémantisation des données en agroécologie et en veille sanitaire dans le contexte “One Health”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathieu Roche (Cirad - TETIS); Thierry Baldet (Cirad, ASTRE); Jean-Christophe Soulié (Cirad – R&amp;R); Sandrine Auzoux (Cirad – AIDA); Clément Jonquet (INRAE, MISTEA); Pierre-Yves Teycheney (Cirad, PVBMT), Apr 2025, Saint-Denis, La Réunion. 24p</w:t>
+              <w:t xml:space="preserve">European Chapter of the Association for Computational Linguistics (EACL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Rabat (MOROCCO), Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05033023v1</w:t>
+                <w:t xml:space="preserve">hal-05537059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfert de modèles de langue pour la classification rhétorique des citations à travers les disciplines</w:t>
+                <w:t xml:space="preserve">Modelisation des interactions plantes organismes vivants sous forme d'ontologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Foussat</w:t>
+                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Guigue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sauvion</w:t>
+                <w:t xml:space="preserve">Stéphan Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Marseille, France. pp.233-248</w:t>
+              <w:t xml:space="preserve">Atelier IA4AgroRun Mobilisation de méthode d’IA pour la sémantisation des données en agroécologie et en veille sanitaire dans le contexte “One Health”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathieu Roche (Cirad - TETIS); Thierry Baldet (Cirad, ASTRE); Jean-Christophe Soulié (Cirad – R&amp;R); Sandrine Auzoux (Cirad – AIDA); Clément Jonquet (INRAE, MISTEA); Pierre-Yves Teycheney (Cirad, PVBMT), Apr 2025, Saint-Denis, La Réunion. 24p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05330643v1</w:t>
+                <w:t xml:space="preserve">hal-05033023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Wheat and Rice Genomics Scientific Literature Knowledge Graphs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Michel</w:t>
+                <w:t xml:space="preserve">Transfert de modèles de langue pour la classification rhétorique des citations à travers les disciplines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Foussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sauvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semantic Web Technologies for Health Care and Life Science (SWAT4HCLS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Andra Waagmeester; M. Scott Marshall; Andrea Splendiani, Feb 2025, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Marseille, France. pp.233-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-04932752v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05330643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aligner les descriptions des plantes ayant des points de vue distincts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S Bernard</w:t>
+                <w:t xml:space="preserve">The Wheat and Rice Genomics Scientific Literature Knowledge Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Yacoubi Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Bravo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Bossy</w:t>
+                <w:t xml:space="preserve">Bill Gates Happi Happi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. Journées francophones d'Ingénierie des Connaissances (IC 2024) @ Plate-Forme Intelligence Artificielle (PFIA 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Semantic Web Technologies for Health Care and Life Science (SWAT4HCLS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Andra Waagmeester; M. Scott Marshall; Andrea Splendiani, Feb 2025, Barcelone, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638307v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-04932752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantically-Informed Domain Adaptation for Named Entity Recognition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aligner les descriptions des plantes ayant des points de vue distincts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariya Borovikova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+                <w:t xml:space="preserve">Sonia Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMIS 2024 - 27. International symposium on methodologies for intelligent systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-62700-2_6⟩</w:t>
+              <w:t xml:space="preserve">35. Journées francophones d'Ingénierie des Connaissances (IC 2024) @ Plate-Forme Intelligence Artificielle (PFIA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA-Association Française pour l'Intelligence Artificielle, Jul 2024, La Rochelle, France. pp.121-122, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/LVRFWJ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04998788v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taec : Un corpus annoté pour l'extraction de traits et phénotypes dans la littérature sur la sélection du blé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semantically-Informed Domain Adaptation for Named Entity Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariya Borovikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement, (IN-OVIVE), associé à la Plateforme Intelligence Artificielle (PFIA 2023),</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISMIS 2024 - 27. International symposium on methodologies for intelligent systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Poitiers, France. pp.55-64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-62700-2_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302140v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Could KeyWord Masking Strategy Improve Language Model?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariya Borovikova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. International Conference on Natural Language &amp; Information Systems. NLDB23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Métais, E., Meziane, F., Sugumaran, V., Manning, W., Reiff-Marganiec, S., Jun 2023, Derby, United Kingdom. pp.271-284, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-35320-8_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04173002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation de plongements de graphes pour l'extraction de relations biomédicales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anfu Tang</w:t>
+                <w:t xml:space="preserve">Taec : Un corpus annoté pour l'extraction de traits et phénotypes dans la littérature sur la sélection du blé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Sauvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Zweigenbaum</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France. pp.298-310</w:t>
+              <w:t xml:space="preserve">Atelier INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement, (IN-OVIVE), associé à la Plateforme Intelligence Artificielle (PFIA 2023),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130138v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation des stades phénologiques et cultures dans les Bulletins de Santé du Végétal de la vigne</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephan Bernard</w:t>
+                <w:t xml:space="preserve">Exploitation de plongements de graphes pour l'extraction de relations biomédicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anfu Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Roussey</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deléger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zweigenbaum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Atelier INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement (IN-OVIVE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIA-Association Française pour l'Intelligence Artificielle; ICube-laboratoire des sciences de l'ingénieur, de l'informatique et de l'imagerie, Jul 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France. pp.298-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04187187v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thesaurus Enrichment via Coordination Extraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Chepaikina</w:t>
+                <w:t xml:space="preserve">Annotation des stades phénologiques et cultures dans les Bulletins de Santé du Végétal de la vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Roussey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephan Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Conference on Metadata and Semantics Research (MTSR 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7. Atelier INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement (IN-OVIVE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA-Association Française pour l'Intelligence Artificielle; ICube-laboratoire des sciences de l'ingénieur, de l'informatique et de l'imagerie, Jul 2023, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-39141-5_16⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03933526v1</w:t>
+                <w:t xml:space="preserve">hal-04187187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alignement entre sources : cas d'usage des plantes cultivées</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+                <w:t xml:space="preserve">Thesaurus Enrichment via Coordination Extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Chepaikina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Roussey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones d’Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16. International Conference on Metadata and Semantics Research (MTSR 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, London, United Kingdom. pp.191-202, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-39141-5_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889780v1</w:t>
+                <w:t xml:space="preserve">hal-03933526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d'un graphe de connaissances à partir des annotations d'articles scientifiques et de leur contenu en sciences de la vie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadia Yacoubi Ayadi</w:t>
+                <w:t xml:space="preserve">Alignement entre sources : cas d'usage des plantes cultivées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Faron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC'2022 - PFIA 2022 Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">Journées francophones d’Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889968v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does constituency analysis enhance domain-specific pre-trained BERT models for relation extraction?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louise Deléger</w:t>
+                <w:t xml:space="preserve">Construction d'un graphe de connaissances à partir des annotations d'articles scientifiques et de leur contenu en sciences de la vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Yacoubi Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Faron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Nédellec</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioCreative VII Challenge Evaluation Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, on-line, Spain</w:t>
+              <w:t xml:space="preserve">IC'2022 - PFIA 2022 Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447774v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global alignment for relation extraction in Microbiology</w:t>
+                <w:t xml:space="preserve">Does constituency analysis enhance domain-specific pre-trained BERT models for relation extraction?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anfu Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deléger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zweigenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Junior Conference on Data Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Orsay, France</w:t>
+              <w:t xml:space="preserve">BioCreative VII Challenge Evaluation Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, on-line, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447763v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handling Entity Normalization with no Annotated Corpus: Weakly Supervised Methods Based on Distributional Representation and Ontological Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+                <w:t xml:space="preserve">Global alignment for relation extraction in Microbiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anfu Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zweigenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deléger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Conference on Language Resources and Evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Marseille, France. pp.1959-1966</w:t>
+              <w:t xml:space="preserve">Junior Conference on Data Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866789v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteria Biotope at BioNLP Open Shared Tasks 2019</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Handling Entity Normalization with no Annotated Corpus: Weakly Supervised Methods Based on Distributional Representation and Ontological Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Workshop on BioNLP Open Shared Tasks BioNLP-OST@EMNLP-IJCNLP 2019, Association for Computational Linguistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th Conference on Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Marseille, France. pp.1959-1966</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18653/v1/D19-5719⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02437609v1</w:t>
+                <w:t xml:space="preserve">hal-02866789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relier automatiquement des entités textuelles à des concepts d'une ontologie par apprentissage avec (presque) aucune donnée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+                <w:t xml:space="preserve">Bacteria Biotope at BioNLP Open Shared Tasks 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier IN-OVIVE 7ème édition, des 30èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th Workshop on BioNLP Open Shared Tasks BioNLP-OST@EMNLP-IJCNLP 2019, Association for Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jin-Dong Kim; Claire Nédellec; Robert Bossy; Louise Deléger, Nov 2019, Hong-Kong, Hong Kong SAR China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/D19-5719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03530148v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02437609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Exchange Solution between PubAnnotation and AlvisAE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relier automatiquement des entités textuelles à des concepts d'une ontologie par apprentissage avec (presque) aucune donnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deléger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BLAH4</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Tokyo, Japan. pp.1</w:t>
+              <w:t xml:space="preserve">Atelier IN-OVIVE 7ème édition, des 30èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785063v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03530148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A text mining approach to enhance knowledge of food microorganisms</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Louise Deleger</w:t>
+                <w:t xml:space="preserve">Data Exchange Solution between PubAnnotation and AlvisAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Next Generation Challenges in Food Microbiology, FoodMicro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Athens, Greece</w:t>
+              <w:t xml:space="preserve">BLAH4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Tokyo, Japan. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420417v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovering the complexity in scientific knowledge: towards automatically reconstructing the maize floral transition gene regulatory network</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projet VisaTM : l'interconnexion OpenMinTeD – AgroPortal – ISTEX, un exemple de service de Text et Data Mining pour les scientifiques français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Damerval</w:t>
+                <w:t xml:space="preserve">Fabienne Kettani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Chardon</w:t>
+                <w:t xml:space="preserve">Stéphane Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Deveaux</w:t>
+                <w:t xml:space="preserve">Claire François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conférence on Ecological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">IC 2018 - 29es Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PFIA, Jul 2018, Nancy, France. pp.247-249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420441v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839626v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet VisaTM : l'interconnexion OpenMinTeD – AgroPortal – ISTEX, un exemple de service de Text et Data Mining pour les scientifiques français</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Projet VisaTM : l’interconnexion OpenMinTeD – AgroPortal – ISTEX, un exemple de service de Text et Data Mining pour les scientifiques français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Kettani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC 2018 - 29es Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PFIA, Jul 2018, Nancy, France. pp.247-249</w:t>
+              <w:t xml:space="preserve">IC 2018 - 29es journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PFIA, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01839626v2</w:t>
+                <w:t xml:space="preserve">hal-04420482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet VisaTM : l’interconnexion OpenMinTeD – AgroPortal – ISTEX, un exemple de service de Text et Data Mining pour les scientifiques français</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Aubin</w:t>
+                <w:t xml:space="preserve">Reconstruction and visualisation of gene regulatory networks from different provenances : application at Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC 2018 - 29es journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PFIA, Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">BLAH4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Tokyo, Japan. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420482v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ontologie OntoBiotope pour l'étude de la biodiversité microbienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5511,2364 +5494,2377 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Derozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGC'2018: 18èmes Conférence Internationale sur l'Extraction et la Gestion des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction and visualisation of gene regulatory networks from different provenances : application at Arabidopsis thaliana</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recovering the complexity in scientific knowledge: towards automatically reconstructing the maize floral transition gene regulatory network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Conde E Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Damerval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Deveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BLAH4</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Tokyo, Japan. 2 p</w:t>
+              <w:t xml:space="preserve">International Conférence on Ecological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786388v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florilège: a database gathering microbial phenotypes of food interest</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A text mining approach to enhance knowledge of food microorganisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 Scientific MEM days: Journées scientifiques MEM (Métaomiques et écosystèmes microbiens)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Next Generation Challenges in Food Microbiology, FoodMicro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607327v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Customized automatic corpus annotations using AlvisNLP/ML</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florilège: a database gathering microbial phenotypes of food interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedis Dridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bessieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BLAH3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Tokyo, Japan. 11 diapos</w:t>
+              <w:t xml:space="preserve">2017 Scientific MEM days: Journées scientifiques MEM (Métaomiques et écosystèmes microbiens)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790613v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Text-mining and ontologies: new approaches to knowledge discovery of microbial diversity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Customized automatic corpus annotations using AlvisNLP/ML</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Microbial Diversity 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Bari, Italy</w:t>
+              <w:t xml:space="preserve">BLAH3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Tokyo, Japan. 11 diapos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736151v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of Alvis within the OpenMinTeD platform as Galaxy utilities</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+                <w:t xml:space="preserve">Text-mining and ontologies: new approaches to knowledge discovery of microbial diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Nédellec</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Galaxy Community Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Conference on Microbial Diversity 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Bari, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.200370⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01556276v1</w:t>
+                <w:t xml:space="preserve">hal-02736151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Text mining tools for extracting information about microbial biodiversity in food</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integration of Alvis within the OpenMinTeD platform as Galaxy utilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bohuon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Spoilers in Food 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Galaxy Community Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Montpellier, France. pp.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.200370⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602552v1</w:t>
+                <w:t xml:space="preserve">hal-01556276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the bacteria biotope task at BioNLP shared task</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Text mining tools for extracting information about microbial biodiversity in food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioNLP Shared Task</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.101</w:t>
+              <w:t xml:space="preserve">Microbial Spoilers in Food 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour le Développement de la Recherche Appliquée aux Industries Agricoles et Alimentaires (ADRIA). FRA., Jun 2017, Quimper, France. pp.95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455857v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shared Task SeeDev : Extraction de régulations impliquées dans le développement de la graine d’Arabidopsis thaliana à partir de publications scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialekti Valsamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journées Bioinformatique de l'Inra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Montpellier, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01455855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OntoBiotope: une ontologie pour croiser les habitats microbiens avec les analyses de génomes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of the bacteria biotope task at BioNLP shared task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louise Deleger</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ferré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les journées Bioinformatique de l'Inra</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Montpellier, France. pp.1</w:t>
+              <w:t xml:space="preserve">BioNLP Shared Task</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455856v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the regulatory network of plant seed development (SeeDev) task at the BioNLP shared task 2016</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OntoBiotope: une ontologie pour croiser les habitats microbiens avec les analyses de génomes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Robert Bossy</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioNLP Shared Task</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.113</w:t>
+              <w:t xml:space="preserve">Les journées Bioinformatique de l'Inra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Montpellier, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455854v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interoperability of corpus processing workflow engines: the case of. AlvisNLP/ML in OpenMinTeD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+                <w:t xml:space="preserve">Overview of the regulatory network of plant seed development (SeeDev) task at the BioNLP shared task 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialekti Valsamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting of working Group Medicago sativa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Portoroz, Slovenia</w:t>
+              <w:t xml:space="preserve">BioNLP Shared Task</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455853v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation de marqueurs liés à des gènes d’intérêt en vue de l’établissement d’une base de données pour la sélection assistée chez le blé tendre</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Cariou-Pham</w:t>
+                <w:t xml:space="preserve">Interoperability of corpus processing workflow engines: the case of. AlvisNLP/ML in OpenMinTeD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthèse des Programmes de Recherche FSOV. Actes de la 4ème Rencontre Scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FSOV., Jan 2015, Paris, France. 5 p</w:t>
+              <w:t xml:space="preserve">Meeting of working Group Medicago sativa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Portoroz, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02340478v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information extraction challenge Gene Regulation Network in Arabidopsis thaliana (GRNA)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Information extraction from articles for the elaboration of the regulatory networks involved in Arabidopsis seed development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialekti Valsamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paris-Saclay Center for Data Science: Open Software Initiative (OSI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">26th International Conference on Arabidopsis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603453v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01524850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information extraction from articles for the elaboration of the regulatory networks involved in Arabidopsis seed development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Knowledge model of regulatory networks involved in Arabidopsis seed development for information extraction and integration from text</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialekti Valsamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Conference on Arabidopsis Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">BioCreative 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01524850v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge model of regulatory networks involved in Arabidopsis seed development for information extraction and integration from text</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
+                <w:t xml:space="preserve">Validation de marqueurs liés à des gènes d’intérêt en vue de l’établissement d’une base de données pour la sélection assistée chez le blé tendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ranoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Cariou-Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude de Vallavieille-Pope</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioCreative 5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Synthèse des Programmes de Recherche FSOV. Actes de la 4ème Rencontre Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FSOV., Jan 2015, Paris, France. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512197v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02340478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information extraction from bibliography for Marker Assisted Selection in wheat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Nédellec</w:t>
+                <w:t xml:space="preserve">Information extraction challenge Gene Regulation Network in Arabidopsis thaliana (GRNA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialekti Valsamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wiktoria Golik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MTSR 2014 : 8th Metadata and Semantics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paris-Saclay Center for Data Science: Open Software Initiative (OSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Orsay, France. pp.14 slides, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.1.4286.6326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-13674-5_28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01132767v1</w:t>
+                <w:t xml:space="preserve">hal-01603453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving term extraction with linguistic analysis in the biomedical domain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Information extraction from bibliography for Marker Assisted Selection in wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialekti Valsamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ranoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiktoria Golik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Intelligent Text Processing and Computational Linguistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MTSR 2014 : 8th Metadata and Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Karlsruhe, Germany. pp.301-313, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-13674-5_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748466v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01132767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AlvisAE: a collaborative Web text annotation editor for knowledge acquisition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Papazian</w:t>
+                <w:t xml:space="preserve">Improving term extraction with linguistic analysis in the biomedical domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiktoria Golik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zorana Ratkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LAW VI '12 - Sixth Linguistic Annotation Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Jeju, South Korea. pp.184</w:t>
+              <w:t xml:space="preserve">14th International Conference on Intelligent Text Processing and Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Samos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748212v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BioNLP Shared Task 2011 - Bacteria Gene Interactions and Renaming</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AlvisAE: a collaborative Web text annotation editor for knowledge acquisition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Papazian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioNLP Shared Task 2011 ACL Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Portland, United States. pp.65-73</w:t>
+              <w:t xml:space="preserve">LAW VI '12 - Sixth Linguistic Annotation Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Jeju, South Korea. pp.184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00641586v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BioNLP shared tasks 2011 - Bacteria Biotope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jourde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bessières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten van de Guchte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7883,808 +7879,812 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 49th Annual Meeting of the Association for Computational Linguistics:Human Language Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Portland, Oregon, United States. pp.56-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of BioNLP shared task 2011</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jin-Dong Kim</w:t>
+                <w:t xml:space="preserve">BioNLP Shared Task 2011 - Bacteria Gene Interactions and Renaming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain-Pierre Manine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampo Pyysalo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">N. Nguyen</w:t>
+                <w:t xml:space="preserve">Karen Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 49th Annual Meeting of the Association for Computational Linguistics: Human Language Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Portland, Oregon, United States</w:t>
+              <w:t xml:space="preserve">BioNLP Shared Task 2011 ACL Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Portland, United States. pp.65-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745923v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building large lexicalized ontologies from text: a use case in automatic indexing of biotechnology patents</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Aubin</w:t>
+                <w:t xml:space="preserve">Overview of BioNLP shared task 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Dong Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sampo Pyysalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomoko Ohta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EKAW 2010 - Knowledge Engineering and Knowledge Management by the Masses</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 49th Annual Meeting of the Association for Computational Linguistics: Human Language Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Portland, Oregon, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816129v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BioAlvis II, NLP-based semantic mining of literature on molecular biology of bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Building large lexicalized ontologies from text: a use case in automatic indexing of biotechnology patents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiktoria Golik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioCreative II.5 workshop 2009: special session on digital annotations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EKAW 2010 - Knowledge Engineering and Knowledge Management by the Masses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cimiano, Philipp, Pinto, H. Sofia, Oct 2010, Lisbonne, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-16438-5_41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753174v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Close integration of ML and NLP tools in BioAlvis semantic search in bacteriology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BioAlvis II, NLP-based semantic mining of literature on molecular biology of bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bessières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semantic web applications and tools for life sciences, SWAT4LS 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">BioCreative II.5 workshop 2009: special session on digital annotations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753153v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation guidelines for machine learning-based named entity recognition in microbiology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Close integration of ML and NLP tools in BioAlvis semantic search in bacteriology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kotoujansky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain-Pierre Manine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceeding of Data and Text Mining for Integrative Biology Workshop 17. European Conference on Machine Learning 10. European Conference on Principles and Practice of Knowledge Discovery in Databases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Semantic web applications and tools for life sciences, SWAT4LS 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750827v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séquence complète du génome de la bactérie de la viande Lactobacillus sakei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie A.-M. Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium SFM, Interactions Bactériennes dans les Environnements Agroalimentaires : Apport des Nouvelles Approches.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Nov 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02816850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Getting the unknown from the known in bacteria, and the role of text mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bessières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8725,238 +8725,359 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data and Text Mining in Integrative Biology Workshop, associ ECML/PKDD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome project of the meat born lactic acid bacterium Lactobacillus sakei 23K: understanding bacterial adaptation to meat and paving the way to the development of biopreservative cultures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Monique Cornet</w:t>
+                <w:t xml:space="preserve">Annotation guidelines for machine learning-based named entity recognition in microbiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bessières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie A.-M. Le Coq</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Kotoujansky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain-Pierre Manine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. European Conference on Prokaryotic Genomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, Göttingen, Germany</w:t>
+              <w:t xml:space="preserve">Proceeding of Data and Text Mining for Integrative Biology Workshop 17. European Conference on Machine Learning 10. European Conference on Principles and Practice of Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02828495v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Genome project of the meat born lactic acid bacterium Lactobacillus sakei 23K: understanding bacterial adaptation to meat and paving the way to the development of biopreservative cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie A.-M. Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Loustau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. European Conference on Prokaryotic Genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Göttingen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Premiers regards sur le génome d’une bactérie lactique originale : structure, polymorphisme et analyse génétique ciblée du chromosome de Lactobacillus sakei 23K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8975,51 +9096,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Colloque du Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Nantes, France. 142 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9029,161 +9150,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvis-BSV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Roussey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:016489ba111a831c1570524b6c7567f73719afab;origin=https://forge.inrae.fr/bsv/alvis-bsv;visit=swh:1:snp:28e5eb6d92c8c373ce885121eedc03f07bbec2e4;anchor=swh:1:rev:23e2750508963359cb9990e43d17173eb5a16583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05336576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C-Norm (Concept NORMalization)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9205,105 +9326,1366 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04458193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HoloOLIGO corpus, a manually annotated text dataset supporting schema-based relational information extraction for mammalian milk oligosaccharide diversity pattern comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Rumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Sauvion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omnicrobe : une base de données d’habitats et de phénotypes microbiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Harlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Derozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deléger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23ème édition du colloque du Club des Bactéries Lactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France. , 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To better benefit from shared tasks in biomedical text mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Eckart de Castilho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Galaxy Community Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Freiburg, Germany. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02437622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D2KAB project taking off: Data to Knowledge in Agronomy and Biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Francoise Adam-Blondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Alaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th Research Data Alliance Plenary Conference (RDA P14), Best poster award</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Helsinki, Finland. , 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.3520300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02351000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining String-based and Embeddings-based Methods for Medical Concept Normalization: LIMSI-CEA-INRA@n2c2 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham El Boukkouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019 n2c2/OHNLP Shared-Task and Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Washington, D.C., United States. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04363093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FLORILEGE: an integrative database using text mining and ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Derozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bohuon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JOBIM 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018, ABSTRACTS JOBIM 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La suite Alvis, plateforme d’analyse de contenu textuel, et son intégration dans OpenMinTeD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JDEV 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Marsaille, France. , pp.1, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florilege : a database gathering microbial phenotypes of food interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedis Dridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bessieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. International Conference on Microbial Diversity 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Bari, Italy. , 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01651302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OntoBiotope, technologies sémantiques pour l’étude des habitats microbiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nédellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zorana Ratkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialekti Valsamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Méta-omiques des Ecosystèmes Microbiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-genome sequence of the fish-pathogenic bacterium Flavobacterium psychrophilum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bernardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. FEMS Congress of European Microbiologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Madrid, Spain. 1 p., 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02812810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MilkOligoCorpus annotation guidelines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9355,1563 +10737,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NLP Meets Agronomy: Document Classification for Plant Health Surveillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Antonio Vasquez Reina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Lorraine; IDMC (Univeristé de Lorraine); Institut national de recherche pour l’agriculture, l’alimentation et l’environnement (INRAE); Universidad del País Vasco / Euskal Herriko Unibertsitatea UPV/EHU. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de synthèse du chantier DOI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Windpouire Esther Dzale Yeumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael M. Alaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] 2014, 47 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801364v1</w:t>
-              </w:r>
-[...1259 lines deleted...]
-                <w:t xml:space="preserve">hal-02812810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontology mapping for wheat trait information management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10933,110 +11054,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Ibanescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Sauvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire résidentiel INRAE Semantic Linked Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04420465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteria biotope annotation guidelines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11088,287 +11209,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation Guidelines BIONLP-ST 2016 SeeDev task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand B. Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialekti Valsamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Fatihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Deleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Final report on NLP analysis and normalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Nazarenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomaz Erjavec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007, pp.118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00711871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11378,65 +11499,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omnicrobe, an open-access database of microbial habitats and phenotypes using a comprehensive text mining and data fusion approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dérozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11478,51 +11599,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11532,65 +11653,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of The 5th Workshop on BioNLP Open Shared Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jin-Dong Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11618,51 +11739,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Workshop on BioNLP Open Shared Tasks BioNLP-OST@EMNLP-IJNCLP 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Hong-Kong, China. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11672,237 +11793,237 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Nazarenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Staab, R. Studer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook on Ontologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Verlag, pp.663-686, 2009, Springer Series on Handbooks in Information Systems</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00619265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nédellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Nazarenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook on ontologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Science - Business Media Deutschland GmbH, 2009, International Handbooks on Information Systems, 978-3-540-70999-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId246"/>
+      <w:footerReference w:type="default" r:id="rId249"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12049,51 +12170,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinzhi Yao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;dellec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingbo Xia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s44342-025-00063-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05380086v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courtin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220365v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sauvion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319729" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yacoubi Ayadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Michel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Barbe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.95" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552648v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110404" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799268v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfu Tang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baac070" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025321v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;quipe Bibliome" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02886745v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Ibanescu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5808/GI.2020.18.2.e14" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100410v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-020-03886-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628265v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.04.011" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947689v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5808/GI.2019.17.2.e20" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602241v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Przyby&#322;a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Shardlow" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Eckart de Castilho" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baw145" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222411v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiktoria Golik" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorana Ratkovic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dialekti Valsamou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-16-S10-S1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643516v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Bossy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190775v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jourde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain-Pierre Manine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veber" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Alphonse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-13-S11-S3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661057v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-16438-5_41" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernardet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1313" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665192v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bryson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl471" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668654v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Penaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Grimaldi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0603024103" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683108v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier Verges" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Cornet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Crutz-Le Coq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dudez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1160" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528959v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Zhu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs Nagy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Vid&#225;cs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05033023v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Amardeilh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330643v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Foussat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigue" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04932752v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bill Gates Happi Happi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638307v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bernard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bravo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/LVRFWJ" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998788v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Borovikova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62700-2_6" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302140v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173002v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35320-8_19" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130138v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187187v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03933526v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chepaikina" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39141-5_16" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889780v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03889968v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447774v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866789v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavergne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437609v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/D19-5719" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03530148v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785063v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420417v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420441v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Damerval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deveaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839626v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kettani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schneider" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fran&#231;ois" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420482v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737399v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Derozier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786388v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790613v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736151v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556276v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bohuon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.200370" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602552v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455857v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455855v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Fatihi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455856v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455854v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455853v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340478v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ranoux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cariou-Pham" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603453v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4286.6326" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524850v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512197v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132767v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13674-5_28" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748466v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748212v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Papazian" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641586v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Fort" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000519v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessi&#232;res" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745923v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Dong Kim" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sampo Pyysalo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Ohta" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nguyen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816129v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753174v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gillard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753153v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kotoujansky" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750827v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816850v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Le Coq" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Loustau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750687v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828495v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759825v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336576v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:016489ba111a831c1570524b6c7567f73719afab;origin=https://forge.inrae.fr/bsv/alvis-bsv;visit=swh:1:snp:28e5eb6d92c8c373ce885121eedc03f07bbec2e4;anchor=swh:1:rev:23e2750508963359cb9990e43d17173eb5a16583" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04458193v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830410v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223051v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Vasquez Reina" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801364v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Windpouire Esther Dzale Yeumo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Soler" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Alaux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666797v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694214v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harl&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437622v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02351000v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3520300" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04363093v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Ba" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brunet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Boukkouri" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827946v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785705v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889012v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812810v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420465v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787110v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795594v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711871v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Nazarenko" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaz Erjavec" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hamon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828105v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326517v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619265v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813009v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinzhi Yao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;dellec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingbo Xia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s44342-025-00063-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05380086v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courtin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220365v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sauvion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319729" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yacoubi Ayadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Michel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Barbe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.95" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552648v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110404" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799268v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfu Tang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baac070" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025321v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;quipe Bibliome" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02886745v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Ibanescu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5808/GI.2020.18.2.e14" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100410v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-020-03886-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628265v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.04.011" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947689v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5808/GI.2019.17.2.e20" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602241v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Przyby&#322;a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Shardlow" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Eckart de Castilho" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baw145" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222411v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiktoria Golik" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorana Ratkovic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dialekti Valsamou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-16-S10-S1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643516v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Bossy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190775v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jourde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain-Pierre Manine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veber" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Alphonse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-13-S11-S3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661057v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-16438-5_41" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernardet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1313" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665192v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bryson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl471" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668654v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Penaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Grimaldi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0603024103" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683108v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier Verges" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Cornet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Crutz-Le Coq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dudez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1160" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528959v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Zhu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs Nagy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Vid&#225;cs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05537059v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Nagy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Vidacs" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05033023v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Amardeilh" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330643v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Foussat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigue" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04932752v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bill Gates Happi Happi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638307v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bravo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/LVRFWJ" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998788v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Borovikova" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62700-2_6" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173002v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35320-8_19" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130138v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187187v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03933526v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chepaikina" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39141-5_16" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889780v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03889968v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447774v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447763v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866789v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavergne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437609v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/D19-5719" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03530148v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785063v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839626v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kettani" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schneider" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fran&#231;ois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420482v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786388v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737399v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Derozier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420441v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Damerval" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deveaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420417v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790613v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736151v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556276v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bohuon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.200370" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602552v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455855v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Fatihi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455857v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455856v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455854v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455853v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524850v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512197v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340478v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ranoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cariou-Pham" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603453v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4286.6326" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132767v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13674-5_28" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748466v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748212v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Papazian" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000519v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessi&#232;res" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641586v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Fort" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745923v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Dong Kim" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sampo Pyysalo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Ohta" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nguyen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816129v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753174v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gillard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753153v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kotoujansky" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816850v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Le Coq" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Loustau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750687v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750827v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828495v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759825v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336576v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:016489ba111a831c1570524b6c7567f73719afab;origin=https://forge.inrae.fr/bsv/alvis-bsv;visit=swh:1:snp:28e5eb6d92c8c373ce885121eedc03f07bbec2e4;anchor=swh:1:rev:23e2750508963359cb9990e43d17173eb5a16583" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04458193v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666797v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694214v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harl&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437622v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02351000v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3520300" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04363093v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Ba" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brunet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Boukkouri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827946v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785705v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889012v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812810v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830410v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223051v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Vasquez Reina" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801364v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Windpouire Esther Dzale Yeumo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Soler" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Alaux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420465v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787110v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795594v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711871v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Nazarenko" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaz Erjavec" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hamon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828105v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326517v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619265v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813009v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>