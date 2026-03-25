--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -200,165 +200,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évenos (Var). Le château</w:t>
+                <w:t xml:space="preserve">Saint-Maximin-la-Sainte-Baume (Var). 41, rue Colbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 45, pp.243 - 244</w:t>
+              <w:t xml:space="preserve">, 2015, 45, pp.190 - 191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901678v1</w:t>
+                <w:t xml:space="preserve">hal-01901687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Maximin-la-Sainte-Baume (Var). 41, rue Colbert</w:t>
+                <w:t xml:space="preserve">Évenos (Var). Le château</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 45, pp.190 - 191</w:t>
+              <w:t xml:space="preserve">, 2015, 45, pp.243 - 244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901687v1</w:t>
+                <w:t xml:space="preserve">hal-01901678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouches-du-Rhône. Trets. Approche archéologique du bâtiment dit la « Synagogue »</w:t>
               </w:r>
@@ -1878,329 +1878,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01356368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bâti médiéval de la carreria judaica et la &amp;quot;synagogue&amp;quot; de Trets, Bouches du Rhône</w:t>
+                <w:t xml:space="preserve">L'aqueduc de la Font Vieille à Antibes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Molina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie du judaïsme en France et en Europe, Colloque international, Musée d'art et d'histoire du Judaïsme, Inrap, Paris, 14-15 janvier 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAP, 2010, Paris, France. pp.129-140</w:t>
+              <w:t xml:space="preserve">Les réseaux d'eau courante dans l'Antiquité, réparation, modifications, réutilisations, abandon, récupération</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Nancy, France. pp.109 - 114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00657007v1</w:t>
+                <w:t xml:space="preserve">hal-00657043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amphithéâtre de Cimiez</w:t>
+                <w:t xml:space="preserve">Le bâti médiéval de la carreria judaica et la &amp;quot;synagogue&amp;quot; de Trets, Bouches du Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Molina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fréjus romaine, la ville et son territoire ; agglomérations de Narbonnaise, des Alpes Maritimes et de Cisalpine à travers la recherche archéologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Fréjus, France. pp.235 - 241</w:t>
+              <w:t xml:space="preserve">Archéologie du judaïsme en France et en Europe, Colloque international, Musée d'art et d'histoire du Judaïsme, Inrap, Paris, 14-15 janvier 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAP, 2010, Paris, France. pp.129-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00657064v1</w:t>
+                <w:t xml:space="preserve">hal-00657007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antipolis : données anciennes et perspectives de recherche</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'amphithéâtre de Cimiez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fréjus romaine, la ville et son territoire ; agglomérations de Narbonnaise, des Alpes Maritimes et de Cisalpine à travers la recherche archéologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Fréjus, France. pp.307- 316</w:t>
+              <w:t xml:space="preserve">, 2010, Fréjus, France. pp.235 - 241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00657069v1</w:t>
+                <w:t xml:space="preserve">hal-00657064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'aqueduc de la Font Vieille à Antibes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antipolis : données anciennes et perspectives de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les réseaux d'eau courante dans l'Antiquité, réparation, modifications, réutilisations, abandon, récupération</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Nancy, France. pp.109 - 114</w:t>
+              <w:t xml:space="preserve">Fréjus romaine, la ville et son territoire ; agglomérations de Narbonnaise, des Alpes Maritimes et de Cisalpine à travers la recherche archéologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Fréjus, France. pp.307- 316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00657043v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00657069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urbanisme,économie et société : que nous apprend l'amphithéâtre sur le ville de Forum Iulii au début du IIe s. de notre ère</w:t>
               </w:r>
@@ -2369,51 +2369,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antipolis, la ville romaine : architecture et urbanisme (Ier siècle av. n. è. - Ve siècle de n. è.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2968,51 +2968,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’habitat. Quelques éléments de réflexion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3427,259 +3427,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matériaux et techniques au Moyen-Âge, Les matériaux et les techniques à l'Epoque Moderne</w:t>
+                <w:t xml:space="preserve">Le collège des Oratoriens de la Ciotat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Marc Bouiron, Françoise Paone, Bernard Sillano, Colette Castrucci, Nadine Scherrer. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Journot, Gilles Bellan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fouilles à Marseille approche de la ville médiévale et moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BiAMA, pp.109 - 136, 2011, Etudes Massaliètes</w:t>
+              <w:t xml:space="preserve">Archéologie de la France moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Découverte, pp.50 - 51, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00657026v1</w:t>
+                <w:t xml:space="preserve">hal-00657014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le collège des Oratoriens de la Ciotat</w:t>
+                <w:t xml:space="preserve">Habiter, entre utilitas et amenitas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Florence Journot, Gilles Bellan. </w:t>
+              <w:t xml:space="preserve">Marc Bouiron, Françoise Paone, Bernard Sillano, Colette Castrucci, Nadine Scherrer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie de la France moderne et contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Découverte, pp.50 - 51, 2011</w:t>
+              <w:t xml:space="preserve">Fouilles à Marseille la ville médiévale et moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BiAMA, pp.171 - 177, 2011, Etudes Massaliètes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00657014v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00657034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habiter, entre utilitas et amenitas</w:t>
+                <w:t xml:space="preserve">Matériaux et techniques au Moyen-Âge, Les matériaux et les techniques à l'Epoque Moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelrhani Mezzoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marc Bouiron, Françoise Paone, Bernard Sillano, Colette Castrucci, Nadine Scherrer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fouilles à Marseille la ville médiévale et moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BiAMA, pp.171 - 177, 2011, Etudes Massaliètes</w:t>
+              <w:t xml:space="preserve">Fouilles à Marseille approche de la ville médiévale et moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BiAMA, pp.109 - 136, 2011, Etudes Massaliètes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00657034v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00657026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les villae de La Ramière à Roquemaure, Gard</w:t>
               </w:r>
@@ -3917,51 +3917,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines d'Antibes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3992,51 +3992,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Objets d'Antipolis, de la fouille au musée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4787,241 +4787,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02086235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arles, Quai Marx Dormoy, Rapport de fouilles archéologiques préventives.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etoile- Saint-Cyrice, Eglise Saint-Cyrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Richarte-Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Brousse</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Inrap Mediterranée &amp; Service régional de l'Archéologie Provence-Alpes-Côte d'Azur. 2016, 144 p</w:t>
+                <w:t xml:space="preserve">Xavier Milland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap MED. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04178850v1</w:t>
+                <w:t xml:space="preserve">hal-02457030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etoile- Saint-Cyrice, Eglise Saint-Cyrice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arles, Quai Marx Dormoy, Rapport de fouilles archéologiques préventives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mellinand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Richarte-Manfredi</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Milland</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap MED. 2016</w:t>
+                <w:t xml:space="preserve">David Djaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Mediterranée &amp; Service régional de l'Archéologie Provence-Alpes-Côte d'Azur. 2016, 144 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02457030v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04178850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immeuble Reine Jeanne, Pertuis (Vaucluse)</w:t>
               </w:r>
@@ -5561,51 +5561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03541534v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01901678v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01901687v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880729v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007436v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Osenda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pasqualini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051392v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bats" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delaval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mercuri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657070v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maurin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2009.1780" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740387v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880725v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Digelmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Pournot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2005.3223" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873570v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383206v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lecuyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Decock" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Devillers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fran&#231;ois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grivaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2001.7298" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04459156v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/hhaf-w069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03622847v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pascal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03249438v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01922109v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01356368v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne de Chazelles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657064v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657069v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delaval" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657043v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657060v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vecchione" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02378466v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Allonsius" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanc-Bijon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daveau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656985v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Garcia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507054v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04667100v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ravoire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505536v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pellegrino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505538v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657032v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Scherrer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879259v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mellinand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sillano" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paone" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657036v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657017v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657026v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrhani Mezzoud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657014v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657034v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787877v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876297v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Parent" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913626v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657051v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04219582v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hernandez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Montaru" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Navarro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03625749v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;-Manfredi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03046210v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Poteur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Michaudel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Sargiano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083839v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02894046v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richarte-Manfredi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02086235v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dubesset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Boetto" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178850v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brousse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djaoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02457030v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Milland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02457036v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007443v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523133v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Montaru" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172214v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Weydert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03541534v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01901687v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01901678v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880729v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007436v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Osenda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pasqualini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051392v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bats" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delaval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mercuri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657070v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maurin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2009.1780" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740387v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880725v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Digelmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Pournot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2005.3223" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873570v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383206v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lecuyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Decock" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Devillers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fran&#231;ois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grivaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2001.7298" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04459156v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/hhaf-w069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03622847v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pascal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03249438v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01922109v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01356368v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne de Chazelles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657043v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657007v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657064v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657069v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delaval" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657060v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vecchione" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02378466v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Allonsius" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanc-Bijon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daveau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656985v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Garcia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507054v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04667100v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ravoire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505536v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pellegrino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505538v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657032v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Scherrer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879259v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mellinand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sillano" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paone" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657036v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657017v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657014v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657034v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657026v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrhani Mezzoud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787877v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876297v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Parent" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913626v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657051v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04219582v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hernandez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Montaru" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Navarro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03625749v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;-Manfredi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03046210v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Poteur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Michaudel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Sargiano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083839v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02894046v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richarte-Manfredi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02086235v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dubesset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Boetto" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02457030v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Milland" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178850v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brousse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djaoui" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02457036v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007443v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523133v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Montaru" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172214v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Weydert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>