--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -230,594 +230,594 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05011076v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generative domain-adapted adversarial auto-encoder model for enhanced ultrasonic imaging applications</w:t>
+                <w:t xml:space="preserve">Surface temperature measurement from infrared synthetic diagnostic in preparation for ITER operations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerardo Granados</w:t>
+                <w:t xml:space="preserve">M.-H. Aumeunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Gatti</w:t>
+                <w:t xml:space="preserve">A. Juven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Miorelli</w:t>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Robert</w:t>
+                <w:t xml:space="preserve">C-M B Cisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Clouteau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Pamela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT &amp; E International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 148, 103234 (15 p.). </w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64 (8), 086044 (8 p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2024.103234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad5a1f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04703457v1</w:t>
+                <w:t xml:space="preserve">cea-04828900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage detection with ultrasonic guided waves using machine learning and aggregated baselines</w:t>
+                <w:t xml:space="preserve">Generative domain-adapted adversarial auto-encoder model for enhanced ultrasonic imaging applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivek Nerlikar</w:t>
+                <w:t xml:space="preserve">Gerardo Granados</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mesnil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roberto Miorelli</w:t>
+                <w:t xml:space="preserve">F. Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar D’almeida</w:t>
+                <w:t xml:space="preserve">R. Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Health Monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14759217231169719⟩</w:t>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 148, 103234 (15 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2024.103234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04547805v1</w:t>
+                <w:t xml:space="preserve">hal-04703457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic characterisation of steel strips using transient field measurements: global sensitivity analysis and regression from a machine-learning perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
+                <w:t xml:space="preserve">Damage detection with ultrasonic guided waves using machine learning and aggregated baselines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivek Nerlikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frenk van den Berg</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar D’almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inverse Problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6420/ad2a04⟩</w:t>
+              <w:t xml:space="preserve">Structural Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (1), pp.443-462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/14759217231169719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04680037v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface temperature measurement from infrared synthetic diagnostic in preparation for ITER operations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magnetic characterisation of steel strips using transient field measurements: global sensitivity analysis and regression from a machine-learning perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gerardin</w:t>
+                <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-M B Cisse</w:t>
+                <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Pamela</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frenk van den Berg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 64 (8), 086044 (8 p.). </w:t>
+              <w:t xml:space="preserve">Inverse Problems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (4), pp.045012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad5a1f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6420/ad2a04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04828900v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04680037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine learning based classification of guided wave signals in the context of inter-specimen variabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivek Nerlikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar D’almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 270, pp.452-461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -845,529 +845,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04555886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonic Defect Characterization Using the Scattering Matrix: A Performance Comparison Study of Bayesian Inversion and Machine Learning Schemas</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flaw characterization in conductive media based on pulsed eddy current measurements: A fast non‐iterative inversion approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2021.3084798⟩</w:t>
+              <w:t xml:space="preserve">IET Science Measurement and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (3), pp.259-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/smt2.12027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04320416v1</w:t>
+                <w:t xml:space="preserve">hal-04547788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supervised learning strategy for classification and regression tasks applied to aeronautical structural health monitoring problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasonic Defect Characterization Using the Scattering Matrix: A Performance Comparison Study of Bayesian Inversion and Machine Learning Schemas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Bourdais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Calmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Velichko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultras.2021.106372⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (10), pp.3143-3155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2021.3084798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163639v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04320416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defect sizing in guided wave imaging structural health monitoring using convolutional neural networks</w:t>
+                <w:t xml:space="preserve">Supervised learning strategy for classification and regression tasks applied to aeronautical structural health monitoring problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrii Kulakovskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar D’almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT &amp; E International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2021.102480⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 113, pp.106372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultras.2021.106372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04316518v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flaw characterization in conductive media based on pulsed eddy current measurements: A fast non‐iterative inversion approach</w:t>
+                <w:t xml:space="preserve">Defect sizing in guided wave imaging structural health monitoring using convolutional neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Fisher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrii Kulakovskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Science Measurement and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (3), pp.259-267. </w:t>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 122, pp.102480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/smt2.12027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2021.102480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04547788v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04316518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model-based sensitivity analysis of nondestructive testing systems using machine learning algorithms</w:t>
               </w:r>
@@ -1392,51 +1392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leifur Leifsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Lecture Notes in Computer Science, 12141, pp.71-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1470,51 +1470,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A regressor-based hysteresis formulation for the magnetic characterisation of low carbon steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martínez-De-Guerenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1522,51 +1522,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lasaosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 581, pp.411935. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1864,64 +1864,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A machine learning approach for classification tasks of ECT signals in steam generator tubes nearby support plate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 38, pp.090004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1968,77 +1968,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic defect localization and characterization through machine learning based inversion for guided wave imaging in SHM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrii Kulakovskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar D’almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Volume 2102: 45th Annual Review of Progress in Quantitative Nondestructive Evaluation, 2102, pp.050005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2066,646 +2066,646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04555919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of meta-modelling for identification and interpolation of parametric hysteresis models applied to the characterization of carbon steels</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An efficient adaptive database sampling strategy with applications to eddy current signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Artusi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physb.2017.11.053⟩</w:t>
+              <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 80, pp.75-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.simpat.2017.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01845381v1</w:t>
+                <w:t xml:space="preserve">hal-04547779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodel-based Markov-Chain-Monte-Carlo parameter inversion applied in eddy current flaw characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caifang Cai</w:t>
+                <w:t xml:space="preserve">Use of meta-modelling for identification and interpolation of parametric hysteresis models applied to the characterization of carbon steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Martínez-De-Guerenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lasaosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT &amp; E International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2018.02.004⟩</w:t>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 549, pp.122-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physb.2017.11.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634071v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01845381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient adaptive database sampling strategy with applications to eddy current signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metamodel-based Markov-Chain-Monte-Carlo parameter inversion applied in eddy current flaw characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caifang Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Artusi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Rodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lesselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 80, pp.75-88. </w:t>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 99, pp.13-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.simpat.2017.10.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2018.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04547779v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Flaw Characterization Through Learning-by-Examples Techniques: A Comparative Study Applied to ECT</w:t>
+                <w:t xml:space="preserve">Real time groove characterization combining partial least squares and SVR strategies: application to eddy current testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shamim Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Salucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Massa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anselmi Nicola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Oliveri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Applied Electromagnetics and Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42, pp.228-235. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 904, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/978-1-61499-767-2-228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/904/1/012017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01774317v1</w:t>
+                <w:t xml:space="preserve">hal-01767358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time groove characterization combining partial least squares and SVR strategies: application to eddy current testing</w:t>
+                <w:t xml:space="preserve">Real-Time Flaw Characterization Through Learning-by-Examples Techniques: A Comparative Study Applied to ECT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shamim Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Salucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anselmi Nicola</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Andrea Massa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 904, </w:t>
+              <w:t xml:space="preserve">Studies in Applied Electromagnetics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42, pp.228-235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/904/1/012017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/978-1-61499-767-2-228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01767358v1</w:t>
+                <w:t xml:space="preserve">hal-01774317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time NDT-NDE Through an Innovative Adaptive Partial Least Squares SVR Inversion Approach</w:t>
               </w:r>
@@ -2730,51 +2730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Anselmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2838,51 +2838,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled approach VIM-BEM for efficient modeling of ECT signal due to narrow cracks and volumetric flaws in planar layered media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodoros Theodoulidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3011,51 +3011,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandor Bilicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodoros Theodoulidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studies in Applied Electromagnetics and Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Volume 39: Electromagnetic Nondestructive Evaluation (XVII), 39, pp.120-127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3102,51 +3102,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient modeling of ECT signals for realistic cracks in layered half-space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodoros Theodoulidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3232,51 +3232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy current modeling of narrow cracks in planar-layered metal structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3730,269 +3730,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deep learning framework for efficient global sensitivity analysis and SHAP values calculations applied to eddy current testing problems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Filippo Gatti</w:t>
+                <w:t xml:space="preserve">How the EU project &amp;quot;Online Microstructure Analytics&amp;quot; advances inline sensing of microstructure during steel manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frenk van den Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxim Aarnts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haibing Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Melzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danique Fintelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QNDE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Conference on Non-Destructive Testing (ECNDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lisbonne, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04250590v1</w:t>
+                <w:t xml:space="preserve">hal-04195819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How the EU project &amp;quot;Online Microstructure Analytics&amp;quot; advances inline sensing of microstructure during steel manufacturing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Haibing Yang</w:t>
+                <w:t xml:space="preserve">A deep learning framework for efficient global sensitivity analysis and SHAP values calculations applied to eddy current testing problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerardo Granados</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Melzer</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Non-Destructive Testing (ECNDT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">QNDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Austin, TX, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/QNDE2023-118352⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195819v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature estimation in fusion devices using machine learning techniques on infrared specular synthetic data</w:t>
               </w:r>
@@ -4112,103 +4112,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation and AI, two complementary tools for NDE4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Leberre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on NDE4.0</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4354,51 +4354,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative machine learning approaches for nondestructive evaluation of materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Salucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4436,103 +4436,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model Assisted Probability of Detection for Guided Wave Imaging Structural Health Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Artusi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural Health Monitoring 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Stanford, United States. </w:t>
@@ -4583,64 +4583,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model-based source optimisation for eddy-current thermography in planar specimens using meta-modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Almpion Ratsakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4685,654 +4685,654 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-based performances assessment of FMC-TFM array imaging techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Model based inversion strategy dedicated to non-destructive testing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Bourdais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Artusi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Leberre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECNDT 2018 - 12th European Conference on Non-Destructive Testing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EuCAP 2018 - 12th European Conference on Antennas and Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EurAAP, Apr 2018, Londres, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/cp.2018.0833⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04411666v1</w:t>
+                <w:t xml:space="preserve">hal-04411735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation-based performances assessment of FMC-TFM array imaging techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Bourdais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Artusi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Le Bourdais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Leberre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Conference on Non-Destructive Testing (ECNDT 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EFNDT, Jun 2018, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">ECNDT 2018 - 12th European Conference on Non-Destructive Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520620v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04411666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced statistical learning method for multi-physics NDT-NDE</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Calmon</w:t>
+                <w:t xml:space="preserve">Simulation-based POD study for welded pipe inspection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ribay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rouhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on New Computational Methods for Inverse Problems (NCMIP 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th European Conference on Non-Destructive Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Gothenburg, Sweden. 22947 (3 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1131/1/012012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01962666v1</w:t>
+                <w:t xml:space="preserve">hal-04555795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-based POD study for welded pipe inspection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Mesnil</w:t>
+                <w:t xml:space="preserve">Advanced statistical learning method for multi-physics NDT-NDE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shamim Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Massa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Conference on Non-Destructive Testing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Conference on New Computational Methods for Inverse Problems (NCMIP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Cachan, France. 012012 (7 p.), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1131/1/012012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04555795v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model based inversion strategy dedicated to non-destructive testing applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Reboud</w:t>
+                <w:t xml:space="preserve">Simulation-based performances assessment of FMC-TFM array imaging techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Calmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Artusi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Le Bourdais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Calmon</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Leberre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuCAP 2018 - 12th European Conference on Antennas and Propagation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th European Conference on Non-Destructive Testing (ECNDT 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFNDT, Jun 2018, Gothenburg, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/cp.2018.0833⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04411735v1</w:t>
+                <w:t xml:space="preserve">hal-04520620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time crack characterization in conductive tubes through an adaptive partial least squares approach</w:t>
               </w:r>
@@ -5370,51 +5370,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Anselmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Jul 2017, San Diego, United States. pp.21-22, </w:t>
@@ -5465,64 +5465,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing Performance of Flaw Characterization Methods through Uncertainty Propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Le Bourdais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Artusi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44TH ANNUAL REVIEW OF PROGRESS IN QUANTITATIVE NONDESTRUCTIVE EVALUATION</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Provo, United States. pp.170001, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5720,51 +5720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Salucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Massa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th International Workshop on Electromagnetic Nondestructive Evaluation (ENDE’16) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5841,51 +5841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Viani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2015 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Vancouver, Canada. </w:t>
@@ -5936,51 +5936,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-analytical solution to the 2014 eddy current benchmark problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charitini Voulgaraki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6053,51 +6053,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SVR-based inversion of eddy current probe impedance data for crack reconstruction within complex structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6105,51 +6105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Salucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenza Tenuti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. URSI-France 2015 Scientific Days “Probing matter with Electromagnetic Waves”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
@@ -6191,51 +6191,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BEM modeling for ECT simulation of complex narrow cracks in multilayered structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodoros Theodoulidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6308,51 +6308,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECT simulation of complex narrow cracks in planar multi-layered structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6429,51 +6429,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du contrôle non destructif par courants de Foucault d'entailles de très faible ouverture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6537,51 +6537,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast simulation method of multiple narrow cracks in planar stratified media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6645,51 +6645,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-analytical simulation of eddy current testing signals due to narrow cracks embedded in a multilayered planar medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6938,90 +6938,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep learning techniques for non-destructive testing and evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassios Skarlatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Calmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maokun Li; Marco Salucci. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applications of deep learning in electromagnetics: Teaching Maxwell's equations to machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Scitech Publishing, pp.99-143, 2022, 978-1839535895. </w:t>
@@ -7072,51 +7072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECT simulation of complex narrow cracks in planar multi-layered structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7206,51 +7206,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast simulation method of multiple narrow cracks in planar stratified media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lesselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7483,51 +7483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011076v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Allaire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Gatti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Miorelli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.111893" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703457v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Granados" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gatti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Miorelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clouteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2024.103234" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547805v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Nerlikar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mesnil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar D&#8217;almeida" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14759217231169719" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04680037v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassios Skarlatos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reboud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frenk van den Berg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6420/ad2a04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828900v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Juven" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gerardin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-M B Cisse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pamela" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad5a1f" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555886v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-07322-9_46" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04320416v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Bai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Bourdais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calmon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Velichko" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3084798" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163639v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrii Kulakovskyi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chapuis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2021.106372" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04316518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fisher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2021.102480" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547788v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/smt2.12027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555898v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jethro Nagawkar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leifur Leifsson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50426-7_6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04554359v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mart&#237;nez-De-Guerenu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lasaosa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2019.411935" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02475497v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin M&#233;nard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Robert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lesselier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2020.102327" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082846v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Salucci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Anselmi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Oliveri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Rocca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamim Ahmed" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09205071.2019.1572546" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04556741v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5099822" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555919v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5099771" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01845381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2017.11.053" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01634071v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caifang Cai" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lambert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rodet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2018.02.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Artusi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2017.10.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774317v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Massa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-767-2-228" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767358v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselmi Nicola" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/904/1/012017" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570179v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2016.2591439" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00927173v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodoros Theodoulidis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Martinos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Poulakis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2013.12.013" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01839988v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dubois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandor Bilicz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-407-7-120" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00767065v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2012.2236102" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00742058v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2012.2197403" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546091v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04888561v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Le Jeune" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Mahaut" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Bannouf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2024-135274" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888897v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Touron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Escoda" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Demaldent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2024-135271" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250590v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Clouteau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2023-118352" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195819v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Aarnts" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibing Yang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Melzer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danique Fintelman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555865v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Juven" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Aumeunier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brunet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Le Bohec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Adel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVMSP54334.2022.9816270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520718v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leberre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908543v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555968v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246884v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/shm2019/32190" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02074981v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almpion Ratsakou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411666v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520620v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962666v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1131/1/012012" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555795v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Ribay" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rouhan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411735v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2018.0833" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767569v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2017.8072053" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411598v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5031625" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768554v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774236v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264448v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Viani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2015.7304837" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01852420v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charitini Voulgaraki" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914808" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264427v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Tenuti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00821796v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4789081" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00766538v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00640478v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00640488v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638324v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479967v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04316587v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vienne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/SBEW563E" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102995v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-354-4-103" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00742860v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-968-4-11" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011076v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Allaire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Gatti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Miorelli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.111893" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828900v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Juven" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gerardin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-M B Cisse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pamela" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad5a1f" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703457v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Granados" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gatti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Miorelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clouteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2024.103234" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Nerlikar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mesnil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar D&#8217;almeida" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14759217231169719" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04680037v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassios Skarlatos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reboud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frenk van den Berg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6420/ad2a04" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555886v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-07322-9_46" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547788v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/smt2.12027" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04320416v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Bai" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Bourdais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calmon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Velichko" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3084798" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163639v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrii Kulakovskyi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chapuis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2021.106372" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04316518v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fisher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2021.102480" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555898v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jethro Nagawkar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leifur Leifsson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50426-7_6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04554359v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mart&#237;nez-De-Guerenu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lasaosa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2019.411935" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02475497v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin M&#233;nard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Robert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lesselier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2020.102327" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082846v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Salucci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Anselmi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Oliveri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Rocca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamim Ahmed" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09205071.2019.1572546" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04556741v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5099822" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555919v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5099771" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547779v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Artusi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2017.10.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01845381v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2017.11.053" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01634071v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caifang Cai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lambert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rodet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2018.02.004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767358v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselmi Nicola" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/904/1/012017" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774317v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Massa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-767-2-228" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570179v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2016.2591439" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00927173v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodoros Theodoulidis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Martinos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Poulakis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2013.12.013" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01839988v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dubois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandor Bilicz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-407-7-120" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00767065v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2012.2236102" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00742058v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2012.2197403" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546091v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04888561v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Le Jeune" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Mahaut" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Bannouf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2024-135274" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888897v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Touron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Escoda" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Demaldent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2024-135271" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195819v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Aarnts" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibing Yang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Melzer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danique Fintelman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250590v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Clouteau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2023-118352" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555865v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Juven" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Aumeunier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brunet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Le Bohec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Adel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVMSP54334.2022.9816270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520718v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leberre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908543v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555968v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246884v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/shm2019/32190" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02074981v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almpion Ratsakou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411735v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2018.0833" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411666v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555795v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Ribay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rouhan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962666v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1131/1/012012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520620v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767569v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2017.8072053" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411598v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5031625" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768554v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774236v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264448v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Viani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2015.7304837" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01852420v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charitini Voulgaraki" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914808" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264427v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Tenuti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00821796v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4789081" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00766538v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00640478v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00640488v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638324v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479967v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04316587v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vienne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/SBEW563E" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102995v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-354-4-103" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00742860v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-968-4-11" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>