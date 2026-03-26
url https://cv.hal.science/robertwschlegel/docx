--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1645,256 +1645,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04564045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dataset for investigating socio-ecological changes in Arctic fjords</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Global Climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Willett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Gobron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Ades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-15-3733-2023⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 104 (9), pp.S11-S145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/BAMS-D-23-0090.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04191559v1</w:t>
+                <w:t xml:space="preserve">hal-04846861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Climate</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A dataset for investigating socio-ecological changes in Arctic fjords</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert W Schlegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 104 (9), pp.S11-S145. </w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (8), pp.3733-3746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/BAMS-D-23-0090.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/essd-15-3733-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04846861v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -1919,51 +1919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Bartow-Gillies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Ades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2148,103 +2148,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State of the climate in 2021 : Global Climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freya Aldred</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Gobron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Willett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 103 (8), pp.S11-S142. </w:t>
@@ -2751,51 +2751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blunden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Ades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3086,51 +3086,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C463D5C8"/>
+    <w:nsid w:val="6F85249D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3317,51 +3317,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/robertwschlegel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0705-1287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513537v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin L&#248;seth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halvor Dannevig" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sveinsd&#243;ttir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grete Hovelsrud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Schlegel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1088937X.2025.2506374" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392161v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Castro de la Guardia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inka Bartsch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haakon Hop" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarina Niedzwiedz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa D&#252;sedau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.70018" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846853v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dunn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blannin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gobron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Willett" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-24-0116.1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale Miller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Urrutti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70183" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754437v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Williamson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W. Schlegel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Pierre Gattuso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian E. Andrews" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim D. Jickells" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17525" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesica Goldsmit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mckindsey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Deslauriers" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Howland" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00018" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612075v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W Schlegel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Singh Rakesh Kumar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentili Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;langer Simon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guardia Laura Castro de La" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-2773-2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628973v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Comeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-315-2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04847415v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Capotondi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina R. Rodrigues" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Sen Gupta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica A. Benthuysen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Deser" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01806-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753036v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Meynadier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4605-2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564045v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale A Miller" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172571" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04191559v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-3733-2023" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846861v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dunn" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Miller" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Willett" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gobron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Ades" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-23-0090.1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846874v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Boyer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Bartow-Gillies" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abida" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Adler" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2023BAMSStateoftheClimate_Intro.1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03959397v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Bischof" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lill Rastad Bj&#248;rst" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cft.2023.1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846969v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya Aldred" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-22-0092.1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795821v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Garrabou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#243;mez-Gras" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Medrano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cerrano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Ponti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16301" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03419695v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Filbee-Dexter" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen A Macgregor" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladd E Johnson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.742209" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03405137v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Darmaraki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica A Benthuysen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric C J Oliver" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2021.102684" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846855v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boyer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blunden" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2024BAMSStateoftheClimate_Intro.1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240387v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/robertwschlegel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0705-1287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513537v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin L&#248;seth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halvor Dannevig" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sveinsd&#243;ttir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grete Hovelsrud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Schlegel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1088937X.2025.2506374" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392161v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Castro de la Guardia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inka Bartsch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haakon Hop" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarina Niedzwiedz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa D&#252;sedau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.70018" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846853v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dunn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blannin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gobron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Willett" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-24-0116.1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale Miller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Urrutti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70183" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754437v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Williamson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W. Schlegel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Pierre Gattuso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian E. Andrews" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim D. Jickells" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17525" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesica Goldsmit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mckindsey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Deslauriers" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Howland" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00018" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612075v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W Schlegel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Singh Rakesh Kumar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentili Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;langer Simon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guardia Laura Castro de La" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-2773-2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628973v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Comeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-315-2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04847415v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Capotondi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina R. Rodrigues" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Sen Gupta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica A. Benthuysen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Deser" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01806-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753036v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Meynadier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4605-2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564045v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale A Miller" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172571" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846861v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dunn" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Miller" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Willett" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gobron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Ades" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-23-0090.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04191559v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-3733-2023" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846874v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Boyer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Bartow-Gillies" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abida" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Adler" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2023BAMSStateoftheClimate_Intro.1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03959397v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Bischof" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lill Rastad Bj&#248;rst" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cft.2023.1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846969v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya Aldred" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-22-0092.1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795821v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Garrabou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#243;mez-Gras" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Medrano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cerrano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Ponti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16301" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03419695v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Filbee-Dexter" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen A Macgregor" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladd E Johnson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.742209" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03405137v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Darmaraki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica A Benthuysen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric C J Oliver" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2021.102684" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846855v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boyer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blunden" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2024BAMSStateoftheClimate_Intro.1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240387v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>