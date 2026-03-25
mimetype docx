--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -126,51 +126,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -294,6770 +294,6904 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05358193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial for research topic: Advancing mycorrhizal research for sustainable ecosystem and agricultural practices</w:t>
+                <w:t xml:space="preserve">Forest ecosystem multifunctionality: A systematic review of measures and drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine-Dagmar Zimmermann</w:t>
+                <w:t xml:space="preserve">Jenickson R. S. Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Taschen</w:t>
+                <w:t xml:space="preserve">Pedro H.S. Brancalion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">François-Xavier Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laura H.P. Simões</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Forestry Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 12, pp.2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40725-025-00266-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448037v1</w:t>
+                <w:t xml:space="preserve">hal-05464460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity co-variation patterns in a range of soil organism taxa across highly contrasting ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Tortosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Freschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Capowiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, pp.110093. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+              <w:t xml:space="preserve">, 2026, 215, pp.110093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.soilbio.2026.110093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancing mycorrhizal research for sustainable ecosystem and agricultural practices. Editorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Dagmar Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Taschen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Calvo-Polanco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 16, pp.1760087. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2025.1760087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neighbourhood diversity increases tree growth in experimental forests more in wetter climates but not in wetter years</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editorial for research topic: Advancing mycorrhizal research for sustainable ecosystem and agricultural practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine-Dagmar Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Taschen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liting Zheng</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 16, pp.1760087</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05246410v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of soil biodiversity and crop productivity to liming in acidic soil of organic tea plantations in Northern Vietnam</w:t>
+                <w:t xml:space="preserve">Neighbourhood diversity increases tree growth in experimental forests more in wetter climates but not in wetter years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viet San Le</w:t>
+                <w:t xml:space="preserve">Liting Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Herrmann</w:t>
+                <w:t xml:space="preserve">Inés Ibáñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Binh Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Trap</w:t>
+                <w:t xml:space="preserve">Laura J. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Marsden</w:t>
+                <w:t xml:space="preserve">Kai Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernán Serrano-León</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Total Environment Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.temicr.2025.100007⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.1812-1824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-025-02805-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05183008v1</w:t>
+                <w:t xml:space="preserve">hal-05246410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of tree species richness on topsoil carbon and fungal diversity in European planted mixed forests are modulated by environmental conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Response of soil biodiversity and crop productivity to liming in acidic soil of organic tea plantations in Northern Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Jensen</w:t>
+                <w:t xml:space="preserve">Viet San Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petra Fransson</w:t>
+                <w:t xml:space="preserve">Laetitia Herrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Baum</w:t>
+                <w:t xml:space="preserve">Thi Binh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Sandén</w:t>
+                <w:t xml:space="preserve">Claire Marsden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 464, pp.117591. </w:t>
+              <w:t xml:space="preserve">Total Environment Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1 (2), pp.100007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.temicr.2025.100007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05382642v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity in resource use strategies promotes productivity in young planted tree species mixtures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Effects of tree species richness on topsoil carbon and fungal diversity in European planted mixed forests are modulated by environmental conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Werner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Schnabel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hernán Serrano-León</w:t>
+                <w:t xml:space="preserve">Petra Fransson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Baum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Sandén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.70493⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 464, pp.117591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382638v1</w:t>
+                <w:t xml:space="preserve">hal-05382642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra pure high molecular weight DNA from soil for Nanopore shotgun metagenomics and metabarcoding sequencing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
+                <w:t xml:space="preserve">Diversity in resource use strategies promotes productivity in young planted tree species mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cournac</w:t>
+                <w:t xml:space="preserve">Haben Blondeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabin Piton</w:t>
+                <w:t xml:space="preserve">Joannès Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Dezette</w:t>
+                <w:t xml:space="preserve">Florian Schnabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernán Serrano-León</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, pp.103134. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (9), pp.e70493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2024.103134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04994302v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N cycling increase after savanna afforestation with Eucalyptus or Acacia is reflected in the growth of soil ammonia-oxidizing archaea and nematode bacterial-feeders</w:t>
+                <w:t xml:space="preserve">Ultra pure high molecular weight DNA from soil for Nanopore shotgun metagenomics and metabarcoding sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Sauvadet</w:t>
+                <w:t xml:space="preserve">Arthur Cousson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Harmand</w:t>
+                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Deleporte</w:t>
+                <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Martin</w:t>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Zarah-Shailia</w:t>
+                <w:t xml:space="preserve">Damien Dezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 209, pp.106027. </w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.103134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2025.106027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2024.103134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04993501v1</w:t>
+                <w:t xml:space="preserve">hal-04994302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large variability of soil microbial diversity and functions in an over 20-year old Eucalyptus grandis plantation</w:t>
+                <w:t xml:space="preserve">N cycling increase after savanna afforestation with Eucalyptus or Acacia is reflected in the growth of soil ammonia-oxidizing archaea and nematode bacterial-feeders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Brondani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">Marie Sauvadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Marchal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
+                <w:t xml:space="preserve">Jean-Michel Harmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Personne</w:t>
+                <w:t xml:space="preserve">Philippe Deleporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Zarah-Shailia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Soil Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 209, pp.106008. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2025.106008⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 209, pp.106027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2025.106027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05043304v1</w:t>
+                <w:t xml:space="preserve">hal-04993501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global impoverishment of natural vegetation revealed by dark diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meelis Pärtel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riin Tamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kersti Riibak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mari Moora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 641, pp.917-924. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41586-025-08814-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ soil imaging, a tool for monitoring the hourly to monthly temporal dynamics of soil biota</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large variability of soil microbial diversity and functions in an over 20-year old Eucalyptus grandis plantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Barry-Etienne</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Margot Brondani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology and Fertility of Soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00374-024-01851-8⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 209, pp.106008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2025.106008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669084v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05043304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early and long-distance uptake by Eucalyptus grandis of N, K and Ca tracers injected down to a depth of 7 m</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ soil imaging, a tool for monitoring the hourly to monthly temporal dynamics of soil biota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Emma Belaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Barry-Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marsden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.L.M. Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2023.121507⟩</w:t>
+              <w:t xml:space="preserve">Biology and Fertility of Soils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (8), pp.1055-1071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00374-024-01851-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283329v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Bioassays to Assess Consequences of Cultivation of Acacia mangium Trees on Nitrogen Bioavailability to Eucalyptus Trees: Two Case-Studies in Contrasting Tropical Soils</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Early and long-distance uptake by Eucalyptus grandis of N, K and Ca tracers injected down to a depth of 7 m</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bordron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Harmand</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L.M. Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants12040802⟩</w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 550, pp.121507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2023.121507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04034995v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic phosphorus immobilization in microbial biomass controls how N2-fixing trees affect phosphorus bioavailability in two tropical soils</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Potential of Bioassays to Assess Consequences of Cultivation of Acacia mangium Trees on Nitrogen Bioavailability to Eucalyptus Trees: Two Case-Studies in Contrasting Tropical Soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kittima Waithaisong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Sauvage</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Mareschal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Harmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envadv.2022.100247⟩</w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants12040802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04486941v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multifunctional soil recovery during the restoration of Brazil's Atlantic Forest after bauxite mining</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Organic phosphorus immobilization in microbial biomass controls how N2-fixing trees affect phosphorus bioavailability in two tropical soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kittima Waithaisong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Moreno</w:t>
+                <w:t xml:space="preserve">Valentin l'Huillery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danilo Almeida</w:t>
+                <w:t xml:space="preserve">Josiane Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.14097⟩</w:t>
+              <w:t xml:space="preserve">Environmental Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, pp.100247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envadv.2022.100247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03539228v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04486941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation under controlled conditions of real time PCR to quantify arbuscular mycorrhizal colonization in root</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multifunctional soil recovery during the restoration of Brazil's Atlantic Forest after bauxite mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmin Florentino Rodrigues</w:t>
+                <w:t xml:space="preserve">Denise Bizuti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilfrand Ferney Bejarano Herrera</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">Thaís Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Raposo Cotta</w:t>
+                <w:t xml:space="preserve">Vanessa Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mimet.2021.106382⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 59 (9), pp.2209-2451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.14097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714218v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03539228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation of the soil microbiome regulates the colonization of plants by arbuscular mycorrhizal fungi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Experimental validation under controlled conditions of real time PCR to quantify arbuscular mycorrhizal colonization in root</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Arruda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmin Florentino Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrand Ferney Bejarano Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Wilfrand Herrera</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Raposo Cotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycorrhiza</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00572-021-01044-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 192, pp.106382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2021.106382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322353v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased hydraulic constraints in Eucalyptus plantations fertilized with potassium</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+                <w:t xml:space="preserve">Manipulation of the soil microbiome regulates the colonization of plants by arbuscular mycorrhizal fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Arruda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guerric Le Maire</w:t>
+                <w:t xml:space="preserve">Paul George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise de L. C. Mescolotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrand Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pce.14102⟩</w:t>
+              <w:t xml:space="preserve">Mycorrhiza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (5), pp.545-558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00572-021-01044-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03267009v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient supply modulates species interactions belowground: dynamics and traits of fine roots in mixed plantations of Eucalyptus and Acacia mangium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Increased hydraulic constraints in Eucalyptus plantations fertilized with potassium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joannès Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Asensio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerric Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-020-04755-2⟩</w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44 (9), pp.2938-2950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.14102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03465112v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03267009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pH en image ! Suivi spatio-temporel du pH dans la rhizosphère à l’aide d’optodes planaires</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+                <w:t xml:space="preserve">Nutrient supply modulates species interactions belowground: dynamics and traits of fine roots in mixed plantations of Eucalyptus and Acacia mangium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esther Guillot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Marsden</w:t>
+                <w:t xml:space="preserve">Amandine Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 460 (1-2), pp.559-577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-020-04755-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02985605v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tamm Review: Deep fine roots in forest ecosystems: Why dig deeper?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le pH en image ! Suivi spatio-temporel du pH dans la rhizosphère à l’aide d’optodes planaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Obermaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marsden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102, 16 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03139732v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing N2-fixing trees (Acacia mangium) in eucalypt plantations rapidly modifies the pools of organic P and low molecular weight organic acids in tropical soils</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Tamm Review: Deep fine roots in forest ecosystems: Why dig deeper?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140535⟩</w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 466, pp.118135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2020.118135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02885548v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fertilization increases the functional specialization of fine roots in deep soil layers for young Eucalyptu s grandis trees</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Introducing N2-fixing trees (Acacia mangium) in eucalypt plantations rapidly modifies the pools of organic P and low molecular weight organic acids in tropical soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kittima Waithaisong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Mareschal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.03.018⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 742, pp.140535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629112v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How deep can ectomycorrhizas go? A case study on Pisolithus down to 4 meters in a Brazilian eucalypt plantation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Fertilization increases the functional specialization of fine roots in deep soil layers for young Eucalyptu s grandis trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bordron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">George Rodrigues Lambais</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.R. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joannès Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycorrhiza</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00572-019-00917-y⟩</w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 431, pp.6-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.03.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626076v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of biochar application dose on soil microbial communities associated with rubber trees in North East Thailand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Herrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Robain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanpen Wiriyakitnateekul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 689, pp.970-979. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.06.441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02620597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of clear-cutting and drought on fine root dynamics down to 17 m in coppice-managed eucalypt plantations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Germon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Nouvellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forest Ecology and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 445, pp.48-59. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2019.05.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial enzymatic activities and community-level physiological profiles (CLPP) in subsoil layers are altered by harvest residue management practices in a tropical Eucalyptus grandis plantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Maillard</w:t>
+                <w:t xml:space="preserve">How deep can ectomycorrhizas go? A case study on Pisolithus down to 4 meters in a Brazilian eucalypt plantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Leduc</w:t>
+                <w:t xml:space="preserve">Céline Pradier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Bach</w:t>
+                <w:t xml:space="preserve">Hervé Sanguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Leonardo M. Gonçalves</w:t>
+                <w:t xml:space="preserve">Frédéric Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Dini Andreote</w:t>
+                <w:t xml:space="preserve">George Rodrigues Lambais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pesquisa Florestal Brasileira</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 39 (n.spéc.), pp.659-660. </w:t>
+              <w:t xml:space="preserve">Mycorrhiza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (6), pp.637-648. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00248-018-1298-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00572-019-00917-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05174561v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed Eucalyptus plantations induce changes in microbial communities and increase biological functions in the soil and litter layers</w:t>
+                <w:t xml:space="preserve">Microbial enzymatic activities and community-level physiological profiles (CLPP) in subsoil layers are altered by harvest residue management practices in a tropical Eucalyptus grandis plantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur P.A. Pereira</w:t>
+                <w:t xml:space="preserve">François Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ademir Durrer</w:t>
+                <w:t xml:space="preserve">Valentin Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiago Gumiere</w:t>
+                <w:t xml:space="preserve">Cyrille Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José L.M. Gonçalves</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">José Leonardo M. Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dini Andreote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.11.018⟩</w:t>
+              <w:t xml:space="preserve">Pesquisa Florestal Brasileira</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (n.spéc.), pp.659-660. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-018-1298-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558063v1</w:t>
+                <w:t xml:space="preserve">hal-05174561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N2 fixing trees (Acacia mangium) introduce in eucalypt plantations modify rapidly the pools of organic P and low-molecular-weight organic acids (LMWOAs) in tropical soils contrasted for their C/P stoichiometry</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Mixed Eucalyptus plantations induce changes in microbial communities and increase biological functions in the soil and litter layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur P.A. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ademir Durrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Gumiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José L.M. Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pesquisa Florestal Brasileira</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 433, pp.332-342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.11.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05174560v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04558063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial Enzymatic Activities and Community-Level Physiological Profiles (CLPP) in Subsoil Layers Are Altered by Harvest Residue Management Practices in a Tropical Eucalyptus grandis Plantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fernando Dini Androte</w:t>
+                <w:t xml:space="preserve">N2 fixing trees (Acacia mangium) introduce in eucalypt plantations modify rapidly the pools of organic P and low-molecular-weight organic acids (LMWOAs) in tropical soils contrasted for their C/P stoichiometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kittima Waithaisong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Mareschal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pesquisa Florestal Brasileira</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (n.spéc.), pp.659-659</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624966v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shifts in the bacterial community composition along deep soil profiles in monospecific and mixed stands of Eucalyptus grandis and Acacia mangium</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bini</w:t>
+                <w:t xml:space="preserve">Microbial Enzymatic Activities and Community-Level Physiological Profiles (CLPP) in Subsoil Layers Are Altered by Harvest Residue Management Practices in a Tropical Eucalyptus grandis Plantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ademir Durrer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">Valentin Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Leonardo de Moraes Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dini Androte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microbial ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 78 (2), pp.528-533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-018-1298-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0180371⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04702934v1</w:t>
+                <w:t xml:space="preserve">hal-02624966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotypic, size and morphological diversity of virioplankton in a deep oligomesotrophic freshwater lake (Lac Pavin, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Télesphore Sime-Ngando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 53, pp.48 - 59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jes.2016.05.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01624034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting phenology of &amp;lt;em&amp;gt;Eucalyptus grandis&amp;lt;/em&amp;gt; fine roots in upper and very deep soil layers in Brazil</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rafael Costa Pinheiro</w:t>
+                <w:t xml:space="preserve">Shifts in the bacterial community composition along deep soil profiles in monospecific and mixed stands of Eucalyptus grandis and Acacia mangium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Prudêncio de Araujo Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Avelino Maia De Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ademir Durrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-017-3460-1⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0180371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628910v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04702934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of Taking into Account the Fine Scale Soil Variability to Assess the Effects of Agricultural Inputs on Soil Characteristics and Soil Microbial Communities: A Case Study of Biochar Application in a Rubber Plantation in North East Thailand</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tatiana De Oliveira</w:t>
+                <w:t xml:space="preserve">Contrasting phenology of &amp;lt;em&amp;gt;Eucalyptus grandis&amp;lt;/em&amp;gt; fine roots in upper and very deep soil layers in Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Rodrigues Lambais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa de Cassia Piccolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Costa Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 421 (1-2), pp.301-318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-017-3460-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.05.028⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03994195v1</w:t>
+                <w:t xml:space="preserve">hal-02628910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus availability and microbial community in the rhizosphere of intercropped cereal and legume along a P-fertilizer gradient</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relevance of Taking into Account the Fine Scale Soil Variability to Assess the Effects of Agricultural Inputs on Soil Characteristics and Soil Microbial Communities: A Case Study of Biochar Application in a Rubber Plantation in North East Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Dayde</w:t>
+                <w:t xml:space="preserve">Marie-Elodie Le Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Robain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanpen Wiriyakitnateekul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Bernard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">Tatiana De Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 407 (1/2), pp.119-134. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 305, pp.21--29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-016-2949-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.05.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635740v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03994195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High colonization by native arbuscular mycorrhizal fungi (AMF) of rubber trees in small-holder plantations on low fertility soils in North East Thailand</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Phosphorus availability and microbial community in the rhizosphere of intercropped cereal and legume along a P-fertilizer gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyan Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Placella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Dayde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wanpen Wiriyakitnateekul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Agronomy and Soil Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/03650340.2015.1110238⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 407 (1/2), pp.119-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-016-2949-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529025v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deco&amp;lt;em&amp;gt;&amp;lt;/em&amp;gt;mposition of &amp;lt;em&amp;gt;Eucalyptus grandis&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Acacia mangium&amp;lt;/em&amp;gt; leaves and fine roots in tropical conditions did not meet the home field Advantage hypothesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Bouvet</w:t>
+                <w:t xml:space="preserve">High colonization by native arbuscular mycorrhizal fungi (AMF) of rubber trees in small-holder plantations on low fertility soils in North East Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lambert Bräu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Robain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanpen Wiriyakitnateekul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archives of Agronomy and Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 62 (7), pp.1041-1048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03650340.2015.1110238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2015.09.026⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02640606v1</w:t>
+                <w:t xml:space="preserve">hal-04529025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of root-associated arbuscular mycorrhizal fungal communities in a rubber tree plantation chronosequence in Northeast Thailand</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Teele Jairus</w:t>
+                <w:t xml:space="preserve">Deco&amp;lt;em&amp;gt;&amp;lt;/em&amp;gt;mposition of &amp;lt;em&amp;gt;Eucalyptus grandis&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Acacia mangium&amp;lt;/em&amp;gt; leaves and fine roots in tropical conditions did not meet the home field Advantage hypothesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Ruggiero Bachega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa de Cassia Piccolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycorrhiza</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00572-016-0720-5⟩</w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 359, pp.33-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2015.09.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529010v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of a commercial DNA extraction kit for safe and rapid recovery of DNA and RNA simultaneously from soil, without the use of harmful solvents</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elvira Legname-Vonarx</w:t>
+                <w:t xml:space="preserve">Diversity of root-associated arbuscular mycorrhizal fungal communities in a rubber tree plantation chronosequence in Northeast Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lesueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lambert Bräu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Blanchart</w:t>
+                <w:t xml:space="preserve">John Davison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teele Jairus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2015.03.007⟩</w:t>
+              <w:t xml:space="preserve">Mycorrhiza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (8), pp.863-877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00572-016-0720-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268966v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of organic P and low-molecular-weight organic acids in ferralsol soil extracts by ion chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kittima Waithaisong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Clairotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 257, pp.94-101. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geoderma.2014.12.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Améliorer la biodisponibilité du phosphore : comment valoriser les compétences des plantes et les mécanismes biologiques du sol</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modification of a commercial DNA extraction kit for safe and rapid recovery of DNA and RNA simultaneously from soil, without the use of harmful solvents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edith Le Cadre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Trap</w:t>
+                <w:t xml:space="preserve">Estelle Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Amenc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Legname-Vonarx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/s5ss-1x88⟩</w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2, pp.182-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2015.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01223555v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected and novel putative viruses in the sediments of a deep-dark permanently anoxic freshwater habitat.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Améliorer la biodisponibilité du phosphore : comment valoriser les compétences des plantes et les mécanismes biologiques du sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Prangishvili</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marsden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ismej.2012.49⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43, pp.115-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/s5ss-1x88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00819247v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01223555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the diversity and specificity of two freshwater viral communities through metagenomics.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Unexpected and novel putative viruses in the sediments of a deep-dark permanently anoxic freshwater habitat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Borrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Colombet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Personnic</w:t>
+                <w:t xml:space="preserve">Anne-Catherine Lehours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Prangishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0033641⟩</w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (11), pp.2119-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2012.49⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00819334v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological traits of planktonic viruses and prokaryotes along a full-salinity gradient.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing the diversity and specificity of two freshwater viral communities through metagenomics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Bouvier</w:t>
+                <w:t xml:space="preserve">Simon Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Bouvier</w:t>
+                <w:t xml:space="preserve">François Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Carré</w:t>
+                <w:t xml:space="preserve">Viviane Ravet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Desnues</w:t>
+                <w:t xml:space="preserve">Sébastien Personnic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 76 (2), pp.360-72. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (3), pp.e33641. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1574-6941.2011.01054.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0033641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00820091v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescent pseudomonads harboring type III secretion genes are enriched in the mycorrhizosphere of Medicago truncatula</w:t>
+                <w:t xml:space="preserve">Ecological traits of planktonic viruses and prokaryotes along a full-salinity gradient.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Viollet</w:t>
+                <w:t xml:space="preserve">Yvan Bettarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thérèse Corberand</w:t>
+                <w:t xml:space="preserve">Thierry Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Mougel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Robin</w:t>
+                <w:t xml:space="preserve">Corinne Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
+                <w:t xml:space="preserve">Claire Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Desnues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 75 (3), pp.457-467. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1574-6941.2010.01021.x⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 76 (2), pp.360-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1574-6941.2011.01054.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02644346v1</w:t>
+                <w:t xml:space="preserve">hal-00820091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of virus-host systems in hypersaline Lake Retba, Senegal.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Fluorescent pseudomonads harboring type III secretion genes are enriched in the mycorrhizosphere of Medicago truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Corberand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Colombet</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2010.02323.x⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 75 (3), pp.457-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1574-6941.2010.01021.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00527107v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for adaptation of riverine sediment microbial communities to diuron mineralization: incidence of runoff and soil erosion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
+                <w:t xml:space="preserve">Diversity of virus-host systems in hypersaline Lake Retba, Senegal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Télesphore Sime-Ngando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Rouard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Soizick Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Montuelle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kimberly Pause Tucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Colombet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13 (8), epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2010.02323.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00529700v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00527107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of root-associated fluorescent pseudomonads as affected by ferritin overexpression in tobacco.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evidence for adaptation of riverine sediment microbial communities to diuron mineralization: incidence of runoff and soil erosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Montuelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (4), pp.698-707</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00185892v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00529700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron acquisition from Fe-pyoverdine by Arabidopsis thaliana</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Diversity of root-associated fluorescent pseudomonads as affected by ferritin overexpression in tobacco.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Curie</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvie Mazurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Vansuyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Corberand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/MPMI-20-4-0441⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 9 (7), pp.1724-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2007.01290.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02663970v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00185892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Iron acquisition from Fe-pyoverdine by Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Curie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 20 (4), pp.441-447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-20-4-0441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effect of ferritin over-expression in tobacco on the structure of bacterial and pseudomonad communities associated with the roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine S. Siblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 58 (3), pp.492 - 502. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1574-6941.2006.00174.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7067,1758 +7201,1758 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential responses of Glomeromycotina and Mucoromycotina to soil nutrient availabilities: Insights from field experiments on durum wheat.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Trap</w:t>
+                <w:t xml:space="preserve">Reapplication of composted sewage sludge for continue restoration of degraded sandy soil: effects on soil attributes and mycorrhizal features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iraê Amaral Guerrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Nalesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Paganini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Justino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Mycorrhiza ICOM 12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">Centennial Celebration and Congress of the International Union of Soil Sciences (IUSS 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SISS, May 2024, Firenze, Italy. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680875v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reapplication of composted sewage sludge for continue restoration of degraded sandy soil: effects on soil attributes and mycorrhizal features</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Justino</w:t>
+                <w:t xml:space="preserve">Differential responses of Glomeromycotina and Mucoromycotina to soil nutrient availabilities: Insights from field experiments on durum wheat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Taschen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Dezette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Brondani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Centennial Celebration and Congress of the International Union of Soil Sciences (IUSS 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SISS, May 2024, Firenze, Italy. 1 p</w:t>
+              <w:t xml:space="preserve">International Conference on Mycorrhiza ICOM 12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182015v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of tree diversity on topsoil carbon and fungal diversity in European planted mixed forests are modulated by biotic and abiotic factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Fransson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Rewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douglas L. Godbold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO 2024 World Congress: Forests and Society Towards 2050</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUFRO; Swedish University of Agricultural Sciences, Jun 2024, Stockholm, Sweden. pp.2268-2269</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05183014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tree diversity and functional traits as predictors of stand productivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolyn Glynn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Fransson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Baum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ponette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO 2024 World Congress: Forests and Society Towards 2050</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUFRO; Swedish University of Agricultural Sciences, Jun 2024, Stockholm, Sweden. pp.1825-1826</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05183010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Did belowground N transfer in mixed plantations of Acacia mangium and Eucalyptus meet the Stress Gradient Hypothesis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivanka Rosada de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranieri Ribeiro Paula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vicente Ferraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Leonardo Moraes Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. IUFRO World Congress 2019 - Forest Research and Cooperation for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Curitiba, Brazil. pp.280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of Organic P and Low Molecular Weight Organic Acids in Ferralsol Soil Extracts by Ion Chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kittima Waithaisong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Souquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Annual Conference of AnalytiX-2019 (Europe)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of CO2, CH4 and N2O concentrations throughout deep soil profiles in Eucalypt plantations subjected to contrasted rainfall regimes: consequences on soil effluxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Germon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Blitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eucalyptus 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reciprocal interactions between plants and fluorescent pseudomonads in relation with iron in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure L. Avoscan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International Symposium on Micropial Ecology - ISME 12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Microbial Ecology (ISME). Saisissez le nom du laboratoire, du service ou du département., Cairns, INT., Aug 2008, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association préférentielle entre les mycorhizes à arbuscules et les &amp;lt;em&amp;gt;pseudomonas&amp;lt;/em&amp;gt; saprophytes présentant des systèmes de sécrétion de type III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Corberand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones Mycorhizes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Dijon, France. 47 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication of pyoverdines in the interactions of fluorescent pseudomonads with soil microflora and plant in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure L. Avoscan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Congress of Plant Pathology ICPP 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reciprocal interactions between plants and fluorescent pseudomonads in relation with iron in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Congress on Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Sorrento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reciprocal interactions between plants and fluorescent pseudomonads in relation with iron in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Buffon Legacy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions durables entre plantes et microorganismes dans les sols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Offre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Pivato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseau Ecologie des Interactions Durables (REID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an integrated approach for studying plant-microbe interactions in the rhizosphere: from genomic to proteomic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Offre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Pivato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd annual meeting of the Dutch Ecogenomics Research Program ‘Assessing the living soil’ Royal Sciences Academy of The Netherlands</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8828,1099 +8962,1099 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melhorar a silvicultura de plantações com espécies de arvores nativas para auxiliar a restauração florestal</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Plantios consorciados de eucalipto e acácia: uma opção complementar às monoculturas de eucalipto?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Leonardo M. Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guerric Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jose Luiz Stape</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranieri Ribeiro Paula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laclau Jean-Paul (ed.); De Moraes Gonçalves Jose Leonardo (ed.); Brito José Otavia (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Duas décadas de cooperação científica CIRAD-ESALQ-IPEF. Anais de comemoração. Contribuição para a compreensão do funcionamento das plantações florestais tropicais de rápido crescimento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 47, IPEF, pp.41-43, 2022, Série Técnica IPEF</w:t>
+              <w:t xml:space="preserve">, 47, IPEF, pp.20-24, 2022, Série Técnica IPEF</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05180541v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05180534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plantios consorciados de eucalipto e acácia: uma opção complementar às monoculturas de eucalipto?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Melhorar a silvicultura de plantações com espécies de arvores nativas para auxiliar a restauração florestal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joannès Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro H.S. Brancalion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guerric Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ranieri Ribeiro Paula</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luiz Stape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laclau Jean-Paul (ed.); De Moraes Gonçalves Jose Leonardo (ed.); Brito José Otavia (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Duas décadas de cooperação científica CIRAD-ESALQ-IPEF. Anais de comemoração. Contribuição para a compreensão do funcionamento das plantações florestais tropicais de rápido crescimento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 47, IPEF, pp.20-24, 2022, Série Técnica IPEF</w:t>
+              <w:t xml:space="preserve">, 47, IPEF, pp.41-43, 2022, Série Técnica IPEF</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05180534v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05180541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raízes profundas em plantações de eucalipto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Rodrigues Lambais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laclau Jean-Paul (ed.); De Moraes Gonçalves Jose Leonardo (ed.); Brito José Otavia (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Duas décadas de cooperação científica CIRAD-ESALQ-IPEF. Anais de comemoração. Contribuição para a compreensão do funcionamento das plantações florestais tropicais de rápido crescimento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 47, IPEF, pp.14-19, 2022, Série Técnica IPEF</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mycorrhiza in Mixed Plantations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maiele Cintra Santana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Prudêncio de Araujo Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Andréia de Bacco Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Marcos Miranda Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bran Nogueira Cardoso, E.; Gonçalves, J.; Balieiro, F.; Franco, A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mixed Plantations of Eucalyptus and Leguminous Trees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.137-154, 2020, 978-3-030-32364-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-32365-3_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of roots, microorganisms and microfauna on the fate of soil phosphorus in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Herrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phosphorus Metabolism in Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 48, Wiley-Blackwell, 2015, Annual Plant Reviews, 978-1-118-95884-1; 978-1-118-95885-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118958841.ch13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reciprocal interactions between plants and fluorescent pseudomonads in relation to iron in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure L. Avoscan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François J.F. Briat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F.J. de Bruijn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbial Ecology of the Rhizosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiley Publisher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1181-1189, 2013, 9781118297674. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118297674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00920691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron dynamics in the rhizosphere : consequences for plant health and nutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 99, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Academic Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Advances in Agronomy, 978-0-12-374360-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0065-2113(08)00404-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication of pyoverdines in the interactions of fluorescent pseudomonads with soil microflora and plant in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial Siderophores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, 2007, Soil Biology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-540-71160-5_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9930,1789 +10064,1789 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrate supply controls phosphorus availability and microbial properties in the rhizosphere of intercropped species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Betencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoyan Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Placella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianbo Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-fixing tree species introduced in Eucalyptus forest modify soil organic P and low molecular weight organic acid pools</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Manon Villeneuve</w:t>
+                <w:t xml:space="preserve">Fine mapping of soil phosphatase activity in the rhizosphere of intercropped chickpea and [i]durum wheat[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Placella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268831v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine mapping of soil phosphatase activity in the rhizosphere of intercropped chickpea and [i]durum wheat[/i]</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gabrielle Daudin</w:t>
+                <w:t xml:space="preserve">N-fixing tree species introduced in Eucalyptus forest modify soil organic P and low molecular weight organic acid pools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kittima Waithaisong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Clairotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268826v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nematofauna as indicator of soil N availability in mixed plantations? A case study from tropical forest of Eucalyptus and Acacia in Congo</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Marechal</w:t>
+                <w:t xml:space="preserve">Acid phosphatase activity in the rhizosphere: how a cereal and a legume create local hotspots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Placella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Global Soil Biodiversity Conference : Assessing Soil Biodiversity and its Role for Ecosystem Services</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t>
+              <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268801v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine mapping of soil phosphatase activity as affected by endogeic earthworms, in presence or absence of plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Cros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Placella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acid phosphatase activity in the rhizosphere: how a cereal and a legume create local hotspots</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Camille Cros</w:t>
+                <w:t xml:space="preserve">Nematofauna as indicator of soil N availability in mixed plantations? A case study from tropical forest of Eucalyptus and Acacia in Congo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Harmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Brauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
+              <w:t xml:space="preserve">1. Global Soil Biodiversity Conference : Assessing Soil Biodiversity and its Role for Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268824v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of ectomycorrhizal fungi (ECM) structures in Eucalyptus deep roots (São Paulo, Brazil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.R. Lambais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Piccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Global Soil Biodiversity Conference : Assessing Soil Biodiversity and its Role for Ecosystem Services</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of organic residue management in Eucalyptus forest on microbial communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Mareschal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Amenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural practices shape microbial communities and change fresh and soil organic matter mineralization in a tropical soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantely Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Amenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification of a commercial DNA extraction kit to simultaneously recover RNA, safely and rapidly, and to assess molecular biomass of the total and the active part of microbial communities, from soils with diverse mineralogy and carbon content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Amenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvira Legname-Vonarx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudomonad siderophore promotes iron nutrition of&amp;lt;em&amp;gt; Arabidopsis thaliana&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard G. Vansuyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Curie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference Rhizosphere 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Montpellier, France. , 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des associations symbiotiques de Medicago truncatula sur la microflore rhizosphérique et les transferts de carbone vers la rhizosphère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Benizri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Corberand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes journées d'Ecologie Fonctionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2003, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of mycorrhization and nodulation on the structure and diversity of fluorescent pseudomonads associated with Medicago truncatula roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Corberand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Benizri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st FEMS Congress of European Microbiologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2003, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04475569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of mycorhization and nodulation on the structure and diversity of fluorescent pseudomonads associated with Medicago truncatula roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Corberand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émile Benizri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First meeting of the COST 631 Action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2002, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04490859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId356"/>
+      <w:footerReference w:type="default" r:id="rId362"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11780,51 +11914,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="71404232"/>
+    <w:nsid w:val="FFF7CFA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12011,51 +12145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/robin-agnes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3044-2304" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358193v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Joly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chahine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70189" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448037v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine-Dagmar Zimmermann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Taschen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Robin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Monica Calvo-Polanco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465242v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Tortosa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Freschet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Trap" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2026.110093" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494350v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dagmar Zimmermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Calvo-Polanco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1760087" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246410v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Zheng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura J. Williams" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Serrano-Le&#243;n" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02805-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183008v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet San Le" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Herrmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Binh Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsden" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.temicr.2025.100007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382642v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Werner" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Jensen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Fransson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Baum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Sand&#233;n" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117591" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382638v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haben Blondeel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joann&#232;s Guillemot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Schnabel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70493" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04994302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Cousson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Piton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dezette" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.103134" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993501v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sauvadet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Harmand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deleporte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zarah-Shailia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106027" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043304v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Brondani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marchal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Personne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106008" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022670v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meelis P&#228;rtel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riin Tamme" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carmona" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kersti Riibak" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Moora" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08814-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669084v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Belaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barry-Etienne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-024-01851-8" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283329v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouillet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bordron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laclau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121507" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04034995v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kittima Waithaisong" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mareschal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12040802" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486941v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin l'Huillery" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Abadie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Sauvage" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envadv.2022.100247" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03539228v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Bizuti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#237;s Soares" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Moreno" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Almeida" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14097" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714218v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Arruda" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmin Florentino Rodrigues" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrand Ferney Bejarano Herrera" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Raposo Cotta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2021.106382" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322353v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul George" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise de L. C. Mescolotti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrand Herrera" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-021-01044-3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Asensio" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14102" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03465112v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Oliveira" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04755-2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985605v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Daudin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Obermaier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Guillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139732v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118135" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885548v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140535" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629112v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bordron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.R. Oliveira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.03.018" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626076v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pradier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sanguin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mah&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rodrigues Lambais" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-019-00917-y" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620597v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Herrman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lesueur" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Robain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanpen Wiriyakitnateekul" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.06.441" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628075v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2019.05.010" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174561v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maillard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leduc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bach" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Leonardo M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dini Andreote" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1298-6" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558063v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur P.A. Pereira" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Durrer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Gumiere" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L.M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.11.018" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174560v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624966v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Leonardo de Moraes Goncalves" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dini Androte" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702934v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Prud&#234;ncio de Araujo Pereira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Avelino Maia De Andrade" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180371" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624034v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;lesphore Sime-Ngando" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2016.05.016" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628910v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa de Cassia Piccolo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Costa Pinheiro" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-017-3460-1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03994195v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elodie Le Guen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana De Oliveira" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.05.028" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19ZQM5CX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635740v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Placella" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dayde" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2949-3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529025v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert Br&#228;u" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03650340.2015.1110238" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640606v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Ruggiero Bachega" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bouvet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2015.09.026" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529010v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Davison" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teele Jairus" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-016-0720-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268966v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tournier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Legname-Vonarx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2015.03.007" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268814v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Clairotte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Villeneuve" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2014.12.024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223555v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s5ss-1x88" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819247v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Borrel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Lehours" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Prangishvili" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2012.49" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819334v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Ravet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Personnic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0033641" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820091v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Bettarel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bouvier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouvier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carr&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Desnues" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01054.x" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644346v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Viollet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Corberand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lemanceau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2010.01021.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527107v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizick Lucas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Pause Tucker" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2010.02323.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WLB135CW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529700v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Rouard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Montuelle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185892v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mazurier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vansuyt" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01290.x" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TVLNXLCF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663970v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard G. Vansuyt" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briat" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Curie" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-4-0441" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661715v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine S. Siblot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Mazurier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2006.00174.x" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680875v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182015v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira&#234; Amaral Guerrini" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nalesso" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Silva" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paganini" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Justino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183014v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Rewald" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas L. Godbold" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183010v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Glynn" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ponette" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558136v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanka Rosada de Oliveira" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranieri Ribeiro Paula" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vicente Ferraz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Leonardo Moraes Gon&#231;alves" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915591v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Souquet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788521v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gerard" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001210v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Avoscan" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757118v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819512v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815878v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754879v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823861v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Offre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pivato" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819016v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180541v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H.S. Brancalion" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luiz Stape" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180534v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180533v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558084v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maiele Cintra Santana" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Andr&#233;ia de Bacco Lopes" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Marcos Miranda Silva" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32365-3_7" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795114v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118958841.ch13" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920691v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.F. Briat" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/225291.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118297674" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823555v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Meyer" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/29137.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2113(08)00404-5" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815880v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-71160-5_12" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268834v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Betencourt" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianbo Shen" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268831v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268826v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cros" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268801v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delporte" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marechal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268825v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268824v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268799v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Lambais" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Piccolo" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268650v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268652v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Razafimbelo" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268651v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758263v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04521390v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Talon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Benizri" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04475569v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Robin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemanceau" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04490859v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Benizri" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/robin-agnes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3044-2304" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358193v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Joly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chahine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70189" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464460v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenickson R. S. Costa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H.S. Brancalion" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Joly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura H.P. Sim&#245;es" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bonfanti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-025-00266-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465242v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Tortosa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Freschet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Trap" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2026.110093" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494350v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dagmar Zimmermann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Taschen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Robin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Calvo-Polanco" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1760087" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448037v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine-Dagmar Zimmermann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Monica Calvo-Polanco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246410v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Zheng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura J. Williams" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Serrano-Le&#243;n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02805-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183008v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet San Le" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Herrmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Binh Nguyen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsden" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.temicr.2025.100007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382642v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Werner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Jensen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Fransson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Baum" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Sand&#233;n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117591" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382638v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haben Blondeel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joann&#232;s Guillemot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Schnabel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70493" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04994302v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Cousson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Piton" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dezette" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.103134" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993501v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sauvadet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Harmand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deleporte" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Martin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zarah-Shailia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106027" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022670v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meelis P&#228;rtel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riin Tamme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carmona" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kersti Riibak" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Moora" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08814-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043304v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Brondani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marchal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Personne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669084v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Belaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barry-Etienne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-024-01851-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283329v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouillet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bordron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laclau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121507" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04034995v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kittima Waithaisong" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mareschal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12040802" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486941v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin l'Huillery" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Abadie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Sauvage" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envadv.2022.100247" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03539228v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Bizuti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#237;s Soares" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Moreno" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Almeida" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14097" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714218v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Arruda" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmin Florentino Rodrigues" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrand Ferney Bejarano Herrera" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Raposo Cotta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2021.106382" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322353v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul George" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise de L. C. Mescolotti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrand Herrera" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-021-01044-3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267009v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Asensio" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14102" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03465112v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Oliveira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04755-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985605v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Daudin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Obermaier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Guillot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139732v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118135" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885548v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140535" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629112v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bordron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.R. Oliveira" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.03.018" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620597v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Herrman" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lesueur" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Robain" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanpen Wiriyakitnateekul" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.06.441" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628075v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2019.05.010" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626076v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pradier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sanguin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mah&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rodrigues Lambais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-019-00917-y" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174561v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maillard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leduc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bach" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Leonardo M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dini Andreote" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1298-6" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558063v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur P.A. Pereira" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Durrer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Gumiere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L.M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.11.018" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174560v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624966v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Leonardo de Moraes Goncalves" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dini Androte" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624034v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;lesphore Sime-Ngando" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2016.05.016" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702934v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Prud&#234;ncio de Araujo Pereira" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Avelino Maia De Andrade" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180371" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628910v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa de Cassia Piccolo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Costa Pinheiro" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-017-3460-1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03994195v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elodie Le Guen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana De Oliveira" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.05.028" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19ZQM5CX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635740v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Placella" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dayde" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2949-3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529025v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert Br&#228;u" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03650340.2015.1110238" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640606v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Ruggiero Bachega" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bouvet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2015.09.026" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529010v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Davison" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teele Jairus" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-016-0720-5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268814v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Clairotte" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Villeneuve" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2014.12.024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268966v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tournier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Legname-Vonarx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2015.03.007" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223555v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s5ss-1x88" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819247v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Borrel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Lehours" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Prangishvili" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2012.49" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819334v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roux" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Ravet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Personnic" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0033641" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820091v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Bettarel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bouvier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouvier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carr&#233;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Desnues" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01054.x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644346v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Viollet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Corberand" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lemanceau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2010.01021.x" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527107v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizick Lucas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Pause Tucker" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2010.02323.x" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WLB135CW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529700v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Rouard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Montuelle" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185892v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mazurier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vansuyt" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01290.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TVLNXLCF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663970v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard G. Vansuyt" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Curie" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-4-0441" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661715v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine S. Siblot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Mazurier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2006.00174.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182015v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira&#234; Amaral Guerrini" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nalesso" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Silva" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paganini" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Justino" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680875v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183014v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Rewald" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas L. Godbold" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183010v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Glynn" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ponette" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558136v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanka Rosada de Oliveira" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranieri Ribeiro Paula" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vicente Ferraz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Leonardo Moraes Gon&#231;alves" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915591v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Souquet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788521v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gerard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001210v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Avoscan" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757118v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819512v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815878v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754879v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823861v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Offre" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pivato" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819016v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180534v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180541v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luiz Stape" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180533v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558084v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maiele Cintra Santana" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Andr&#233;ia de Bacco Lopes" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Marcos Miranda Silva" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32365-3_7" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795114v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118958841.ch13" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920691v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.F. Briat" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/225291.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118297674" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823555v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Meyer" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/29137.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2113(08)00404-5" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815880v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-71160-5_12" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268834v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Betencourt" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianbo Shen" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268826v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cros" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268831v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268824v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268825v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268801v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delporte" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marechal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268799v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Lambais" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Piccolo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268650v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268652v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Razafimbelo" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268651v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758263v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04521390v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Talon" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Benizri" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04475569v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Robin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemanceau" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04490859v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Benizri" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>