--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -147,6064 +147,6194 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touch: A lasting impression</w:t>
+                <w:t xml:space="preserve">Hand prostheses with somatosensory feedback: functional and clinical benefits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Solaiman Shokur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Bassolino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roger H Watkins</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvestro Micera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.107620⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 25 (4), pp.421-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1474-4422(25)00493-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05125105v1</w:t>
+                <w:t xml:space="preserve">hal-05559412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of finger movement direction on friction-induced vibrations and perception of textured surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Camillieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Le Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Bueno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 211, pp.110844. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.triboint.2025.110844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-05097245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundaries of tactile acuity when exploring surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenna Fradin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariama Dione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Mouraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gueorguiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Topography: Metrology and Properties</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 13 (3), pp.033001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/2051-672X/adec07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic skin technologies: From hardware building blocks and tactile sensing to control algorithms and applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sara Ballanti</w:t>
+                <w:t xml:space="preserve">Touch: A lasting impression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca De Cicco</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roger H Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.snr.2025.100312⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.107620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996450v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05125105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring differences in social touch: Development and validation of the short Touch Experiences and Attitudes Questionnaire (TEAQ-s)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electronic skin technologies: From hardware building blocks and tactile sensing to control algorithms and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Leogrande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvonne Friedrich</w:t>
+                <w:t xml:space="preserve">Mariangela Filosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophia Faresse</w:t>
+                <w:t xml:space="preserve">Sara Ballanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Henning</w:t>
+                <w:t xml:space="preserve">Luca De Cicco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula D Trotter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+                <w:t xml:space="preserve">Stefano Mazzoleni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 233, pp.112890. </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.100312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.paid.2024.112890⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snr.2025.100312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04714554v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptual constancy of texture: How touch of textures on the foot feels equivalent to the hand and over different movements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Measuring differences in social touch: Development and validation of the short Touch Experiences and Attitudes Questionnaire (TEAQ-s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Friedrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Faresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula D Trotter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00420.2024⟩</w:t>
+              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 233, pp.112890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.paid.2024.112890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04714551v1</w:t>
+                <w:t xml:space="preserve">hal-04714554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations between tactile sensitivity of the finger, arm, and cheek skin over the lifespan showing decline only on the finger</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Perceptual constancy of texture: How touch of textures on the foot feels equivalent to the hand and over different movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00420.2024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2024.1387136⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04633064v1</w:t>
+                <w:t xml:space="preserve">hal-04714551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stroking trajectory shapes velocity effects on pleasantness and other touch percepts.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relations between tactile sensitivity of the finger, arm, and cheek skin over the lifespan showing decline only on the finger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clare Cham</w:t>
+                <w:t xml:space="preserve">Léonard Samain-Aupic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariama Dione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Lai</w:t>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh-Loan Sarah Le</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+                <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 49 (1), pp.71-86. </w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/xhp0001079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2024.1387136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972016v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are C-tactile afferents and how do they relate to “affective touch”?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annett Schirmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilona Croy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 151, pp.105236. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2023.105236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of skin moisturization on various aspects of touch showing differences with age and skin site</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
+                <w:t xml:space="preserve">Stroking trajectory shapes velocity effects on pleasantness and other touch percepts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annett Schirmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Jourdain</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Clare Cham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Loan Sarah Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-44895-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49 (1), pp.71-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xhp0001079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04253663v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying cosmetic oil with added aromatic compounds improves tactile sensitivity and skin properties</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effects of skin moisturization on various aspects of touch showing differences with age and skin site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariama Dione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 13, pp.10550. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-37361-0⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.17977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-44895-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04168280v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-tactile (CT) afferents: evidence of their function from microneurography studies in humans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Applying cosmetic oil with added aromatic compounds improves tactile sensitivity and skin properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Samain-Aupic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Behavioral Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cobeha.2021.08.012⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.10550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-37361-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03534697v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slowly‐adapting type II afferents contribute to conscious touch sensation in humans: Evidence from single unit intraneural microstimulation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Passive Proprioceptive Training Alters the Sensitivity of Muscle Spindles to Imposed Movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Samain-Aupic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (1), pp.ENEURO.0249-21.2021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/ENEURO.0249-21.2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1113/jp282873⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03695894v1</w:t>
+                <w:t xml:space="preserve">hal-03556859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive Proprioceptive Training Alters the Sensitivity of Muscle Spindles to Imposed Movements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">C-tactile (CT) afferents: evidence of their function from microneurography studies in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Behavioral Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43, pp.95 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cobeha.2021.08.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/ENEURO.0249-21.2021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03556859v1</w:t>
+                <w:t xml:space="preserve">hal-03534697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual Variability of Pleasantness Ratings to Stroking Touch Over Different Velocities</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antonie Bierling</w:t>
+                <w:t xml:space="preserve">Slowly‐adapting type II afferents contribute to conscious touch sensation in humans: Evidence from single unit intraneural microstimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uta Sailer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Mario Durao de Carvalho Amante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Wessberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.03.030⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 600 (12), pp.2939 - 2952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/jp282873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02994900v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle proprioceptive feedback can be adapted to the behavioral and emotional context in humans</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A fusimotor role for proprioceptive reweighting in a multisensory context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Kavounoudias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186772v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03419333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for sparse C-tactile afferent innervation of glabrous human hand skin</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Muscle proprioceptive feedback can be adapted to the behavioral and emotional context in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00587.2020⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.46-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cophys.2020.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186723v2</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fusimotor role for proprioceptive reweighting in a multisensory context</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Evidence for sparse C-tactile afferent innervation of glabrous human hand skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariama Dione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Wessberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (1), pp.232 - 237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00587.2020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03419333v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186723v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large postural sways prevent foot tactile information from fading: neurophysiological evidence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Antoine</w:t>
+                <w:t xml:space="preserve">Individual Variability of Pleasantness Ratings to Stroking Touch Over Different Velocities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Croy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Germain Robitaille</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Antonie Bierling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uta Sailer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/texcom/tgaa094⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 464, pp.33-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.03.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03097070v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cutaneous warmth, but not touch, increases muscle sympathetic nerve activity during a muscle fatigue hand-grip task</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Large postural sways prevent foot tactile information from fading: neurophysiological evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Germain Robitaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Håkan D Olausson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 238 (4), pp.1035-1042. </w:t>
+              <w:t xml:space="preserve">Cerebral Cortex Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00221-020-05779-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/texcom/tgaa094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02554320v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03097070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure shapes the perception of affective touch</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Cutaneous warmth, but not touch, increases muscle sympathetic nerve activity during a muscle fatigue hand-grip task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yrsa B Sverrisdόttir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Birklein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Elam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan D Olausson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cognitive Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dcn.2017.07.008⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 238 (4), pp.1035-1042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-020-05779-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01599555v1</w:t>
+                <w:t xml:space="preserve">hal-02554320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions can alter kinesthetic acuity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Seeing Your Foot Move Changes Muscle Proprioceptive Feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Kavounoudias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2018.11.053⟩</w:t>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (2), pp.e0341-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/ENEURO.0341-18.2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01972355v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeing Your Foot Move Changes Muscle Proprioceptive Feedback</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Spatio-temporal profile of brain activity during gentle touch investigated with magnetoencephalography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Eriksson Hagberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lundqvist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Schneiderman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan D Wessberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/ENEURO.0341-18.2019⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 201, pp.116024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090029v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal profile of brain activity during gentle touch investigated with magnetoencephalography</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Emotions can alter kinesthetic acuity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Samain-Aupic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116024⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 694, pp.99-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2018.11.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302478v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the Putative Impact of Odors Purported to Have Beneficial Effects on Sleep: Neural and Perceptual Processes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exposure shapes the perception of affective touch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uta Sailer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gaby Badre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosensory Perception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12078-019-09269-5⟩</w:t>
+              <w:t xml:space="preserve">Developmental Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, pp.109-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dcn.2017.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304416v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging human cortical responses to intraneural microstimulation using magnetoencephalography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Investigating the Putative Impact of Odors Purported to Have Beneficial Effects on Sleep: Neural and Perceptual Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Croy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan D Olausson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaby Badre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.01.017⟩</w:t>
+              <w:t xml:space="preserve">Chemosensory Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12078-019-09269-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048371v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effects of radiant and mechanically applied thermal stimuli on human C-tactile afferent firing patterns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Imaging human cortical responses to intraneural microstimulation using magnetoencephalography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George C O'Neill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger H Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Johnson</w:t>
+                <w:t xml:space="preserve">Eleanor L Barratt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayan Sengupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00940.2017⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 189, pp.329-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048345v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Case Studies in Neuroscience: Sensations elicited and discrimination ability from nerve cuff stimulation in an amputee over time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Ortiz-Catalan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rickard Brånemark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan W Wessberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 120 (1), pp.291-295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1152/jn.00909.2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microneurography as a tool to study the function of individual C-fiber afferents in humans: responses from nociceptors, thermoreceptors, and mechanoreceptors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Differential effects of radiant and mechanically applied thermal stimuli on human C-tactile afferent firing patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarina Wiklund Fernström</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 120 (6), pp.2834-2846. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 120 (4), pp.1885-1892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00940.2017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00109.2018⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02048326v1</w:t>
+                <w:t xml:space="preserve">hal-02048345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gentle touch perception: From early childhood to adolescence</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Microneurography as a tool to study the function of individual C-fiber afferents in humans: responses from nociceptors, thermoreceptors, and mechanoreceptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Håkan Olausson</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cognitive Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dcn.2017.07.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (6), pp.2834-2846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00109.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599575v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The biology of skin wetness perception and its implications in manual function and for reproducing complex somatosensory signals in neuroprosthetics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Gentle touch perception: From early childhood to adolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Croy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isac Sehlstedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan Olausson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Developmental Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dcn.2017.07.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00883.2016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01599606v1</w:t>
+                <w:t xml:space="preserve">hal-01599575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal delineation of single C-tactile and C-nociceptive afferents in humans by latency slowing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Håkan Olausson</w:t>
+                <w:t xml:space="preserve">An intra-neural microstimulation system for ultra-high field magnetic resonance imaging and magnetoencephalography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul M Glover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger H. Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George C. O’neill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Sanchez-Panchuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00939.2016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 290, pp.69 - 78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2017.07.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599597v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An intra-neural microstimulation system for ultra-high field magnetic resonance imaging and magnetoencephalography</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rosa Sanchez-Panchuelo</w:t>
+                <w:t xml:space="preserve">Optimal delineation of single C-tactile and C-nociceptive afferents in humans by latency slowing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan W Wessberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James P. Dunham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan Olausson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2017.07.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 117 (4), pp.1608 - 1614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00939.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599604v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions alter muscle proprioceptive coding of movements in humans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The biology of skin wetness perception and its implications in manual function and for reproducing complex somatosensory signals in neuroprosthetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Filingeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-08721-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 117 (4), pp.1761-1775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00883.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599560v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights and Perspectives on Sensory-Motor Integration and Rehabilitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Emotions alter muscle proprioceptive coding of movements in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Silvio Ionta</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multisensory Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.8465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-08721-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/22134808-00002530⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01599609v1</w:t>
+                <w:t xml:space="preserve">hal-01599560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping quantal touch using 7 Tesla functional magnetic resonance imaging and single-unit intraneural microstimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa M Sanchez Panchuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul M Glover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard W Bowtell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan W Wessberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 107, pp.727 - 727. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.12812.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of tactile afference in shaping motor behaviour and implications for prosthetic innovation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Insights and Perspectives on Sensory-Motor Integration and Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Kavounoudias</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Borich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calogero Maria Oddo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Ionta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Multisensory Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (6-7), pp.607-633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/22134808-00002530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2015.06.024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01437962v1</w:t>
+                <w:t xml:space="preserve">hal-01599609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of changing skin mechanics on the differential sensitivity to surface compliance by tactile afferents in the human finger pad</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The role of tactile afference in shaping motor behaviour and implications for prosthetic innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Kavounoudias</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 79 (B, SI), pp.192-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2015.06.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00176.2014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01599613v1</w:t>
+                <w:t xml:space="preserve">hal-01437962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touch Satiety: Differential Effects of Stroking Velocity on Liking and Wanting Touch Over Repetitions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effects of changing skin mechanics on the differential sensitivity to surface compliance by tactile afferents in the human finger pad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn Hudson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melia Condon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis M Mcglone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan Olausson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0113425.g003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 114 (4), pp.2249-2257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00176.2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01471466v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human C-Tactile Afferents Are Tuned to the Temperature of a Skin-Stroking Caress</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Touch Satiety: Differential Effects of Stroking Velocity on Liking and Wanting Touch Over Repetitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Triscoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uta Sailer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2847-13.2014⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.551 - 551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0113425.g003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01471465v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the sensory and emotional perception of touch: differences between glabrous and hairy skin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Human C-Tactile Afferents Are Tuned to the Temperature of a Skin-Stroking Caress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Mcglone</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Helena D Wasling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaquette D Liljencrantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan D Olausson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard D Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2014.00034⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34, pp.2879 - 2883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2847-13.2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01470587v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discriminative and affective touch in human experimental tactile allodynia</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Quantifying the sensory and emotional perception of touch: differences between glabrous and hairy skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Olausson</w:t>
+                <w:t xml:space="preserve">Karin Saar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Mcglone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2014.01.041⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2014.00034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599619v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01470587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touch perceptions across skin sites: differences between sensitivity, direction discrimination and pleasantness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Discriminative and affective touch in human experimental tactile allodynia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Liljencrantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew M. Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Olausson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2014.00054⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 536, pp.75-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2014.01.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01470589v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-late EEG potential evoked by preferential activation of unmyelinated tactile afferents in human hairy skin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Touch perceptions across skin sites: differences between sensitivity, direction discrimination and pleasantness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Johan W Wessberg</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Carlsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henric Wester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan Olausson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Backlund Wasling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2014.00054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2013.01.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01599630v1</w:t>
+                <w:t xml:space="preserve">hal-01470589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wetness perception across body sites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Ultra-late EEG potential evoked by preferential activation of unmyelinated tactile afferents in human hairy skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Eriksson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan W Wessberg</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francis M Mcglone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 522 (1), pp.73 - 77. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2012.06.020⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 535, pp.62-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2013.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599666v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covert Tracking: A Combined ERP and Fixational Eye Movement Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Wetness perception across body sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wael El-Deredy</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan W Wessberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkan Olausson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis M Mcglone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 522 (1), pp.73 - 77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2012.06.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0038479.g004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01471472v1</w:t>
+                <w:t xml:space="preserve">hal-01599666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An fMRI study on cortical responses during active self-touch and passive touch from others</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eusra Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Curran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Wessberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Håkan Olausson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fnbeh.2012.00051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01470593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent illusory contours reduce microsaccade frequency</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Covert Tracking: A Combined ERP and Fixational Eye Movement Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis D J Makin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Poliakoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael El-Deredy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2011.06.001⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 68, pp.309 - 309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0038479.g004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599669v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Middle Temporal Area Does Not Relay Vestibular Signals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+                <w:t xml:space="preserve">Coherent illusory contours reduce microsaccade frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis. D.J. Makin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Wild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Poliakoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Gowen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (9), pp.2798-2801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2011.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.5550-09.2010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01471401v1</w:t>
+                <w:t xml:space="preserve">hal-01599669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Influences on the Generation of Eye Movements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The Middle Temporal Area Does Not Relay Vestibular Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis D J Makin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Wild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexis Makin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 28, pp.8863 - 8864. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2802-08.2008⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 30 (4), pp.1199-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.5550-09.2010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01471397v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pontine Maps Linking Somatosensory and Cerebellar Cortices Are in Register with Climbing Fiber Somatotopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Cognitive Influences on the Generation of Eye Movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Richard Apps</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Wild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Makin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28, pp.8863 - 8864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2802-08.2008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pontine Maps Linking Somatosensory and Cerebellar Cortices Are in Register with Climbing Fiber Somatotopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis G Odeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan G Bjaalie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Apps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2005, 25 (24), pp.5680-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0558-05.2005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6214,1543 +6344,1543 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du mouvement du doigt sur les vibrations induites et sur la perception du toucher de surfaces texturées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Camillieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Le Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Bueno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights from inside nerves: The way mechanoreceptors really respond touch and how we can use this in haptics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroHaptics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-tactile (CT) afferents and their role in affective touch</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The multiple facets of proprioception: the influence of cognitive and emotional contexts on movement encoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Festival of Touch</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">Francophone Society for Posture, Balance, and Gait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05147396v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complexity of touch encoding in humans and applying it in tactile sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Haptics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04169250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multiple facets of proprioception: the influence of cognitive and emotional contexts on movement encoding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">C-tactile (CT) afferents and their role in affective touch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Francophone Society for Posture, Balance, and Gait</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">Festival of Touch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969597v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of touch information in guiding behavior in an affective context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Cognitive and Affective Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional changes affect the coding of movements by muscle afferents in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Cognitive Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touch and temperature interactions at the level of the single afferent in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology and Pharmacology of Temperature Regulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Vancouver, Canada. pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03407270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human brain processing of gentle touch investigated with time-resolved methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elin Eriksson Hagberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Krýsl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Göthner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josefin Nilsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Association for the Study of Affective Touch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Linköping, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual stability of pleasantness ratings for stroking touch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uta Sailer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonie Bierling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilona Croy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Association for the Study of Affective Touch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Linköping, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microneurograpy: Single unit recordings from touch afferents in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Touch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global responses to microstimulation at 7T and comparison with vibrotactile stimulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Imaging the cortical responses to quantised touch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George C O'Neill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan W Wessberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Glover Paul</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor L Barratt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">BIOMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357525v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging the cortical responses to quantised touch</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Investigating the effects of touch in social interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Pavlidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Mohler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Bues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Philadelphia, United States</w:t>
+              <w:t xml:space="preserve">Australasian Cognitive Neuroscience Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Melbourne, Australia. pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357769v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the effects of touch in social interactions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Global responses to microstimulation at 7T and comparison with vibrotactile stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayan Sengupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger H. Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Sanchez Panchuelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glover Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australasian Cognitive Neuroscience Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Melbourne, Australia. pp.75</w:t>
+              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357741v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human brain processing of gentle naturalistic touch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elin Eriksson Hagberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Lundqvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Schneiderman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veikko Jousmäki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOMAG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEG compatible microneurography and intra-neural microstimulation instrumentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George C O'Neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Wessberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Watkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul M Glover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOMAG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7760,655 +7890,655 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tactile intensity perception is shaped by temporal integration: evidence from single afferent recording and stimulation in humans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">BodySense: a collaborative research platform for development of simple, open source and replicable somatosensory research tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Ackerley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johan Wessberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Haptics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Delft, France</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969572v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BodySense: a collaborative research platform for development of simple, open source and replicable somatosensory research tools</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Tactile intensity perception is shaped by temporal integration: evidence from single afferent recording and stimulation in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Durao de Carvalho Amante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hayward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Wessberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Haptics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Delft, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969553v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stimulation of single neurons at 7T: studies of the quantal components of touch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayan Sengupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Sanchez Panchuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul M Glover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Wessberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Scientific Day of the MRI-INT Centre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05141591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating how humans perceive differences between drops of water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Samain-Aupic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariama Dione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Online, France. , 2021, Société des neurosciences</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating artificial touch: From the contribution of single tactile afferents to the encoding of complex percepts, and their implications for clinical innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions can alter kinesthetic acuity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Samain-Aupic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aimonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Ribot-Ciscar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Marseille, France. 694 (P3.150), pp.598, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8418,287 +8548,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatosensation and body perception: the integration of afferent signals in multisensory cognitive processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emiliano Bruner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive Archaeology, Body Cognition, and the Evolution of Visuospatial Perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Section I: Visuospatial cognition and body perception (Chapter 1), , In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microneurography: Recordings from single neurons in human peripheral nerves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Watkins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Holmes, N. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Somatosensory Research Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Neuromethods, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03679058v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental framework and methods for the assessment of skin wetness sensing in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Merrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Filingeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Holmes, N. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Somatosensory Research Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Spinger Neuromethods, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03679065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8708,117 +8838,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveautés en Neurosciences : ressentir le toucher sans être touché</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Holmes Watkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariama Dione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8828,114 +8958,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatomical and Physiological Studies of Cerebro-Cerebellar Pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Ackerley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neuroscience. University of Bristol, 2006. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04218058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId249"/>
+      <w:footerReference w:type="default" r:id="rId255"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9003,51 +9133,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7F2D2E64"/>
+    <w:nsid w:val="366A5AA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9234,51 +9364,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rochelle-ackerley" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4621-7929" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23466598X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125105v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle Ackerley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H Watkins" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.107620" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05097245v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Camillieri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Faucheu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Moing" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Bueno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.110844" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485364v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Fradin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariama Dione" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mouraux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gueorguiev" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2051-672X/adec07" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996450v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Leogrande" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Filosa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ballanti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca De Cicco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mazzoleni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snr.2025.100312" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714554v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Friedrich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Faresse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Henning" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula D Trotter" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2024.112890" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714551v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00420.2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633064v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Samain-Aupic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Ribot-Ciscar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aimonetti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2024.1387136" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972016v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Schirmer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Cham" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Lai" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Loan Sarah Le" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001079" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105524v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Croy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2023.105236" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253663v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Holmes Watkins" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Jourdain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-44895-w" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168280v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gilbert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andr&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-37361-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534697v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cobeha.2021.08.012" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695894v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Durao de Carvalho Amante" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Backlund Wasling" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Wessberg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jp282873" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556859v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0249-21.2021" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994900v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonie Bierling" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uta Sailer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.03.030" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186772v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cophys.2020.11.010" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186723v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00587.2020" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419333v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kavounoudias" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097070v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fabre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Antoine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Germain Robitaille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/texcom/tgaa094" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554320v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yrsa B Sverrisd&#972;ttir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Birklein" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Elam" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan D Olausson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-020-05779-x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599555v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2017.07.008" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972355v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2018.11.053" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090029v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chancel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0341-18.2019" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302478v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Eriksson Hagberg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lundqvist" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Schneiderman" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan D Wessberg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304416v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaby Badre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12078-019-09269-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C O'Neill" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor L Barratt" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayan Sengupta" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.01.017" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048345v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Wiklund Fernstr&#246;m" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Watkins" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Johnson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00940.2017" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048300v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Ortiz-Catalan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rickard Br&#229;nemark" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan W Wessberg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00909.2017" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048326v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00109.2018" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599575v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isac Sehlstedt" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Olausson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2017.07.009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599606v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Filingeri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00883.2016" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599597v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Dunham" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00939.2016" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599604v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Glover" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H. Watkins" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C. O&#8217;neill" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Sanchez-Panchuelo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2017.07.016" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599560v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08721-4" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Borich" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calogero Maria Oddo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ionta" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134808-00002530" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471418v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa M Sanchez Panchuelo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W Bowtell" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.12812.019" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01437962v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.06.024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599613v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Hudson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melia Condon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis M Mcglone" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00176.2014" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471466v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Triscoli" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0113425.g003" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471465v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena D Wasling" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaquette D Liljencrantz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D Johnson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2847-13.2014" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470587v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Saar" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mcglone" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00034" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599619v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liljencrantz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Marshall" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Olausson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2014.01.041" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470589v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Carlsson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henric Wester" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00054" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599630v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Eriksson" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2013.01.004" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599666v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2012.06.020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471472v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D J Makin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Poliakoff" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael El-Deredy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038479.g004" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470593v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eusra Hassan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Curran" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2012.00051" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599669v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis. D.J. Makin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Wild" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gowen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2011.06.001" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471401v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5550-09.2010" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471397v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Makin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2802-08.2008" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471387v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis G Odeh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan G Bjaalie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Apps" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0558-05.2005" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313029v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248475v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147396v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169250v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969597v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969517v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969530v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407270v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357520v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kr&#253;sl" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin G&#246;thner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefin Nilsson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357515v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357723v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357525v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Sanchez Panchuelo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glover Paul" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357769v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357741v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Pavlidou" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Mohler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bues" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357760v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veikko Jousm&#228;ki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357781v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969572v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hayward" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969553v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141591v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406922v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969584v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357503v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882944v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679058v3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679065v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Merrick" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882968v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04218058v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rochelle-ackerley" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4621-7929" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23466598X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559412v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solaiman Shokur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Bassolino" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle Ackerley" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvestro Micera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(25)00493-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05097245v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Camillieri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Faucheu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Moing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Bueno" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.110844" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485364v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Fradin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariama Dione" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mouraux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gueorguiev" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2051-672X/adec07" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125105v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H Watkins" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.107620" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996450v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Leogrande" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Filosa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ballanti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca De Cicco" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mazzoleni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snr.2025.100312" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714554v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Friedrich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Faresse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Henning" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula D Trotter" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2024.112890" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714551v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00420.2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633064v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Samain-Aupic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Ribot-Ciscar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aimonetti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2024.1387136" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105524v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Schirmer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Croy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2023.105236" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972016v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Cham" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Lai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Loan Sarah Le" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001079" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253663v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Holmes Watkins" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Jourdain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-44895-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168280v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gilbert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-37361-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556859v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0249-21.2021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534697v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cobeha.2021.08.012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695894v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Durao de Carvalho Amante" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Backlund Wasling" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Wessberg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jp282873" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419333v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kavounoudias" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186772v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cophys.2020.11.010" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186723v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00587.2020" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994900v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonie Bierling" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uta Sailer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.03.030" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097070v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fabre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Antoine" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Germain Robitaille" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/texcom/tgaa094" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554320v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yrsa B Sverrisd&#972;ttir" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Birklein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Elam" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan D Olausson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-020-05779-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090029v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chancel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0341-18.2019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302478v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Eriksson Hagberg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lundqvist" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Schneiderman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan D Wessberg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972355v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2018.11.053" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599555v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2017.07.008" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304416v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaby Badre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12078-019-09269-5" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048371v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C O'Neill" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor L Barratt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayan Sengupta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.01.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048300v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Ortiz-Catalan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rickard Br&#229;nemark" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan W Wessberg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00909.2017" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048345v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Wiklund Fernstr&#246;m" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Watkins" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Johnson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00940.2017" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048326v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00109.2018" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599575v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isac Sehlstedt" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Olausson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2017.07.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599604v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Glover" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H. Watkins" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C. O&#8217;neill" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Sanchez-Panchuelo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2017.07.016" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599597v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Dunham" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00939.2016" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599606v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Filingeri" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00883.2016" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599560v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08721-4" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471418v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa M Sanchez Panchuelo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W Bowtell" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.12812.019" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599609v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Borich" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calogero Maria Oddo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ionta" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134808-00002530" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01437962v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.06.024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599613v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Hudson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melia Condon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis M Mcglone" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00176.2014" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471466v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Triscoli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0113425.g003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471465v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena D Wasling" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaquette D Liljencrantz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D Johnson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2847-13.2014" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470587v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Saar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mcglone" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00034" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599619v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liljencrantz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Marshall" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Olausson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2014.01.041" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470589v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Carlsson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henric Wester" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00054" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599630v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Eriksson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2013.01.004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599666v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2012.06.020" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470593v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eusra Hassan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Curran" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2012.00051" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471472v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D J Makin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Poliakoff" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael El-Deredy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038479.g004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599669v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis. D.J. Makin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Wild" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gowen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2011.06.001" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5550-09.2010" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471397v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Makin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2802-08.2008" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471387v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis G Odeh" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan G Bjaalie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Apps" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0558-05.2005" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313029v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248475v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969597v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147396v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969517v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969530v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407270v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357520v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kr&#253;sl" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin G&#246;thner" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefin Nilsson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357515v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357723v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357769v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357741v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Pavlidou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Mohler" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bues" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357525v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Sanchez Panchuelo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glover Paul" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357760v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veikko Jousm&#228;ki" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357781v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969553v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969572v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hayward" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141591v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406922v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969584v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357503v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882944v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679058v3" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679065v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Merrick" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882968v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04218058v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>