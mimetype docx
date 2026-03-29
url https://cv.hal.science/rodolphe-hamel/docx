--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -506,701 +506,701 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathogenesis of Cluster 1 Duck Tembusu Virus in Ducks Reveals the Impact of Viral Genotype on Pathogenicity and Disease Severity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of the Tembusu Virus in Mosquitoes in Northern Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wikanda Tunterak</w:t>
+                <w:t xml:space="preserve">Ronald Enrique Morales Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kanana Rungprasert</w:t>
+                <w:t xml:space="preserve">Dora Murielle Rajonhson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suwarak Wannaratana</w:t>
+                <w:t xml:space="preserve">Atsushi Yamanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nichapat Yurayart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Duangduean Prakairungnamthip</w:t>
+                <w:t xml:space="preserve">Jiraporn Jaroenpool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2023/9239953⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v15071447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04314682v1</w:t>
+                <w:t xml:space="preserve">hal-04233162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The anti-immune dengue subgenomic flaviviral RNA is present in vesicles in mosquito saliva and is associated with increased infectivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pathogenesis of Cluster 1 Duck Tembusu Virus in Ducks Reveals the Impact of Viral Genotype on Pathogenicity and Disease Severity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wikanda Tunterak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shih-Chia Yeh</w:t>
+                <w:t xml:space="preserve">Kanana Rungprasert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania Strilets</w:t>
+                <w:t xml:space="preserve">Suwarak Wannaratana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei-Lian Tan</w:t>
+                <w:t xml:space="preserve">Nichapat Yurayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Castillo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hacene Medkour</w:t>
+                <w:t xml:space="preserve">Duangduean Prakairungnamthip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1011224⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2023/9239953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04123554v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Tembusu Virus in Mosquitoes in Northern Thailand</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+                <w:t xml:space="preserve">The anti-immune dengue subgenomic flaviviral RNA is present in vesicles in mosquito saliva and is associated with increased infectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shih-Chia Yeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronald Enrique Morales Vargas</w:t>
+                <w:t xml:space="preserve">Tania Strilets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dora Murielle Rajonhson</w:t>
+                <w:t xml:space="preserve">Wei-Lian Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atsushi Yamanaka</w:t>
+                <w:t xml:space="preserve">David Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiraporn Jaroenpool</w:t>
+                <w:t xml:space="preserve">Hacene Medkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15, </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (3), pp.e1011224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v15071447⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1011224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233162v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04123554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favipiravir inhibits Mayaro virus infection in mice</w:t>
+                <w:t xml:space="preserve">Chikungunya and Zika Viruses : Co-Circulation and the Interplay between Viral Proteins and Host Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Bengue</w:t>
+                <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuttamonpat Gumpangseth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakda Yainoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ai-Rada Pintong</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+                <w:t xml:space="preserve">Siwaret Arikit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v13112213⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (4), pp.448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens10040448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-03610133v1</w:t>
+                <w:t xml:space="preserve">ird-03610048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chikungunya and Zika Viruses : Co-Circulation and the Interplay between Viral Proteins and Host Factors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Favipiravir inhibits Mayaro virus infection in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Bengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ai-Rada Pintong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nuttamonpat Gumpangseth</w:t>
+                <w:t xml:space="preserve">Florian Liégeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Nougairède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Siwaret Arikit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (4), pp.448. </w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (11), pp.2213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pathogens10040448⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/v13112213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-03610048v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-03610133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights into the Biology of the Emerging Tembusu Virus</w:t>
               </w:r>
@@ -1212,77 +1212,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thipruethai Phanitchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Enrique Morales Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiraporn Jaroenpool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (8), pp.1010. </w:t>
@@ -1320,51 +1320,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayaro Virus Infects Human Brain Cells and Induces a Potent Antiviral Response in Human Astrocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Bengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ferraris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1467,51 +1467,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayaro Virus Pathogenesis and Transmission Mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Tidiane Diagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Bengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Choumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1582,697 +1582,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zika virus differentially infects human neural progenitor cells according to their state of differentiation and dysregulates neurogenesis through the Notch pathway</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Differential Susceptibility and Innate Immune Response of Aedes aegypti and Aedes albopictus to the Haitian Strain of the Mayaro Virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Cochet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+                <w:t xml:space="preserve">Fode Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Gladwyn-Ng</w:t>
+                <w:t xml:space="preserve">Haoues Alout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Tidiane Diagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Bengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Alfano</w:t>
+                <w:t xml:space="preserve">Cecile Baronti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (1), pp.1003-1016. </w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (10), pp.924. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/22221751.2019.1637283⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/v11100924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02355950v1</w:t>
+                <w:t xml:space="preserve">hal-02396716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAMHD1 Enhances Chikungunya and Zika Virus Replication in Human Skin Fibroblasts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Interferon-inducible protein (IFI) 16 regulates Chikungunya and Zika virus infection in human skin fibroblasts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakda Yainoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuttamonpat Gumpangseth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Zanzoni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Cribier</w:t>
+                <w:t xml:space="preserve">Suchawadee Panich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20071695⟩</w:t>
+              <w:t xml:space="preserve">EXCLI Journal : Experimental and Clinical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.467-476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17179/excli2019-1271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02094916v1</w:t>
+                <w:t xml:space="preserve">hal-02328306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic analysis revealed the co- circulation of four dengue virus serotypes in Southern Thailand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pornapat Surasombatpattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Dauvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celeste Donato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14 (8), pp.e0221179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0221179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02396661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interferon-inducible protein (IFI) 16 regulates Chikungunya and Zika virus infection in human skin fibroblasts.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">SAMHD1 Enhances Chikungunya and Zika Virus Replication in Human Skin Fibroblasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Suchawadee Panich</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Zanzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fode Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Cribier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EXCLI Journal : Experimental and Clinical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17179/excli2019-1271⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (7), pp.1695. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20071695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02328306v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02094916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Susceptibility and Innate Immune Response of Aedes aegypti and Aedes albopictus to the Haitian Strain of the Mayaro Virus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fode Diop</w:t>
+                <w:t xml:space="preserve">Zika virus differentially infects human neural progenitor cells according to their state of differentiation and dysregulates neurogenesis through the Notch pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ferraris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haoues Alout</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michèle Bengue</w:t>
+                <w:t xml:space="preserve">Ivan Gladwyn-Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Baronti</w:t>
+                <w:t xml:space="preserve">Christian Alfano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 11 (10), pp.924. </w:t>
+              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (1), pp.1003-1016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v11100924⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/22221751.2019.1637283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02396716v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring arbovirus in Thailand: Surveillance of dengue, chikungunya and zika virus, with a focus on coinfections</w:t>
               </w:r>
@@ -2392,103 +2392,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zika virus infection modulates the metabolomic profile of microglial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fode Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ferraris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Bengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 13 (10), pp.e0206093. </w:t>
@@ -2520,563 +2520,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First detection of dengue and chikungunya viruses in natural populations of Aedes aegypti in Martinique during the 2013 – 2015 concomitant outbreak</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imipramine Inhibits Chikungunya Virus Replication in Human Skin Fibroblasts through Interference with Intracellular Cholesterol Trafficking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Farraudière</w:t>
+                <w:t xml:space="preserve">Eric Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Sonor</w:t>
+                <w:t xml:space="preserve">Loïc Talignani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Crico</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurence Mousson</w:t>
+                <w:t xml:space="preserve">Fodé Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pan American Journal of Public Health / Revista Panamericana de Salud Pública</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26633/RPSP.2017.63⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.3145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-03316-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01677747v1</w:t>
+                <w:t xml:space="preserve">pasteur-01570216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">African and Asian Zika virus strains differentially induce early antiviral responses in primary human astrocytes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fode Diop</w:t>
+                <w:t xml:space="preserve">First detection of dengue and chikungunya viruses in natural populations of Aedes aegypti in Martinique during the 2013 – 2015 concomitant outbreak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Farraudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Sonor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Talignani</w:t>
+                <w:t xml:space="preserve">Said Crico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mousson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.01.015⟩</w:t>
+              <w:t xml:space="preserve">Pan American Journal of Public Health / Revista Panamericana de Salud Pública</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41, e63 [3 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26633/RPSP.2017.63⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02010991v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01677747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aedes Aegypti saliva enhances chikungunya virus replication in human skin fibroblasts via inhibition of the type I interferon signaling pathway</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">African and Asian Zika virus strains differentially induce early antiviral responses in primary human astrocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ferraris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fode Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Talignani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Ferraris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 55, pp.68-70. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.08.032⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 49, pp.134-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014558v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02010991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imipramine Inhibits Chikungunya Virus Replication in Human Skin Fibroblasts through Interference with Intracellular Cholesterol Trafficking</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Aedes Aegypti saliva enhances chikungunya virus replication in human skin fibroblasts via inhibition of the type I interferon signaling pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fode Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Talignani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fodé Diop</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ferraris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.3145. </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55, pp.68-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-03316-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.08.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01570216v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zika virus: epidemiology, clinical features and host-virus interactions</w:t>
               </w:r>
@@ -3088,77 +3088,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Liegeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pompon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fodé Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (7-8), pp.441--449. </w:t>
@@ -3190,740 +3190,740 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01452879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammasome signaling pathways exert antiviral effect against Chikungunya virus in human dermal fibroblasts.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biology of Zika Virus Infection in Human Skin Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ophélie Dejarnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Peeraya Ekchariyawat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pornapat Surasombatpattana</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Neyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2015.03.025⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89 (17), pp.8880-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00354-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01148961v1</w:t>
+                <w:t xml:space="preserve">hal-01228435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human keratinocytes restrict chikungunya virus replication at a post-fusion step</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Neyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peeraya Ekchariyawat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Molès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 476, pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.virol.2014.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02147116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biology of Zika Virus Infection in Human Skin Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inflammasome signaling pathways exert antiviral effect against Chikungunya virus in human dermal fibroblasts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peeraya Ekchariyawat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sineewanlaya Wichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Neyret</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pornapat Surasombatpattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 89 (17), pp.8880-96. </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32, pp.401-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JVI.00354-15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2015.03.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01228435v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01148961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aedes aegypti Saliva Contains a Prominent 34-kDa Protein that Strongly Enhances Dengue Virus Replication in Human Keratinocytes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Peeraya Ekchariyawat</w:t>
+                <w:t xml:space="preserve">Aedesin: Structure and Antimicrobial Activity against Multidrug Resistant Bacterial Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Godreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Leban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Supatra Thongrungkiat</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natthanej Luplertlop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/jid.2013.251⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (8), pp.e105441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0105441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02513214v1</w:t>
+                <w:t xml:space="preserve">hal-01358388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aedesin: Structure and Antimicrobial Activity against Multidrug Resistant Bacterial Strains</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nadia Leban</w:t>
+                <w:t xml:space="preserve">Aedes aegypti Saliva Contains a Prominent 34-kDa Protein that Strongly Enhances Dengue Virus Replication in Human Keratinocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pornapat Surasombatpattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peeraya Ekchariyawat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Padilla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+                <w:t xml:space="preserve">Sirilaksana Patramool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natthanej Luplertlop</w:t>
+                <w:t xml:space="preserve">Supatra Thongrungkiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (8), pp.e105441. </w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 134 (1), pp.281-284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0105441⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/jid.2013.251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01358388v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation of infectious chikungunya virus and dengue virus using anionic polymer-coated magnetic beads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirilaksana Patramool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3994,307 +3994,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02147143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dengue virus replication in infected human keratinocytes leads to activation of antiviral innate immune responses.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Induction of a Peptide with Activity against a Broad Spectrum of Pathogens in the Aedes aegypti Salivary Gland, following Infection with Dengue Virus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natthanej Luplertlop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pornapat Surasombatpattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirilaksana Patramool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Thomas</w:t>
+                <w:t xml:space="preserve">Emilie Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladawan Wasinpiyamongkol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2011.06.009⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (1), pp.e1001252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00623014v1</w:t>
+                <w:t xml:space="preserve">hal-00558260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of a Peptide with Activity against a Broad Spectrum of Pathogens in the Aedes aegypti Salivary Gland, following Infection with Dengue Virus.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Dengue virus replication in infected human keratinocytes leads to activation of antiviral innate immune responses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pornapat Surasombatpattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirilaksana Patramool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natthanej Luplertlop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Dumas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ladawan Wasinpiyamongkol</w:t>
+                <w:t xml:space="preserve">Frédéric Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (7), pp.1664-1673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2011.06.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001252⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00558260v1</w:t>
+                <w:t xml:space="preserve">hal-00623014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bax deletion does not protect neurons from BSE-induced death</w:t>
               </w:r>
@@ -4618,51 +4618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idalba Serrato-Pomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jim Zoladek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hacene Medkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Narpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5215,51 +5215,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083110v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuttamonpat Gumpangseth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mariela Saba Villarroel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abibatou Diack" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanaphon Songhong" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakda Yainoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-00663-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886076v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Narpon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idalba Serrato-Pomar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gauliard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Berthomieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.111099" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650832v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phanit Koomhin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0011842" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04314682v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wikanda Tunterak" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanana Rungprasert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwarak Wannaratana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichapat Yurayart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duangduean Prakairungnamthip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/9239953" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123554v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Chia Yeh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Strilets" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Lian Tan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castillo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Medkour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011224" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233162v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Enrique Morales Vargas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Murielle Rajonhson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Yamanaka" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiraporn Jaroenpool" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15071447" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03610133v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bengue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai-Rada Pintong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Li&#233;geois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nougair&#232;de" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13112213" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03610048v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sineewanlaya Wichit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwaret Arikit" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10040448" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03610023v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thipruethai Phanitchat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10081010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280111v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ferraris" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barthelemy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Diagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13030465" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02958842v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pompon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9090738" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355950v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cochet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gladwyn-Ng" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Alfano" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2019.1637283" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094916v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Zanzoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fode Diop" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cribier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20071695" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02396661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornapat Surasombatpattana" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dauv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celeste Donato" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221179" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328306v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchawadee Panich" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17179/excli2019-1271" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02396716v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoues Alout" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Baronti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v11100924" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02959142v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San Suwanmanee" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornnapat Surasombatpattana" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngamphol Soonthornworasiri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pannamas Maneekan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2018.09.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01921864v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vial" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0206093" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01677747v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Farraudi&#232;re" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Sonor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Crico" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Etienne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mousson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26633/RPSP.2017.63" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02010991v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Talignani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.01.015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02014558v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.08.032" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570216v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bernard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fod&#233; Diop" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03316-5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01452879v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Liegeois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2016.03.009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148961v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peeraya Ekchariyawat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.03.025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147116v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Neyret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mol&#232;s" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2014.11.013" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228435v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dejarnac" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00354-15" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02513214v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirilaksana Patramool" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supatra Thongrungkiat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jid.2013.251" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01358388v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Godreuil" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Leban" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Padilla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natthanej Luplertlop" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0105441" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147143v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luplertlop Natthanej" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chazal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2013.04.016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623014v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.06.009" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H7Z2MN8F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558260v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dumas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladawan Wasinpiyamongkol" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001252" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665075v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Coulpier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Messiaen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Fernandez de Marco" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lilin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2006.05.013" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMW615Z1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683354v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Eloit" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adjou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fontaine" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.156.16.523-b" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918595v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Zoladek" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991104v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04991365v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel France" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426108v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dumarest" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gonzalez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecollinet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820268-5.00042-0" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083110v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuttamonpat Gumpangseth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mariela Saba Villarroel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abibatou Diack" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanaphon Songhong" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakda Yainoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-00663-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886076v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Narpon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idalba Serrato-Pomar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gauliard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Berthomieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.111099" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650832v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phanit Koomhin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0011842" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233162v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Enrique Morales Vargas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Murielle Rajonhson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Yamanaka" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiraporn Jaroenpool" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15071447" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04314682v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wikanda Tunterak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanana Rungprasert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwarak Wannaratana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichapat Yurayart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duangduean Prakairungnamthip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/9239953" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123554v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Chia Yeh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Strilets" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Lian Tan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castillo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Medkour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011224" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03610048v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sineewanlaya Wichit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwaret Arikit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10040448" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03610133v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bengue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai-Rada Pintong" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Li&#233;geois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nougair&#232;de" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13112213" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03610023v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thipruethai Phanitchat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10081010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280111v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ferraris" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barthelemy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Diagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13030465" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02958842v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pompon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9090738" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02396716v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fode Diop" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoues Alout" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Baronti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v11100924" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchawadee Panich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17179/excli2019-1271" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02396661v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornapat Surasombatpattana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dauv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celeste Donato" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221179" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094916v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Zanzoni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cribier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20071695" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355950v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cochet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gladwyn-Ng" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Alfano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2019.1637283" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02959142v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San Suwanmanee" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornnapat Surasombatpattana" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngamphol Soonthornworasiri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pannamas Maneekan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2018.09.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01921864v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vial" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0206093" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570216v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Talignani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fod&#233; Diop" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03316-5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01677747v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Farraudi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Sonor" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Crico" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Etienne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mousson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26633/RPSP.2017.63" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02010991v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.01.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02014558v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.08.032" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01452879v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Liegeois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2016.03.009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228435v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dejarnac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peeraya Ekchariyawat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Neyret" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00354-15" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147116v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mol&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2014.11.013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148961v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.03.025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01358388v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Godreuil" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Leban" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Padilla" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natthanej Luplertlop" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0105441" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02513214v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirilaksana Patramool" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supatra Thongrungkiat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jid.2013.251" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147143v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luplertlop Natthanej" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chazal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2013.04.016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558260v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dumas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladawan Wasinpiyamongkol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001252" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623014v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.06.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H7Z2MN8F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665075v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Coulpier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Messiaen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Fernandez de Marco" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lilin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2006.05.013" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMW615Z1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683354v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Eloit" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adjou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fontaine" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.156.16.523-b" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918595v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Zoladek" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991104v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04991365v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel France" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426108v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dumarest" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gonzalez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecollinet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820268-5.00042-0" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>