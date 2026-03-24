--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -404,533 +404,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05246028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridising photovoltaics and thermoelectrics: A detailed-balance analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Blandre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2025.113636⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (3), pp.034032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/sxyl-4f3g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05065902v1</w:t>
+                <w:t xml:space="preserve">hal-05252394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
+                <w:t xml:space="preserve">Hybridising photovoltaics and thermoelectrics: A detailed-balance analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Zheng</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 24 (3), pp.034032. </w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 289, pp.113636. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/sxyl-4f3g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2025.113636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05252394v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of a GaInP 2 -GaAs -GaInAsN -Ge photovoltaic cell for space applications</w:t>
+                <w:t xml:space="preserve">TCAD simulations of a barrier structure designed to improve the performance of very-low bandgap InAs/InAsSb thermophotovoltaic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Fées</w:t>
+                <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Caron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Mekki</w:t>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simond Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JPHOT.2025.3558372⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (23), pp.48664-48675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/oe.574285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980689v1</w:t>
+                <w:t xml:space="preserve">hal-05361604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TCAD simulations of a barrier structure designed to improve the performance of very-low bandgap InAs/InAsSb thermophotovoltaic cells</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation of a GaInP 2 -GaAs -GaInAsN -Ge photovoltaic cell for space applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+                <w:t xml:space="preserve">Antoine Fées</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Parola</w:t>
+                <w:t xml:space="preserve">Pablo Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simond Hurand</w:t>
+                <w:t xml:space="preserve">Julien Mekki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 33 (23), pp.48664-48675. </w:t>
+              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (3), pp.8400111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/oe.574285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JPHOT.2025.3558372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361604v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opto-electrical model of a single-junction photovoltaic cell using Monte Carlo methods</w:t>
               </w:r>
@@ -1141,77 +1141,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Main performance metrics of thermophotovoltaic devices: analyzing the state of the art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1369,274 +1369,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in thermophotovoltaics: Materials, devices, and systems</w:t>
+                <w:t xml:space="preserve">Design and characterization of an OPV-ETFE multi-layer semi-transparent glazing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Datas</w:t>
+                <w:t xml:space="preserve">Alex Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Makoto Shimizu</w:t>
+                <w:t xml:space="preserve">Alberto Riverola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Chemisana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Solans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2022.111711⟩</w:t>
+              <w:t xml:space="preserve">Energy Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, pp.8312-8320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.06.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03637565v1</w:t>
+                <w:t xml:space="preserve">hal-03710072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and characterization of an OPV-ETFE multi-layer semi-transparent glazing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advances in thermophotovoltaics: Materials, devices, and systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Riverola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+                <w:t xml:space="preserve">Alejandro Datas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Solans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, pp.8312-8320. </w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 240, pp.111711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.06.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2022.111711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710072v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photovoltaic/thermal systems based on concentrating and non-concentrating technologies: Working fluids at low, medium and high temperatures</w:t>
               </w:r>
@@ -1869,51 +1869,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2120,51 +2120,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Antolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2228,51 +2228,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solar Cells Operating under Thermal Stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrysovalantou Lamnatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2430,711 +2430,711 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03083237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micron-sized liquid nitrogen-cooled indium antimonide photovoltaic cell for near-field thermophotovoltaics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermionic-enhanced near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Datas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27 (4), pp.A11. </w:t>
+              <w:t xml:space="preserve">Nano Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 61, pp.10-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.27.000A11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2019.04.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021345v1</w:t>
+                <w:t xml:space="preserve">hal-02103557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermionic-enhanced near-field thermophotovoltaics for medium-grade heat sources</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+                <w:t xml:space="preserve">Energy and luminous performance investigation of an OPV/ETFE glazing element for building integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Riverola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Solans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5078602⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.1870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en12101870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02088294v1</w:t>
+                <w:t xml:space="preserve">hal-02131967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indium antimonide photovoltaic cells for near-field thermophotovoltaics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New insights into the thermal behavior and management of thermophotovoltaic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Drevillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2019.110190⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (25), pp.36340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.27.036340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303848v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02383814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermionic-enhanced near-field thermophotovoltaics</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Indium antimonide photovoltaic cells for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Evirgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2019.04.039⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 203, pp.110190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2019.110190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02103557v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy and luminous performance investigation of an OPV/ETFE glazing element for building integration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micron-sized liquid nitrogen-cooled indium antimonide photovoltaic cell for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en12101870⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (4), pp.A11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.27.000A11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131967v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the thermal behavior and management of thermophotovoltaic systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Thermionic-enhanced near-field thermophotovoltaics for medium-grade heat sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Datas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Drevillon</w:t>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27 (25), pp.36340. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 114 (13), pp.133501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.27.036340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5078602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383814v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02088294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathways for mitigating thermal losses in solar photovoltaics</w:t>
               </w:r>
@@ -3237,51 +3237,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrally shaping high-temperature radiators for thermophotovoltaics using Mo-HfO2 trilayer-on-substrate structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makoto Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3365,256 +3365,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01829874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-injection effects in near-field thermophotovoltaic devices</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Coherent regime and far-to-near-field transition for radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Maruyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 187, pp.310-321</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01829869v1</w:t>
+                <w:t xml:space="preserve">hal-01464286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent regime and far-to-near-field transition for radiative heat transfer</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-injection effects in near-field thermophotovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-15996-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464286v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">External Luminescence and Photon Recycling in Near-Field Thermophotovoltaics</w:t>
               </w:r>
@@ -3626,51 +3626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Desutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Francoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (1), pp.014030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3698,455 +3698,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01829858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental assessment of temperature coefficient theories for silicon solar cells</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A full thermal model for photovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solar Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 140, pp.73-82</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01281198v1</w:t>
+                <w:t xml:space="preserve">hal-01464281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A full thermal model for photovoltaic devices</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Experimental assessment of temperature coefficient theories for silicon solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.56-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JPHOTOV.2015.2489864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464281v1</w:t>
+                <w:t xml:space="preserve">hal-01281198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition from the incoherent to the coherent regime for propagative wave-based thermal radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
+                <w:t xml:space="preserve">Spectral and total temperature-dependent emissivity of few-layer structures on a metallic substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (2), pp. A374-A387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.24.00A374⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285194v1</w:t>
+                <w:t xml:space="preserve">hal-01281207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral and total temperature-dependent emissivity of few-layer structures on a metallic substrate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Blandre</w:t>
+                <w:t xml:space="preserve">Transition from the incoherent to the coherent regime for propagative wave-based thermal radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Maruyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 676 (1), pp.012023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.24.00A374⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01281207v1</w:t>
+                <w:t xml:space="preserve">hal-01285194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Surface Wave Scattering – Microwave Scanner (SWS-MS)</w:t>
               </w:r>
@@ -4260,278 +4260,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01281203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and spectral distributions of thermal radiation emitted by a semi-infinite body and absorbed by a flat film</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Impacts of propagating, frustrated and surface modes on radiative, electrical and thermal losses in nanoscale-gap thermophotovoltaic power generators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael P. Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4919931⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.11626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep11626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269769v1</w:t>
+                <w:t xml:space="preserve">hal-01269781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of propagating, frustrated and surface modes on radiative, electrical and thermal losses in nanoscale-gap thermophotovoltaic power generators</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Spatial and spectral distributions of thermal radiation emitted by a semi-infinite body and absorbed by a flat film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5, pp.11626. </w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.057106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep11626⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4919931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01269781v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01269769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics of the temperature coefficients of solar cells</w:t>
               </w:r>
@@ -4543,51 +4543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 140, pp. 92-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4606,1380 +4606,1380 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01281189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evanescent wave scattering by particles on a surface: validation of the discrete dipole approximation with surface interaction against microwave analog experiments</w:t>
+                <w:t xml:space="preserve">The Generalized k-moment method for the modeling of cumulative k-distributions of H2O at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Short</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Solovjov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longfeng Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 146, pp.452-458. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2013.12.007⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 143, pp.92-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2013.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01018895v1</w:t>
+                <w:t xml:space="preserve">hal-00949164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances in microwave analog to light scattering experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 146, pp.100-105. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2014.02.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01018897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Generalized k-moment method for the modeling of cumulative k-distributions of H2O at high temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">The multispectral gas radiation modeling: A new theoretical framework based on a multidimensional approach to k-distribution methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Solovjov</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longfeng Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longfeng Hou</w:t>
+                <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 143, pp.92-99. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 147, pp.178-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2014.05.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2013.09.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00949164v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizations of photovoltaic cells including the minimization of internal heat sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6, p. 011201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4828367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01281166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multispectral gas radiation modeling: A new theoretical framework based on a multidimensional approach to k-distribution methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Longfeng Hou</w:t>
+                <w:t xml:space="preserve">Evanescent wave scattering by particles on a surface: validation of the discrete dipole approximation with surface interaction against microwave analog experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Short</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tortel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Roger</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 147, pp.178-195. </w:t>
+              <w:t xml:space="preserve">, 2014, 146, pp.452-458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2014.05.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2013.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019646v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the cumulative distribution of absorption coefficients of gases using the generalized k-moment method</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Solovjov</w:t>
+                <w:t xml:space="preserve">Polarization effects in 3D vectorial induced current reconstructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Lemonnier</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Litman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2013.02.026⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (10), pp.1967-1974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.30.001967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00949138v1</w:t>
+                <w:t xml:space="preserve">hal-01811746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarization effects in 3D vectorial induced current reconstructions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Eyraud</w:t>
+                <w:t xml:space="preserve">Modeling the cumulative distribution of absorption coefficients of gases using the generalized k-moment method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Solovjov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 124, pp.49-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2013.02.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.30.001967⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01811746v1</w:t>
+                <w:t xml:space="preserve">hal-00949138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalization of the k-moment method using the maximum entropy principle. Application to the NBKM and full spectrum SLMB gas radiation models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric André</w:t>
+                <w:t xml:space="preserve">The Effect of Dispersed State to Control of Radiative Properties of Coatings Pigmented with Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Gonome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baneshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Thermal Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (2), pp.364-378</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00732152v1</w:t>
+                <w:t xml:space="preserve">hal-00726938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Dispersed State to Control of Radiative Properties of Coatings Pigmented with Nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetic and electric coherence in forward- and back-scattered electromagnetic waves by a single dielectric subwavelength sphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Gonome</w:t>
+                <w:t xml:space="preserve">B. García-Cámara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baneshi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Komiya</w:t>
+                <w:t xml:space="preserve">R. Gómez-Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Albella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.S. Froufe-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermal Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.1171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms2167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00726938v1</w:t>
+                <w:t xml:space="preserve">hal-00939074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic and electric coherence in forward- and back-scattered electromagnetic waves by a single dielectric subwavelength sphere</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Multi-Spectral Reordering (MSR) technique for the narrow band modeling of the radiative properties of nonuniform gaseous paths: the correlated/uncorrelated approximations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms2167⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 369, pp.012024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/369/1/012024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00939074v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02064970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Multi-Spectral Reordering (MSR) technique for the narrow band modeling of the radiative properties of nonuniform gaseous paths: the correlated/uncorrelated approximations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Generalization of the k-moment method using the maximum entropy principle. Application to the NBKM and full spectrum SLMB gas radiation models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 113 (12), pp.1508-1520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2012.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/369/1/012024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02064970v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00732152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new implementation of a microwave analog to light scattering measurement device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6094,51 +6094,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Impacts on the Performance of Nanoscale-Gap Thermophotovoltaic Power Generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6198,51 +6198,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of near-field radiative heat transfer via surface phonon-polariton coupling in thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6327,51 +6327,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 84 (7), pp.075436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6399,845 +6399,845 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00683958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local density of electromagnetic states within a nanometric gap formed between two thin films supporting surface phonon-polaritons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+                <w:t xml:space="preserve">A database for the SLMB modeling of the full spectrum radiative properties of CO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3294606⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 111 (2), pp.325-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2009.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00551542v1</w:t>
+                <w:t xml:space="preserve">hal-00444473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A nonuniform narrow band correlated-k approximation using the k-moment method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. André</w:t>
+                <w:t xml:space="preserve">A multi-spectral reordering technique for the full spectrum SLMB modeling of radiative heat transfer in nonuniform gaseous mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Galizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Gicquel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 111 (12-13), pp.1900-1911. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 112, pp.394-411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2010.09.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2010.03.013⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00541861v1</w:t>
+                <w:t xml:space="preserve">hal-00541844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave measurements of the full amplitude scattering matrix of a complex aggregate: a database for the assessment of light scattering codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Stout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (3), pp.2056-2075. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OE.18.002056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-spectral reordering technique for the full spectrum SLMB modeling of radiative heat transfer in nonuniform gaseous mixtures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Gicquel</w:t>
+                <w:t xml:space="preserve">Polarization imaging of multiply-scattered radiation based on Integral-Vector Monte Carlo Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 112, pp.394-411. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 111 (2), pp.287-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2009.06.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2010.09.011⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00541844v1</w:t>
+                <w:t xml:space="preserve">hal-00454431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A database for the SLMB modeling of the full spectrum radiative properties of CO2</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Spectral tuning of near-field radiative heat flux between two thin silicon carbide films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P Menguc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2009.06.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 43, pp.75501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/43/7/075501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00444473v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00551623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarization imaging of multiply-scattered radiation based on Integral-Vector Monte Carlo Method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Local density of electromagnetic states within a nanometric gap formed between two thin films supporting surface phonon-polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P Menguc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107, pp.034313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3294606⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2009.06.010⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00454431v1</w:t>
+                <w:t xml:space="preserve">hal-00551542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral tuning of near-field radiative heat flux between two thin silicon carbide films</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+                <w:t xml:space="preserve">A nonuniform narrow band correlated-k approximation using the k-moment method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 43, pp.75501. </w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 111 (12-13), pp.1900-1911. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/43/7/075501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2010.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00551623v1</w:t>
+                <w:t xml:space="preserve">hal-00541861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solution of near-field thermal radiation in one-dimensional layered media using dyadic green's functions and the scattering matrix method</w:t>
               </w:r>
@@ -7249,51 +7249,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 110 (18), pp.2002-2018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7486,51 +7486,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 93 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7549,234 +7549,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00353423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-infrared emission spectrometry measurements for nonintrusive soot diagnostic in flames,</w:t>
+                <w:t xml:space="preserve">The k-moment method for the narrow band modelling of the radiative properties of nonuniform gaseous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Ayranci</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Selcuk</w:t>
+                <w:t xml:space="preserve">Frédéric Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 109 (2), pp.249-361</w:t>
+              <w:t xml:space="preserve">, 2008, 109 (2), pp.258-268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353414v1</w:t>
+                <w:t xml:space="preserve">hal-00344303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The k-moment method for the narrow band modelling of the radiative properties of nonuniform gaseous media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-infrared emission spectrometry measurements for nonintrusive soot diagnostic in flames,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ayranci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Andre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">N. Selcuk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 109 (2), pp.258-268</w:t>
+              <w:t xml:space="preserve">, 2008, 109 (2), pp.249-361</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00344303v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00353414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spectral-line moment-based (SLMB) modeling of the wide band and global blackbody-weighted transmission function and cumulative distribution function of the absorption coefficient in uniform gaseous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7814,103 +7814,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of particle polydispersity on particle concentration measurement by using laser Doppler anemometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ayranci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pinguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Selcuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 31 (8), pp.839-847</w:t>
@@ -7933,420 +7933,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00350421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amplitude and phase of light scattered by micro-scale aggregates of dielectric spheres: Comparison between theory and microwave analogy experiments</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
+                <w:t xml:space="preserve">Determination of soot temperature, volume fraction and refractive index from flame emission spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ayranci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Selcuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Escudie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 103 (1), pp.156-167. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2007, 104 (2), pp.266-276</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00453659v1</w:t>
+                <w:t xml:space="preserve">hal-00350662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The k-moment method for modeling the blackbody weighted transmission function for narrow and wide band radiative properties of gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 108 (1), pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00350425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of soot temperature, volume fraction and refractive index from flame emission spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
+                <w:t xml:space="preserve">Amplitude and phase of light scattered by micro-scale aggregates of dielectric spheres: Comparison between theory and microwave analogy experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Stout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ayranci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 104 (2), pp.266-276</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 103 (1), pp.156-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2006.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00350662v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00453659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of Discrete Dipole Approximation for prediction of amplitude and phase of electromagnetic scattering by particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ayranci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Selcuk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 103 (1), pp.83-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8410,51 +8410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Menezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bennacer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal Heat Transfer Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 27 (2), pp.29-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8479,51 +8479,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of coupled spectral radiation, thermal and carrier transport in a silicon photovoltaic cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8626,51 +8626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Menezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bennacer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heat Transfer Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 27 (2), pp.29-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8708,51 +8708,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical analysis of frequency and time domain methods for optical characterization of absorbing and scattering media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.-R. Rousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8962,51 +8962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Le Dez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Yousefian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9104,906 +9104,906 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into cooling requirements of thermophotovoltaic devices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
+                <w:t xml:space="preserve">New antimonide TPV cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Tornay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optica Advanced Photonics Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OPTICA, Jul 2025, Marseille, France</w:t>
+              <w:t xml:space="preserve">Workshop TREE 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR CNRS 2198 TREE, May 2025, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05168374v1</w:t>
+                <w:t xml:space="preserve">hal-05115888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a 2D metallic photonic crystal for spectral control in thermophotovoltaic devices</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nanoscale thermal radiation including sub-wavelength emitters; application to energy-conversion devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlea Koskenniemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics and Micro/Nano Optics International Conference 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop on Casimir forces and nanoscale heat transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bad Zwischenahn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05329301v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05347648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into cooling requirements for thermophotovoltaic devices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
+                <w:t xml:space="preserve">Fabrication de cellules thermophotovoltaïques à très bas gap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Tornay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop TREE 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR CNRS 2198 TREE, May 2025, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Workshop X-PV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Odeillo – Font-Romeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115872v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photovoltaic Conversion in Non-standard Conditions: An Overview</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermophotovoltaics: photonics and thermal management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhrigu Rishi Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optica Advanced Photonics Congress 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Optica, Jul 2025, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">Optica Advanced Photonics Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OPTICA, Jul 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05185949v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05168375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New antimonide TPV cells</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Christol</w:t>
+                <w:t xml:space="preserve">High-performance cooling of thermophotovoltaic cells uing microchannel-based front-surface techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haolin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Teixidó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop TREE 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR CNRS 2198 TREE, May 2025, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">62nd National Heat Transfer Symposium and HTSJ International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Heat Transfer Society of Japan, May 2025, Okinawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115888v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication de cellules thermophotovoltaïques à très bas gap</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Christol</w:t>
+                <w:t xml:space="preserve">Design of a 2D metallic photonic crystal for spectral control in thermophotovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhrigu Rishi Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop X-PV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Odeillo – Font-Romeu, France</w:t>
+              <w:t xml:space="preserve">Nanophotonics and Micro/Nano Optics International Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04946828v1</w:t>
+                <w:t xml:space="preserve">hal-05329301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale thermal radiation including sub-wavelength emitters; application to energy-conversion devices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insights into cooling requirements of thermophotovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhrigu Rishi Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Casimir forces and nanoscale heat transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Bad Zwischenahn, Germany</w:t>
+              <w:t xml:space="preserve">Optica Advanced Photonics Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OPTICA, Jul 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347648v1</w:t>
+                <w:t xml:space="preserve">hal-05168374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaics: photonics and thermal management</w:t>
+                <w:t xml:space="preserve">Insights into cooling requirements for thermophotovoltaic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhrigu Rishi Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vossier</w:t>
@@ -10034,323 +10034,379 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Almuneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optica Advanced Photonics Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OPTICA, Jul 2025, Marseille, France</w:t>
+              <w:t xml:space="preserve">Workshop TREE 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR CNRS 2198 TREE, May 2025, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05168375v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-performance cooling of thermophotovoltaic cells uing microchannel-based front-surface techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Oriol Teixidó</w:t>
+                <w:t xml:space="preserve">Photovoltaic Conversion in Non-standard Conditions: An Overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Sainz Manas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zacharie Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62nd National Heat Transfer Symposium and HTSJ International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Heat Transfer Society of Japan, May 2025, Okinawa, Japan</w:t>
+              <w:t xml:space="preserve">Optica Advanced Photonics Congress 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Optica, Jul 2025, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321727v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05185949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaics for solar/power-to-heat-to-power energy conversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulating III-V multi-junction solar cells for space applications: Performance insights and design challenges using open source software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fées</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Nuns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Anglet, France</w:t>
+              <w:t xml:space="preserve">Journées nationales du photovoltaïque 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04630601v1</w:t>
+                <w:t xml:space="preserve">hal-04894574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du productible énergétique annuel de centrale solaire hybride PV-CSP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zacharie Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Eibner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10365,622 +10421,566 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FédEsol, Jun 2024, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the substrate transfer on the efficiency of GaAs solar cells</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermophotovoltaics for solar/power-to-heat-to-power energy conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Denis Mencaraglia, Dec 2024, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04967759v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04630601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, fabrication and characterization of InAs/InAsSb type-II superlattices for IR photodetectors and thermophotovoltaic cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Current limitations of near-field thermophotovoltaic devices and some solutions to overcome them</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Teixidó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Conference on Material Physics and Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Oran, Algeria</w:t>
+              <w:t xml:space="preserve">5th International Workshop on Nano-Micro Thermal Radiation (Nanorad 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Sapporo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907556v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current limitations of near-field thermophotovoltaic devices and some solutions to overcome them</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+                <w:t xml:space="preserve">Impact of the substrate transfer on the efficiency of GaAs solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Workshop on Nano-Micro Thermal Radiation (Nanorad 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Sapporo, Japan</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Denis Mencaraglia, Dec 2024, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04665694v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating III-V multi-junction solar cells for space applications: Performance insights and design challenges using open source software</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, fabrication and characterization of InAs/InAsSb type-II superlattices for IR photodetectors and thermophotovoltaic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Fées</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Inès Revol</w:t>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Tornay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales du photovoltaïque 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Dourdan, France</w:t>
+              <w:t xml:space="preserve">The International Conference on Material Physics and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Oran, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04894574v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophotovoltaics: state of the art and opportunities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11113,90 +11113,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An analysis of the state of the art and re-introduction of vertical multi-junction cells for thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Teixidó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11232,829 +11232,829 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04723277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaic conversion with a silicon vertical multijunction cell</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Teixidó</w:t>
+                <w:t xml:space="preserve">Comparing near-field thermal radiation of different materials including III-V semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Gruginskie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2023, Nantes France, France</w:t>
+              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Emerging Thermal Materials—From Nanoscale Heat Transport, Devices and Applications, to Theories"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04423927v1</w:t>
+                <w:t xml:space="preserve">hal-04310988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermal radiation, thermophotovoltaics and polaritons</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+                <w:t xml:space="preserve">Multiphysics and multiscale modeling of a photovoltaic panel using Monte Carlo methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Polaritonics Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Tokyo, France</w:t>
+              <w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310983v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">III-V cells for thermophotovoltaic conversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermophotovoltaic conversion with a silicon vertical multijunction cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Teixidó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IRP NextPV International Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LAAS - CNRS, Jan 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2023, Nantes France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03940806v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing near-field thermal radiation of different materials including III-V semiconductors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Near-field thermal radiation, thermophotovoltaics and polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Emerging Thermal Materials—From Nanoscale Heat Transport, Devices and Applications, to Theories"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Thermal Polaritonics Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Tokyo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310988v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphysics and multiscale modeling of a photovoltaic panel using Monte Carlo methods</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">III-V cells for thermophotovoltaic conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Datas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">10th IRP NextPV International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAAS - CNRS, Jan 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04423952v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of top metallic contacts on radiation transfer and conversion efficiency for near-field ther- mophotovoltaics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
+                <w:t xml:space="preserve">Transforming a type-II InAs/InAsSb superlattice MWIR photodetector into a thermophotovoltaic cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Messina</w:t>
+                <w:t xml:space="preserve">Maxime Bouschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">SPIE Photonics West 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04172392v1</w:t>
+                <w:t xml:space="preserve">hal-03995000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transforming a type-II InAs/InAsSb superlattice MWIR photodetector into a thermophotovoltaic cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Basile Roux</w:t>
+                <w:t xml:space="preserve">Effect of top metallic contacts on radiation transfer and conversion efficiency for near-field ther- mophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Bouschet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Christol</w:t>
+                <w:t xml:space="preserve">R. Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">META 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03995000v1</w:t>
+                <w:t xml:space="preserve">hal-04172392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of thermally stressed GaAs solar cells for operation in terrestrial hybrid systems</w:t>
               </w:r>
@@ -12092,51 +12092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Levillayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Concentrator Photovoltaic Systems (CPV-18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Miyazaki, Japan. pp.020004, </w:t>
@@ -12168,277 +12168,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low bandgap (near-field) TPV: materials and structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Basile Roux</w:t>
+                <w:t xml:space="preserve">Thermal Radiation, Electroluminescence and Heat Engines in the Near Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th World Conference on Thermophotovoltaic Generation of Electricity (TPV-14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Andrej Lenert, May 2023, Online, United States</w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetrics Symposium (PIERS) 2023 - Focus Session «Casimir Effect and Radiative Heat Transfer»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156802v1</w:t>
+                <w:t xml:space="preserve">hal-04310856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Radiation, Electroluminescence and Heat Engines in the Near Field</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Legendre</w:t>
+                <w:t xml:space="preserve">Low bandgap (near-field) TPV: materials and structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chatelet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+                <w:t xml:space="preserve">Nacira Hanouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetrics Symposium (PIERS) 2023 - Focus Session «Casimir Effect and Radiative Heat Transfer»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">The 14th World Conference on Thermophotovoltaic Generation of Electricity (TPV-14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Andrej Lenert, May 2023, Online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04310856v1</w:t>
+                <w:t xml:space="preserve">hal-04156802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of a silicon vertical multijunction cell for thermophotovoltaic conversion</w:t>
               </w:r>
@@ -12513,418 +12513,427 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04424021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation électrique d’une cellule photovoltaïque et interprétation physique renouvelée à l’aide d’espaces de chemins</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+                <w:t xml:space="preserve">Controlling near-field thermal energy for conversion devices and sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Farges</w:t>
+                <w:t xml:space="preserve">Khac-Long Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Alwakil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Program on Emerging Regimes and Implications of Quantum and Thermal Fluctuational Electrodynamics (Flectro2022), Kavli Institute of Theoretical Physics (KITP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, UC Santa Barbara, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26081/K6R93X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03744477v1</w:t>
+                <w:t xml:space="preserve">hal-03813941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-state/optical alternatives to thermoelectricity for thermal-to-electrical energy conversion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+                <w:t xml:space="preserve">Solar cells operating at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Oublon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Conference on Thermoelectrics (ECT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Workshop « Photovoltaïque-Thermoélectricité »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, iCUBE, UNISTRA, Oct 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813779v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InAs/InAsSb superlattice thermophotovoltaic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Equipe-projet TREE, Nov 2022, Champs sur Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03941080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photo-génération, transfert et conversion d'énergie électronique en espaces de chemins pour le design inverse de procédés solaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Yaacoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12933,1827 +12942,1822 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Villemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quatrièmes Journées Annuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de Recherche CNRS TAMARYS, Jun 2022, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03744479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle Non Destructif quantitatif 1D de matériaux opaques par thermographie infrarouge biface et méthodes de températures duales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Piqueras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean François Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rodiet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thermique (SFT), May 2022, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03744473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InAs/InAsSb superlattice thermophotovoltaic cell: how to adapt an infrared photodetector for TPV conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2022, Nantes France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04423960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling near-field thermal energy for conversion devices and sensing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+                <w:t xml:space="preserve">Harvesting mid-wave infrared radiation with type-II InAs/InAsSb superlattices: from photodetectors to thermophotovoltaics cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bouschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Program on Emerging Regimes and Implications of Quantum and Thermal Fluctuational Electrodynamics (Flectro2022), Kavli Institute of Theoretical Physics (KITP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26081/K6R93X⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03813941v1</w:t>
+                <w:t xml:space="preserve">hal-03673042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar cells operating at high temperature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature dependence of thermal radiation and impact on near-field thermophotovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop « Photovoltaïque-Thermoélectricité »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, iCUBE, UNISTRA, Oct 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940665v1</w:t>
+                <w:t xml:space="preserve">hal-03673063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence of thermal radiation and impact on near-field thermophotovoltaic devices</w:t>
+                <w:t xml:space="preserve">Near-field radiative heat transfer in thermophotovoltaics and thermophotonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Piqueras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t>
+              <w:t xml:space="preserve">745th WE-Heraeus-Seminar “Photon, Phonon, and Electron Transitions in Coupled Nanoscale Systems”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673063v1</w:t>
+                <w:t xml:space="preserve">hal-03862809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harvesting mid-wave infrared radiation with type-II InAs/InAsSb superlattices: from photodetectors to thermophotovoltaics cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Very-low bandgap thermophotovoltaic cell based on type-II InAs/InAsSb superlattice MWIR photodetector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673042v1</w:t>
+                <w:t xml:space="preserve">hal-03941158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer in thermophotovoltaics and thermophotonics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pathways for TPV research from an academic perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">745th WE-Heraeus-Seminar “Photon, Phonon, and Electron Transitions in Coupled Nanoscale Systems”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03862809v1</w:t>
+                <w:t xml:space="preserve">hal-03673310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very-low bandgap thermophotovoltaic cell based on type-II InAs/InAsSb superlattice MWIR photodetector</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Christol</w:t>
+                <w:t xml:space="preserve">Multiphysics and multiscale modeling of a photovoltaic panel using Monte Carlo methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03941158v1</w:t>
+                <w:t xml:space="preserve">hal-03941149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathways for TPV research from an academic perspective</w:t>
+                <w:t xml:space="preserve">Introduction to thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673310v1</w:t>
+                <w:t xml:space="preserve">hal-03940765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction to thermophotovoltaics</w:t>
+                <w:t xml:space="preserve">Thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Modeling Nanomaterials for Energy Transport and Storage (MONACOSTE), CNRS Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, May 2022, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940765v1</w:t>
+                <w:t xml:space="preserve">hal-03673347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphysics and multiscale modeling of a photovoltaic panel using Monte Carlo methods</w:t>
+                <w:t xml:space="preserve">Modélisation électrique d’une cellule photovoltaïque et interprétation physique renouvelée à l’aide d’espaces de chemins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Villemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Yaacoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération de Recherche sur l’Energie Solaire, Jun 2022, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03941149v1</w:t>
+                <w:t xml:space="preserve">hal-03744477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Solid-state/optical alternatives to thermoelectricity for thermal-to-electrical energy conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modeling Nanomaterials for Energy Transport and Storage (MONACOSTE), CNRS Summer School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, May 2022, Fréjus, France</w:t>
+              <w:t xml:space="preserve">18th European Conference on Thermoelectrics (ECT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673347v1</w:t>
+                <w:t xml:space="preserve">hal-03813779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and characterization of an OPV-ETFE multi-layer semi-transparent glazing</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Low-energy bandgap thermophotovoltaic cells for harnessing near-field thermal photons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th SDEWES conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">C’Nano 2020, The Nanoscience meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03465150v1</w:t>
+                <w:t xml:space="preserve">hal-03457483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient near-field thermophotovoltaic conversion with InSb cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-energy bandgap thermophotovoltaic cells for medium-grade heat sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Evirgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Tournié</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 Spring Meeting of the European Materials Research Society (E-MRS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03438226v1</w:t>
+                <w:t xml:space="preserve">hal-03437899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scanning thermal microscopy: Probing temperature and heat dissipation down to the few-nanometer scale,</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-field thermal radiation from room to high temperature - Calibration and temperature dependence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Piqueras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloïse Guen</w:t>
+                <w:t xml:space="preserve">Ali Alkurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Mouhannad Massoud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valeria Lacatena</w:t>
+                <w:t xml:space="preserve">Jean-Marie Bluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium C’Nano 2020 – The Nanoscience Meeting, Thematic session on “Nanoscale Heat Transfer – Measurement”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2021 MRS Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03814014v1</w:t>
+                <w:t xml:space="preserve">hal-03515615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field thermal radiation: material and temperature effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14782,488 +14786,488 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium C’Nano 2020 – The Nanoscience Meeting, Thematic session on “Nanoscale Heat Transfer – Measurement”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03814028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermal radiation from room to high temperature - Calibration and temperature dependence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient near-field thermophotovoltaic conversion with InSb cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Bluet</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 MRS Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Boston, United States</w:t>
+              <w:t xml:space="preserve">2021 Spring Meeting of the European Materials Research Society (E-MRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515615v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-energy bandgap thermophotovoltaic cells for harnessing near-field thermal photons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+                <w:t xml:space="preserve">Scanning thermal microscopy: Probing temperature and heat dissipation down to the few-nanometer scale,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Mouhannad Massoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Tournié</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Lacatena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C’Nano 2020, The Nanoscience meeting</w:t>
+              <w:t xml:space="preserve">Symposium C’Nano 2020 – The Nanoscience Meeting, Thematic session on “Nanoscale Heat Transfer – Measurement”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457483v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-energy bandgap thermophotovoltaic cells for medium-grade heat sources</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+                <w:t xml:space="preserve">Insight into the factors affecting the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Oublon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Levillayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Massiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 Spring Meeting of the European Materials Research Society (E-MRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437899v1</w:t>
+                <w:t xml:space="preserve">hal-03515509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field thermophotovoltaic conversion with high electrical power density and efficiency above 14%</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15282,182 +15286,178 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Spring meeting, Symposium "Nanoscale heat transport"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Seattle (remote), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the factors affecting the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design and characterization of an OPV-ETFE multi-layer semi-transparent glazing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Riverola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Chemisana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Solans</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
+              <w:t xml:space="preserve">16th SDEWES conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515509v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient near-field thermophotovoltaic conversion with InSb cells</w:t>
               </w:r>
@@ -15469,51 +15469,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15607,51 +15607,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15687,1549 +15687,1549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03018774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scanning Thermal Microscopy: Probing temperature and heat dissipation down to the few-nanometers scale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approach curves in scanning thermal microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A. Alkurdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A.M. Massoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valeria Lacatena</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Martinek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Nanoscale Heat Transport: Fundamentals"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">E-MRS Fall Meeting Symposium "Nanomaterials thermal transport properties and nanothermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02043092v1</w:t>
+                <w:t xml:space="preserve">hal-02379705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer measurements between a sphere and a substrate: large temperature differences, geometrical effects and materials</w:t>
+                <w:t xml:space="preserve">Near-field radiative heat transfer experiments and thermophotovoltaic conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Nanoscale Heat Transport: Fundamentals"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">Focus Session on « Fluctuational Electrodynamics and Heat Transfer », Progress In Electromagnetism Research (PIERS) 2019 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043071v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaic energy conversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-field radiative heat transfer measurements between a sphere and a substrate: large temperature differences, geometrical effects and materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First international workshop on ultra-high temperature thermal energy storage, transfer and conversion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Nanoscale Heat Transport: Fundamentals"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02368261v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermophotovoltaic conversion with InSb cells</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">T. Taliercio</w:t>
+                <w:t xml:space="preserve">Nanothermometry and nanocharacterization in scanning thermal microscopy: approach curves and temperature jumps at contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Alkurdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Pic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Massoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Tournié</w:t>
+                <w:t xml:space="preserve">Wenyu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Fall Meeting Symposium "Nanomaterials thermal transport properties and nanothermodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Emerging Thermal Materials—From Nanoscale to Multiscale Thermal Transport, Energy Conversion, Storage and Thermal Management"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02379726v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanothermometry and nanocharacterization in scanning thermal microscopy: approach curves and temperature jumps at contact</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Near-field thermophotovoltaic conversion with InSb cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenyu Zhao</w:t>
+                <w:t xml:space="preserve">C. Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Emerging Thermal Materials—From Nanoscale to Multiscale Thermal Transport, Energy Conversion, Storage and Thermal Management"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">E-MRS Fall Meeting Symposium "Nanomaterials thermal transport properties and nanothermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02043060v1</w:t>
+                <w:t xml:space="preserve">hal-02379726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer experiments and thermophotovoltaic conversion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermophotovoltaic energy conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Focus Session on « Fluctuational Electrodynamics and Heat Transfer », Progress In Electromagnetism Research (PIERS) 2019 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">First international workshop on ultra-high temperature thermal energy storage, transfer and conversion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043078v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approach curves in scanning thermal microscopy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roadmap on thermophotovoltaics for solar energy conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Datas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Fall Meeting Symposium "Nanomaterials thermal transport properties and nanothermodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">22nd Sede Boqer Symposium on Solar Electricity Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Midreshet Ben Gurion, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02379705v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roadmap on thermophotovoltaics for solar energy conversion</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mesures expérimentales du transfert radiatif en champ proche et de la conversion thermophotovoltaïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Sede Boqer Symposium on Solar Electricity Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Midreshet Ben Gurion, Israel</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro-nanoélectronique (JNRDM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02303854v1</w:t>
+                <w:t xml:space="preserve">hal-02043083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures expérimentales du transfert radiatif en champ proche et de la conversion thermophotovoltaïque</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tip-sample thermal transport through photon tunneling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khac Long Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro-nanoélectronique (JNRDM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Workshop on Molecular Scale Thermoelectricity – Materials, Modelling and Measurements (MoST-M3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02043083v1</w:t>
+                <w:t xml:space="preserve">hal-02379636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tip-sample thermal transport through photon tunneling</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization and pseudo-3D modeling of GaSb solar cells for high-concentration photovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Kret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Tournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Molecular Scale Thermoelectricity – Materials, Modelling and Measurements (MoST-M3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02379636v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and pseudo-3D modeling of GaSb solar cells for high-concentration photovoltaics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Tournet</w:t>
+                <w:t xml:space="preserve">Scanning Thermal Microscopy: Probing temperature and heat dissipation down to the few-nanometers scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Massoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Alkurdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Lacatena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">MRS Spring Meeting Symposium "Nanoscale Heat Transport: Fundamentals"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382578v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale du transfert radiative en champ proche pour la conversion thermophotovoltaïque</w:t>
+                <w:t xml:space="preserve">Near-field radiative heat transfer experiments for thermophotovoltaic conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur l’Energie Solaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">5th International Conference on Near-Field Optics, Nanophotonics and Related Techniques (NFO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01832256v1</w:t>
+                <w:t xml:space="preserve">hal-02025479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer experiments for thermophotovoltaic conversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of efficient photovoltaic cells for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Milovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Desutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thierry Taliercio</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Near-Field Optics, Nanophotonics and Related Techniques (NFO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Troyes, France</w:t>
+              <w:t xml:space="preserve">Eurotherm 111: Nanoscale and Microscale Heat Transfer VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025479v1</w:t>
+                <w:t xml:space="preserve">hal-02021380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field radiative heat transfer experiments for thermophotovoltaic conversion: temperature and material dependence</w:t>
               </w:r>
@@ -17254,51 +17254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17334,678 +17334,691 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01932675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of efficient photovoltaic cells for near-field thermophotovoltaics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+                <w:t xml:space="preserve">Thermal radiation at the wavelength scale and thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khac-Long Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 111: Nanoscale and Microscale Heat Transfer VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
+              <w:t xml:space="preserve">International Materials Research Congress (I-MRS), Symposium on “Heat Transfer at the nanoscale”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021380v1</w:t>
+                <w:t xml:space="preserve">hal-01932499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal radiation at the wavelength scale and thermophotovoltaics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermophotovoltaic devices for solar and thermal energy conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Materials Research Congress (I-MRS), Symposium on “Heat Transfer at the nanoscale”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire «Congrès JNES 2018»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01932499v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01841462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaic devices for solar and thermal energy conversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-field radiative heat transfer experiments for thermophotovoltaic conversion: temperature and material dependence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lucchesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire «Congrès JNES 2018»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Eurotherm 111: Nanoscale and Microscale Heat Transfer VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01841462v1</w:t>
+                <w:t xml:space="preserve">hal-02021385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer experiments for thermophotovoltaic conversion: temperature and material dependence</w:t>
+                <w:t xml:space="preserve">Etude expérimentale du transfert radiative en champ proche pour la conversion thermophotovoltaïque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 111: Nanoscale and Microscale Heat Transfer VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur l’Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021385v1</w:t>
+                <w:t xml:space="preserve">hal-01832256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A full drift-diffusion model for near-field radiation mediated thermophotovoltaic devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Radiative transfer reduction through a multilayer cavity design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">3rd International Workshop on Nano-Micro Thermal Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Deajon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01831317v1</w:t>
+                <w:t xml:space="preserve">hal-01830225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-wavelength thermal radiation and thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khac-Long Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18054,1745 +18067,1732 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01832272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative transfer reduction through a multilayer cavity design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Near-field thermophotovoltaics: the cell viewpoint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Desutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael P. Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Workshop on Nano-Micro Thermal Radiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Deajon, South Korea</w:t>
+              <w:t xml:space="preserve">Telluride Workshop on Energy Transport in Nanoscale Gaps and Molecular Junctions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Telluride, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01830225v1</w:t>
+                <w:t xml:space="preserve">hal-01832281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermophotovoltaics: the cell viewpoint</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optical Design of Few-layer Thermal Radiation Emitters For Thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Shimizu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telluride Workshop on Energy Transport in Nanoscale Gaps and Molecular Junctions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Telluride, United States</w:t>
+              <w:t xml:space="preserve">3rd International Workshop on Nano-Micro Thermal Radiation (NanoRad 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Daejon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01832281v1</w:t>
+                <w:t xml:space="preserve">hal-01932628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Design of Few-layer Thermal Radiation Emitters For Thermophotovoltaics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne Blandre</w:t>
+                <w:t xml:space="preserve">Low-permittivity layers for reduced near-field radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Workshop on Nano-Micro Thermal Radiation (NanoRad 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Daejon, South Korea</w:t>
+              <w:t xml:space="preserve">Thermal Nanosciences and Nanoengineering, GDRe workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01932628v1</w:t>
+                <w:t xml:space="preserve">hal-01831338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-permittivity layers for reduced near-field radiative heat transfer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+                <w:t xml:space="preserve">Energy balance considerations for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Desutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Nanosciences and Nanoengineering, GDRe workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">2nd American Society of Thermal and Fluids Engineers (ASTFE) Conference &amp; 4th International Workshop on Heat Transfer (IWHT) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Las Vegas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01831338v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01831308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy balance considerations for near-field thermophotovoltaics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John Desutter</w:t>
+                <w:t xml:space="preserve">A full drift-diffusion model for near-field radiation mediated thermophotovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd American Society of Thermal and Fluids Engineers (ASTFE) Conference &amp; 4th International Workshop on Heat Transfer (IWHT) </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Las Vegas, United States</w:t>
+              <w:t xml:space="preserve">MRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01831308v1</w:t>
+                <w:t xml:space="preserve">hal-01831317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emission thermique maximale des sphères homogènes de permittivité diélectrique constante</w:t>
+                <w:t xml:space="preserve">Performances of a few-layer metallo-dielectric absorber-emitter for solar thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K-L. Nguyen</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">M. Shimizu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kohiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCM 15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">The Fourth International Forum on Heat Transfer (IFHT2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01465003v1</w:t>
+                <w:t xml:space="preserve">hal-01464302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of frustrated modes in the performance of near-field radiation mediated thermophotovoltaic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-O. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 108: Nanoscale and Microscale Heat Transfer V</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Santorini, Greece</w:t>
+              <w:t xml:space="preserve">JCM 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464459v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of frustrated modes in the performance of near-field radiation mediated thermophotovoltaic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-O. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCM 15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Eurotherm 108: Nanoscale and Microscale Heat Transfer V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Santorini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464854v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of solar thermophotovoltaic systems including the thermal balance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Validity and limits of classical thermal radiation for spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K-L. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.A. Green</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-O. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd IEEE Photovoltaic Specialists Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Portland, United States. pp.1030-1033</w:t>
+              <w:t xml:space="preserve">WE-Heraeus-Seminar: Heat transfer and heat conduction on the nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464297v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and limits of classical thermal radiation for spheres</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Optimization of solar thermophotovoltaic systems including the thermal balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P-O. Chapuis</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WE-Heraeus-Seminar: Heat transfer and heat conduction on the nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">43rd IEEE Photovoltaic Specialists Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Portland, United States. pp.1030-1033</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01465001v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances of a few-layer metallo-dielectric absorber-emitter for solar thermophotovoltaics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId430" w:history="1">
+                <w:t xml:space="preserve">Optical design of few-layer thermal radiation emitters for thermophotovoltaic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Fourth International Forum on Heat Transfer (IFHT2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">International Mechanical Engineering Congress &amp; Exhibition (IMECE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464302v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring the spectral emissivity of few-layer structures with interference effects</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Impacts of near-field radiation on recombination mechanisms in thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WE-Heraeus-Seminar: Heat transfer and heat conduction on the nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">International Mechanical Engineering Congress &amp; Exhibition (IMECE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464998v1</w:t>
+                <w:t xml:space="preserve">hal-01464513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of near-field radiation on recombination mechanisms in thermophotovoltaics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Tailoring the spectral emissivity of few-layer structures with interference effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Shimizu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mechanical Engineering Congress &amp; Exhibition (IMECE 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">WE-Heraeus-Seminar: Heat transfer and heat conduction on the nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464513v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical design of few-layer thermal radiation emitters for thermophotovoltaic</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId422" w:history="1">
+                <w:t xml:space="preserve">Emission thermique maximale des sphères homogènes de permittivité diélectrique constante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K-L. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-O. Chapuis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mechanical Engineering Congress &amp; Exhibition (IMECE 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">JCM 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464481v1</w:t>
+                <w:t xml:space="preserve">hal-01465003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing radiative heat transfer in few-layer structures as a function of temperature</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Optimisation de l’émission de multicouches en fonction de la température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Fall Meeting 2015 - Symposium U "Heat transfer at short time and length scales"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">Assemblée générale ’’Interférences d’ondes’’ 2015, GDR Ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01281070v1</w:t>
+                <w:t xml:space="preserve">hal-01464950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition from the incoherent to the coherent regime for propagative-wave based thermal radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Maruyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm 105</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Albi, France</w:t>
@@ -19815,217 +19815,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental assessment of temperature coefficient theories for silicon solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dupré</w:t>
+                <w:t xml:space="preserve">Optimizing radiative heat transfer in few-layer structures as a function of temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd IEEE Photovoltaic Specialists Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">E-MRS Fall Meeting 2015 - Symposium U "Heat transfer at short time and length scales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285227v1</w:t>
+                <w:t xml:space="preserve">hal-01281070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de l’émission de multicouches en fonction de la température</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+                <w:t xml:space="preserve">Experimental assessment of temperature coefficient theories for silicon solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée générale ’’Interférences d’ondes’’ 2015, GDR Ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">42nd IEEE Photovoltaic Specialists Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464950v1</w:t>
+                <w:t xml:space="preserve">hal-01285227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field and far-field analyses of evanescent wave scattering by particles on a surface</w:t>
               </w:r>
@@ -20136,77 +20136,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">temperature sensitivity of solar cells: theory and implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque, 5ème édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20231,77 +20231,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature sensitivity of solar cell efficiency: theory and implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20320,3181 +20320,3181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing thermal radiation between parallel plates in the far-to-near field transition regime</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
+                <w:t xml:space="preserve">Radiative heat transfer between two semi-infinite parallel plates in the far-to-near field transition regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Komiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHTC-15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">2nd international workshop on Nano-Micro Thermal Radiation: Energy, Manufacturing, Materials, and Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Shanghaï, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285221v1</w:t>
+                <w:t xml:space="preserve">hal-01021905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic surface wave scattering with microwaves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+                <w:t xml:space="preserve">Thermal radiation between two plates: regime map and analytical expressions for the net radiative heat flux from far to near field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Guangzhou, China</w:t>
+              <w:t xml:space="preserve">Eurotherm 103 – Nanoscale and Micrsocale Heat Transfer IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285224v1</w:t>
+                <w:t xml:space="preserve">hal-01288157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-destructive evaluation with evanescent microwaves generated by total internal reflection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Lacroix</w:t>
+                <w:t xml:space="preserve">Near-field thermal radiation absorbed by a flat film in the vicinity of a semi-infinite emitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 edition of the COFREND days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Eurotherm 103 – Nanoscale and Microscale Heat Transfer IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464754v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of radiative heat transfer between two metallic plates due to interferences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Komiya</w:t>
+                <w:t xml:space="preserve">Radiative heat transfer between two semi-infinite parallel plates in the far-to-near field transition regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junnosuke Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsuki Komiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Flow Dynamics (ICFD 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">NanoRad 2014, 2nd International Workshop on Nano-Micro Thermal Radiation: Energy, Manufacturing, Materials, and Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464762v1</w:t>
+                <w:t xml:space="preserve">hal-01281089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermal radiation absorbed by a flat film in the vicinity of a semi-infinite emitter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Blandre</w:t>
+                <w:t xml:space="preserve">Reducing thermal radiation between parallel plates in the far-to-near field transition regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 103 – Nanoscale and Microscale Heat Transfer IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">15th International Heat Transfer Conference, IHTC-15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288133v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal radiation between two plates: regime map and analytical expressions for the net radiative heat flux from far to near field</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-field thermal radiation between a semi-infinite medium and a flat film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 103 – Nanoscale and Micrsocale Heat Transfer IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">2nd International Workshop on Nano-Micro Thermal Radiation: Energy, Manufacturing, Materials and Sensing (NanoRad 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288157v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01052503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer between two semi-infinite parallel plates in the far-to-near field transition regime</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-destructive evaluation with evanescent microwaves generated by total internal reflection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-M. Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd international workshop on Nano-Micro Thermal Radiation: Energy, Manufacturing, Materials, and Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Shanghaï, China</w:t>
+              <w:t xml:space="preserve">2014 edition of the COFREND days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021905v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer between two semi-infinite parallel plates in the far-to-near field transition regime</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Atsuki Komiya</w:t>
+                <w:t xml:space="preserve">Reduction of radiative heat transfer between two metallic plates due to interferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NanoRad 2014, 2nd International Workshop on Nano-Micro Thermal Radiation: Energy, Manufacturing, Materials, and Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Shanghai, China</w:t>
+              <w:t xml:space="preserve">International Conference on Flow Dynamics (ICFD 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01281089v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing thermal radiation between parallel plates in the far-to-near field transition regime</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Komiya</w:t>
+                <w:t xml:space="preserve">Electromagnetic surface wave scattering with microwaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Chamtouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tortel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Heat Transfer Conference, IHTC-15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">PIERS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021906v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermal radiation between a semi-infinite medium and a flat film</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Blandre</w:t>
+                <w:t xml:space="preserve">Reducing thermal radiation between parallel plates in the far-to-near field transition regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Workshop on Nano-Micro Thermal Radiation: Energy, Manufacturing, Materials and Sensing (NanoRad 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Shanghai, China</w:t>
+              <w:t xml:space="preserve">IHTC-15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01052503v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the electromagnetic scattering by magnetodielectric small spherical particles</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal issues in the design of PV devices: focus on nanoscale-gap thermophotovoltaic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META'13, the 4th International Conference on Metamaterials, Photonic Crystals and Plasmonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Sharjah, United Arab Emirates. pp.500</w:t>
+              <w:t xml:space="preserve">Nanotechnology for Next Generation High Efficiency Photovoltaics (NextGEN Nano PV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00939118v1</w:t>
+                <w:t xml:space="preserve">hal-01020197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing thermal radiation heat transfer with interferences</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+                <w:t xml:space="preserve">Evanescent wave scattering by particles on a surface: Comparison between the discrete dipole approximation with surface interaction and the finite element method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Short</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tortel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Litman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Symposium on Radiative Heat Transfer (RAD-13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
+              <w:t xml:space="preserve">The XIVth Conference on Electromagnetic &amp; Light Scattering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01020202v1</w:t>
+                <w:t xml:space="preserve">hal-01023528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal issues in the design of PV devices: Focus on the case of nanoscale-gap thermophovoltaic cells</w:t>
+                <w:t xml:space="preserve">Thermal issues in solar and near-field thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Symposium on Radiative Heat Transfer (RAD-13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
+              <w:t xml:space="preserve">2013 ElytLab Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Zao To-o-gatta, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020195v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal issues in solar and near-field thermophotovoltaics</w:t>
+                <w:t xml:space="preserve">Thermal issues in the design of PV devices: Focus on the case of nanoscale-gap thermophovoltaic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 ElytLab Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Zao To-o-gatta, Japan</w:t>
+              <w:t xml:space="preserve">7th International Symposium on Radiative Heat Transfer (RAD-13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020199v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evanescent wave scattering by particles on a surface: Comparison between the discrete dipole approximation with surface interaction and the finite element method</w:t>
+                <w:t xml:space="preserve">The generalized k-moment method for the modeling of cumulative k-distributions of H2O at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Short</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Solovjov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longfeng Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIVth Conference on Electromagnetic &amp; Light Scattering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">7th International Symposium on Radiative Transfer - RAD 13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023528v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal issues in the design of PV devices: focus on nanoscale-gap thermophotovoltaic cells</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental evidence of the forward and backward EM scattering of a single subwavelength dielectric sphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Garcia-Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Gomez-Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Albella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis S. Froufe-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology for Next Generation High Efficiency Photovoltaics (NextGEN Nano PV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Cargèse, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques 2013 d'URSI-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020197v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The generalized k-moment method for the modeling of cumulative k-distributions of H2O at high temperature</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microwave analog experiments of surface wave scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redha Abdeddaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Symposium on Radiative Transfer - RAD 13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
+              <w:t xml:space="preserve">The XIVth Conference on Electromagnetic &amp; Light Scattering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018194v1</w:t>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave analog experiments of surface wave scattering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance analysis of a nanoscale gap thermophotovoltaic device via a coupled near-field radiation, charge and heat transport model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Lacroix</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIVth Conference on Electromagnetic &amp; Light Scattering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">The 4th ASME Micro/Nanoscale Heat &amp; Mass Transfer International Conference (MNHMT -13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Hong-Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023529v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of the forward and backward EM scattering of a single subwavelength dielectric sphere</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performance analysis of a nanoscale gap thermophotovoltaic device via a coupled near-field radiation, charge and heat transport model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Gomez-Medina</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques 2013 d'URSI-France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">ASME 2013 International Mechanical Engineering Congress &amp; Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023527v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance analysis of a nanoscale gap thermophotovoltaic device via a coupled near-field radiation, charge and heat transport model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reducing thermal radiation heat transfer with interferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bernardi</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Kobari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 4th ASME Micro/Nanoscale Heat &amp; Mass Transfer International Conference (MNHMT -13)</w:t>
+              <w:t xml:space="preserve">4th ASME conference on Micro and Nanoscale Heat and Mass Transfer Conference (MNHMT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Hong-Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021863v1</w:t>
+                <w:t xml:space="preserve">hal-01021008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance analysis of a nanoscale gap thermophotovoltaic device via a coupled near-field radiation, charge and heat transport model</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Theoretical and experimental analysis of the directionality of the electromagnetic scattering by magnetodielectric small spherical particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. García-Cámara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gómez-Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Albella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.S. Froufe-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2013 International Mechanical Engineering Congress &amp; Exposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Imaginenano 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bilbao, Spain. pp.144-145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021870v1</w:t>
+                <w:t xml:space="preserve">hal-00939087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and experimental analysis of the directionality of the electromagnetic scattering by magnetodielectric small spherical particles</w:t>
+                <w:t xml:space="preserve">Electromagnetic scattering by magnetodielectric small spheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. García-Cámara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gómez-Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Albella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.S. Froufe-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaginenano 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bilbao, Spain. pp.144-145</w:t>
+              <w:t xml:space="preserve">The XIVth Conference on Electromagnetic &amp; Light Scattering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Lille, France. pp.PP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00939087v1</w:t>
+                <w:t xml:space="preserve">hal-00939107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic scattering by magnetodielectric small spheres</w:t>
+                <w:t xml:space="preserve">On the electromagnetic scattering by magnetodielectric small spherical particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. García-Cámara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gómez-Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Albella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.S. Froufe-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIVth Conference on Electromagnetic &amp; Light Scattering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Lille, France. pp.PP</w:t>
+              <w:t xml:space="preserve">META'13, the 4th International Conference on Metamaterials, Photonic Crystals and Plasmonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Sharjah, United Arab Emirates. pp.500</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00939107v1</w:t>
+                <w:t xml:space="preserve">hal-00939118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing thermal radiation heat transfer with interferences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kobari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th ASME conference on Micro and Nanoscale Heat and Mass Transfer Conference (MNHMT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Hong-Kong, China</w:t>
+              <w:t xml:space="preserve">7th International Symposium on Radiative Heat Transfer (RAD-13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021008v1</w:t>
+                <w:t xml:space="preserve">hal-01020202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale-gap thermophotovoltaic energy conversion devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Francoeur</w:t>
+                <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.P. Mengüç</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Nano-Micro Thermal Radiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Matsushima Bay Area, Japan</w:t>
+              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Chantilly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01023435v1</w:t>
+                <w:t xml:space="preserve">hal-01023444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Multi-Spectral Reordering (MSR) technique for the narrow band modeling of the radiative properties of nonuniform gaseous paths: the correlated/uncorrelated approximations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm Seminar 95: Computational thermal radiation in participating media IV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nancy, France. pp.012024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/369/1/012024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00732155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free Space Scattering Measurements of Scale 3D Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Litman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23522,2012 +23522,2042 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Symposium on Antennas and Propagation, USNC-URSI National Radio Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01023477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Radiative Properties of Controlled-Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Gonome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baneshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al Mahdouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Flow Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01023526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dupré</w:t>
+                <w:t xml:space="preserve">Nanostructuration et contrôle du transfert de chaleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Amara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Chantilly, France</w:t>
+              <w:t xml:space="preserve">Journées Nano Microtechnologies au service de l'Énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023444v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and electrical behavior of silicon interdigitated back contact solar cell for CPV applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Amara</w:t>
+                <w:t xml:space="preserve">Heat transfer at nanoscale: Opportunities for solar energy conversion?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Lemiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoVoltaic Technical Conference - Thin Film &amp; Advanced Silicon Solutions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Workshop on Nanostructures as Efficient Solar Energy Converters (NESEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023437v1</w:t>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructuration et contrôle du transfert de chaleur</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal and electrical behavior of silicon interdigitated back contact solar cell for CPV applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Gomès</w:t>
+                <w:t xml:space="preserve">Romain Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Mustapha Lemiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nano Microtechnologies au service de l'Énergie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">PhotoVoltaic Technical Conference - Thin Film &amp; Advanced Silicon Solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021848v1</w:t>
+                <w:t xml:space="preserve">hal-01023437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer at nanoscale: Opportunities for solar energy conversion?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopic Analyses of Heat Transfer at Micro and Nano Scale Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kikugawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ohara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Nanostructures as Efficient Solar Energy Converters (NESEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Perpignan, France</w:t>
+              <w:t xml:space="preserve">ELyT Lab Workshop 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Presqu'île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021834v1</w:t>
+                <w:t xml:space="preserve">hal-01023434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling the radiative properties of coatings pigmented with submicron particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Gonome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baneshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Komiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELyT Lab Workshop 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Presqu'île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01023433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic Analyses of Heat Transfer at Micro and Nano Scale Interfaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanothermique : contrôle du transfert de chaleur dans les nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELyT Lab Workshop 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Presqu'île de Giens, France</w:t>
+              <w:t xml:space="preserve">XXVè Entretiens Jacques Cartier (France-Québec) : Nanotechnologies, une autre vision sur les énergies !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023434v1</w:t>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanothermique : contrôle du transfert de chaleur dans les nanostructures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+                <w:t xml:space="preserve">Nanoscale-gap thermophotovoltaic energy conversion devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVè Entretiens Jacques Cartier (France-Québec) : Nanotechnologies, une autre vision sur les énergies !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Nano-Micro Thermal Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Matsushima Bay Area, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021841v1</w:t>
+                <w:t xml:space="preserve">hal-01023435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaled analog measurements of light scattering by aggregates with merging monomers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+                <w:t xml:space="preserve">Coexistence of different near-field thermal radiation regimes between two layers supporting surface phonon-polaritons in the infrared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lacroix Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIIIth Conference on Electromagnetic &amp; Light Scattering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Taormina, Italy. pp.vol 89</w:t>
+              <w:t xml:space="preserve">11th U.S. National Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Minneapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944887v1</w:t>
+                <w:t xml:space="preserve">hal-01021913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude avancée des comportements thermique et électrique d'une cellule photovoltaïque</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Amara</w:t>
+                <w:t xml:space="preserve">Near-field thermal radiation regimes between two layers supporting surface phonons-polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Perpignan, France. pp.114</w:t>
+              <w:t xml:space="preserve">Eurotherm 91, Microscale heat transfer III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730415v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A narrow band formulation of the MSR SLMB model for radiative heat transfer simulations of non sooting flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Galizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId503" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lamige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Fifth European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01018195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermal radiation regimes between two layers supporting surface phonons-polaritons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Francoeur</w:t>
+                <w:t xml:space="preserve">TASC-1D : outil de simulation thermique et électrique des cellules solaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 91, Microscale heat transfer III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Poitiers, France</w:t>
+              <w:t xml:space="preserve">1ères Journées Nationales du PhotoVoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021901v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TASC-1D : outil de simulation thermique et électrique des cellules solaires</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse expérimentale de la diffusion électromagnétique par des particules complexes via l'analogie micro-ondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Journées Nationales du PhotoVoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Réunion GDR ACCORT - Journée SFT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023432v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coexistence of different near-field thermal radiation regimes between two layers supporting surface phonon-polaritons in the infrared</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M.P. Mengüç</w:t>
+                <w:t xml:space="preserve">Effects of polarization on microwave imaging reconstructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Litman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th U.S. National Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Minneapolis, United States</w:t>
+              <w:t xml:space="preserve">Electromagnetics in Advanced Applications (ICEAA),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Italy. pp.998 - 1001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021913v1</w:t>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of polarization on microwave imaging reconstructions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">O. Merchiers</w:t>
+                <w:t xml:space="preserve">Performance analysis of nanoscale-gap thermophotovolatic energy conversion devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electromagnetics in Advanced Applications (ICEAA),</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Italy. pp.998 - 1001</w:t>
+              <w:t xml:space="preserve">International symposium on Thermal and Materials Nanoscience and Nanotechnology (TMNN-2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00944879v1</w:t>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse expérimentale de la diffusion électromagnétique par des particules complexes via l'analogie micro-ondes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scaled analog measurements of light scattering by aggregates with merging monomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lacroix Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion GDR ACCORT - Journée SFT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Nancy, France</w:t>
+              <w:t xml:space="preserve">The XIIIth Conference on Electromagnetic &amp; Light Scattering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Taormina, Italy. pp.vol 89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023431v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance analysis of nanoscale-gap thermophotovolatic energy conversion devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Francoeur</w:t>
+                <w:t xml:space="preserve">Étude avancée des comportements thermique et électrique d'une cellule photovoltaïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International symposium on Thermal and Materials Nanoscience and Nanotechnology (TMNN-2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Antalya, Turkey</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Perpignan, France. pp.114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021896v1</w:t>
+                <w:t xml:space="preserve">hal-00730415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal impacts on performances of nanoscale-gap thermophotovoltaic energy conversion devices</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">A novel implementation of a microwave analog to light scattering measurement set-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sabouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XIIth Conference on Electromagnetic &amp; Light Scattering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2010, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">, Jun 2010, Helsinki, Finland. 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00551954v1</w:t>
+                <w:t xml:space="preserve">hal-00551646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of near-field radiative heat transfer via surface phonon-polaritons coupling in thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -25559,152 +25589,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01021893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel implementation of a microwave analog to light scattering measurement set-up</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From narrow band to full-spectrum SLMB parameters: a transformation technique to allow meaningful model comparisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIIth Conference on Electromagnetic &amp; Light Scattering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Helsinki, Finland. 4p</w:t>
+              <w:t xml:space="preserve">6th International Symposium on Radiative Transfer, RAD-10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00551646v1</w:t>
+                <w:t xml:space="preserve">hal-00551633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal impacts on performances of nanoscale-gap thermophotovoltaic energy conversion devices</w:t>
               </w:r>
@@ -25716,51 +25703,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -25779,463 +25766,506 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00551953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From narrow band to full-spectrum SLMB parameters: a transformation technique to allow meaningful model comparisons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Thermal impacts on performances of nanoscale-gap thermophotovoltaic energy conversion devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P Menguc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium on Radiative Transfer, RAD-10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Antalya, Turkey</w:t>
+              <w:t xml:space="preserve">The XIIth Conference on Electromagnetic &amp; Light Scattering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00551633v1</w:t>
+                <w:t xml:space="preserve">hal-00551954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation d'imagerie polarimétrique de rayonnement multi-diffusé par une méthode de Monte Carlo Intégrale Vectorielle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M.P Menguc</w:t>
+                <w:t xml:space="preserve">Basic principles of two emission spectroscopy techniques for soot volume fraction and temperature diagnostics in flames.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Galizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Escudié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etudes de la Société Française des Thermiciens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2009, Poitiers, France</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00455394v1</w:t>
+                <w:t xml:space="preserve">hal-00955363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SLMB modeling of the full spectrum cumulative k-distribution of H2O</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+                <w:t xml:space="preserve">Polarization imaging of multiply-scattered radiation based on Integral-Vector Monte Carlo Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat Transfer Division - ASME Heat Transfer Conference 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Eurotherm83 on Computational Thermal Radiation in Participating Media III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Lisbonne, Portugal. pp.131-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00455413v1</w:t>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-dimensional microwave scattering measurements on a complex aggregate with fully known properties</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Approche à l'aide d'une analogie micro-onde de propriétés optiques d'agrégats modèle de poussières des disques protoplanétaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sabouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Stout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS Progress In Electromagnetics Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, MOSCOW, Russia</w:t>
+              <w:t xml:space="preserve">Colloque Bilan et Prospective du Programme "Origine des Planètes et de la Vie"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00437600v1</w:t>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00455115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on considérer des mesures de diffraction comme référence &amp;quot; ultime &amp;quot; pour tester des modèles et des codes de simulation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26250,963 +26280,933 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Session plénière du GdR Ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00437592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de la matrice de diffusion (amplitude et phase) d'un agrégat complexe dans le domaine micro-onde</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3-dimensional microwave scattering measurements on a complex aggregate with fully known properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Session plénière du GDR CNRS 2451 "Interférences d'Ondes" 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">PIERS Progress In Electromagnetics Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, MOSCOW, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00455172v1</w:t>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermal radiation emission from SiC thin films</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">SLMB modeling of the full spectrum cumulative k-distribution of H2O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm83 on Computational Thermal Radiation in Participating Media III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Lisbonne, Portugal. pp.335-346</w:t>
+              <w:t xml:space="preserve">Heat Transfer Division - ASME Heat Transfer Conference 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00471206v1</w:t>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00455413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basic principles of two emission spectroscopy techniques for soot volume fraction and temperature diagnostics in flames.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mesure de la matrice de diffusion (amplitude et phase) d'un agrégat complexe dans le domaine micro-onde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Stout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Session plénière du GDR CNRS 2451 "Interférences d'Ondes" 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00955363v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00455172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche à l'aide d'une analogie micro-onde de propriétés optiques d'agrégats modèle de poussières des disques protoplanétaires</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Near-field thermal radiation emission from SiC thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P Menguc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Bilan et Prospective du Programme "Origine des Planètes et de la Vie"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Eurotherm83 on Computational Thermal Radiation in Participating Media III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Lisbonne, Portugal. pp.335-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00455115v1</w:t>
+                <w:t xml:space="preserve">hal-00471206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarization imaging of multiply-scattered radiation based on Integral-Vector Monte Carlo Method</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M.P. Mengüç</w:t>
+                <w:t xml:space="preserve">On Tuning the Near-Field Thermal Radiation Spectrum Emitted by Thin Films via Coupling of Surface Phonon-Polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P Menguc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm83 on Computational Thermal Radiation in Participating Media III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Lisbonne, Portugal. pp.131-142</w:t>
+              <w:t xml:space="preserve">ASME Heat Transfer Conference 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021888v1</w:t>
+                <w:t xml:space="preserve">hal-00473502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Tuning the Near-Field Thermal Radiation Spectrum Emitted by Thin Films via Coupling of Surface Phonon-Polaritons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Francoeur</w:t>
+                <w:t xml:space="preserve">Modélisation d'imagerie polarimétrique de rayonnement multi-diffusé par une méthode de Monte Carlo Intégrale Vectorielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Heat Transfer Conference 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Journées d'Etudes de la Société Française des Thermiciens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00473502v1</w:t>
+                <w:t xml:space="preserve">hal-00455394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and Electrical Behaviors of Silicon Photovoltaic Cells with Antireflection Layers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Compendium of collaborative research activities on particle characterization and photovoltaic systems between RTL and CETHIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Francoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P Menguc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHT-08 ICHMT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, MARRAKECH, Morocco. pp.Article N. 393</w:t>
+              <w:t xml:space="preserve">Compendium of collaborative research activities on particle characterization and photovoltaic systems between RTL and CETHIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, OTTAWA, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00346898v1</w:t>
+                <w:t xml:space="preserve">hal-00346859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compendium of collaborative research activities on particle characterization and photovoltaic systems between RTL and CETHIL</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Thermal and Electrical Behaviors of Silicon Photovoltaic Cells with Antireflection Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Menezo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compendium of collaborative research activities on particle characterization and photovoltaic systems between RTL and CETHIL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, OTTAWA, Canada</w:t>
+              <w:t xml:space="preserve">CHT-08 ICHMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, MARRAKECH, Morocco. pp.Article N. 393</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00346859v1</w:t>
+                <w:t xml:space="preserve">hal-00346898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A compendium of research activities performed by the 'reactive flows and radiative transfer' group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -27283,51 +27283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P Menguc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The University of Hertfordshire, The Eleventh Conference on Electromagnetic &amp; Light Scattering.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, HATFIELD, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27352,51 +27352,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared emission spectrometry measurements for nonintrusive soot diagnostic in flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Centre for Heat and Mass Transfer - ICHMT &amp; Begell House 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Bodrum, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27421,64 +27421,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophysical and radiative properties of various media : a compendium of multi-scale analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Baillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -27542,90 +27542,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confined Premixed Reacting Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Galizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th School-Seminar of Young Scientists and Specialists " Problems of Heat and Mass Transfer and Gas Dynamics in Power Plants " - AI Leontiev</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Saint-Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27650,64 +27650,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K-moment approximation for the narrow band modelling of the radiative properties of nonuniform gaseous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Symposium on Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Bodrum, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27771,64 +27771,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Galizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th School-Seminar of Young Scientists and Specialists, « Problems of Heat and Mass Transfer and Gas Dynamics in Power Plants » - AI Leontiev</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Saint-Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27847,165 +27847,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00351113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of soot temperature volume fraction and refractive index from flame emission spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">A simple and accurate method to derive SNB parameters for the radiative properties of gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Escudie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm78 on Computational Thermal Radiation in Participating Media II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2006, Poitiers Futuroscope, France. pp.307-316</w:t>
+              <w:t xml:space="preserve">, Apr 2006, Poitiers-Futuroscope, France. pp.167-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00357443v1</w:t>
+                <w:t xml:space="preserve">hal-00357090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of soot temperature, volume fraction and refractive index from flame emission spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Escudie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -28037,109 +28024,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00357092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple and accurate method to derive SNB parameters for the radiative properties of gases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Determination of soot temperature volume fraction and refractive index from flame emission spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Vaillon</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Escudie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm78 on Computational Thermal Radiation in Participating Media II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2006, Poitiers-Futuroscope, France. pp.167-176</w:t>
+              <w:t xml:space="preserve">, Apr 2006, Poitiers Futuroscope, France. pp.307-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00357090v1</w:t>
+                <w:t xml:space="preserve">hal-00357443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caracterisation des particules de suie dans les moteurs aéronautiques : Proejt CAPAS</w:t>
               </w:r>
@@ -28276,528 +28276,528 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of cooling requirements for thermophotovoltaic devices</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Inès Revol</w:t>
+                <w:t xml:space="preserve">Bonding of GaAs photovoltaic cells on copper substrate by thermocompression for photovoltaic thermoelectric hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Doucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Almuneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE - Photovoltaic Specialist Conference (IEEE-PVSC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Montréal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PVSC59419.2025.11132803⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05361629v1</w:t>
+                <w:t xml:space="preserve">hal-05115243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonding of GaAs photovoltaic cells on copper substrate by thermocompression for photovoltaic thermoelectric hybridization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Doucet</w:t>
+                <w:t xml:space="preserve">Evaluation of cooling requirements for thermophotovoltaic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhrigu Rishi Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE - Photovoltaic Specialist Conference (IEEE-PVSC 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PVSC59419.2025.11132803⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05115243v1</w:t>
+                <w:t xml:space="preserve">hal-05361629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaics: status and some open questions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hybridizing photovoltaics and thermoelectrics: a detailed-balance analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PV School 2024 -Thematic school on Physics of Solar Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Les Houches, France. 2024</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04630732v1</w:t>
+                <w:t xml:space="preserve">hal-04843186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridizing photovoltaics and thermoelectrics: a detailed-balance analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermophotovoltaics: status and some open questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Almuneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Dourdan, France</w:t>
+              <w:t xml:space="preserve">PV School 2024 -Thematic school on Physics of Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Les Houches, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843186v1</w:t>
+                <w:t xml:space="preserve">hal-04630732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technological realization of a hybrid photovoltaic-thermoelectric system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Hanauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -28852,77 +28852,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design strategies for very low bandgap InAs/InAsSb thermophotovoltaic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -28977,103 +28977,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations on a very low bandgap InAs/InAsSb thermophotovoltaic cell: TCAD simulations, band engineering and clean room processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Dourdan, France</w:t>
@@ -29115,77 +29115,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature dependence of near-field thermal radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Piqueras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Bluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -29227,103 +29227,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InAs/InAsSb superlattice and barrier structure: from photodetectors to thermophotovoltaics cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of solar cells: from basic principles to material science. Les Houches school of physics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Les Houches, France</w:t>
@@ -29365,51 +29365,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Oublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29512,51 +29512,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Villa Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Antolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -29611,51 +29611,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics of GaAs solar cells operating under thermal stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Oublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29723,77 +29723,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of tip-sample heat transfer due to air conduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Alkurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Massoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29848,51 +29848,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low permittivity layers for improved radiative-heat transfer control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29956,103 +29956,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ballistic air conduction between nano to micro-objects and a flat plane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Alkurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Massoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm 111: Nanoscale and Microscale Heat Transfer VI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
@@ -30081,51 +30081,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A full drift-diffusion model for near-field radiation mediated thermophotovoltaic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30189,77 +30189,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic mode engineering in the vacuum gap between multilayers to reduce radiative heat transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-O. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm108: Nanoscale and Microscale Heat Transfer V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Santorini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -30284,90 +30284,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized thermal emission of homogeneous spheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K-L. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-O. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm 108: Nanoscale and Microscale Heat Transfer V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Santorini, Greece. Poster at Eurotherm108: Nanoscale and Microscale Heat Transfer V</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -30386,588 +30386,588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01475338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface polariton mediated near-field radiation thermophotovoltaic device: radiative, electrical and thermal behaviors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Etienne Blandre</w:t>
+                <w:t xml:space="preserve">Contrôle du transfert radiatif en champ proche par l’utilisation de cavités micro- ou nanostructurées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology for Next Generation High Efficiency Photovoltaics (NEXT-GEN) 2nd Spring International School and Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Maó (Menorca, Balearic Islands), Spain. 2015</w:t>
+              <w:t xml:space="preserve">Workshop Lyonnais sur les Nanosciences et Nanotechnologies (NanoNano)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Villeurbanne, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01288289v1</w:t>
+                <w:t xml:space="preserve">hal-01288302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle du transfert radiatif en champ proche par l’utilisation de cavités micro- ou nanostructurées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">O. Merchiers</w:t>
+                <w:t xml:space="preserve">Optimisation de l’émission de multicouches en function de la température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Lyonnais sur les Nanosciences et Nanotechnologies (NanoNano)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Villeurbanne, France. 2015</w:t>
+              <w:t xml:space="preserve">Journées du GDR Ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Ecully (Lyon), France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288302v1</w:t>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de l’émission de multicouches en function de la température</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Conception et optimisation d’un convertisseur photovoltaïque en champ proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GDR Ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Ecully (Lyon), France. 2015</w:t>
+              <w:t xml:space="preserve">Workshop Lyonnais sur les Nanosciences et Nanotechnologies (NanoNano)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Villeurbanne, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01291413v1</w:t>
+                <w:t xml:space="preserve">hal-01288293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et optimisation d’un convertisseur photovoltaïque en champ proche</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O Dupré</w:t>
+                <w:t xml:space="preserve">Development of a precise measurement system of radiative heat transfer between parallel plates separated by close distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kobari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Okajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Komiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Lyonnais sur les Nanosciences et Nanotechnologies (NanoNano)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Villeurbanne, France. 2015</w:t>
+              <w:t xml:space="preserve">ELyT Lab Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Matsushima Bay, Japan. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288293v1</w:t>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a precise measurement system of radiative heat transfer between parallel plates separated by close distances</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Komiya</w:t>
+                <w:t xml:space="preserve">Surface polariton mediated near-field radiation thermophotovoltaic device: radiative, electrical and thermal behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Dupre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELyT Lab Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Matsushima Bay, Japan. 2015</w:t>
+              <w:t xml:space="preserve">Nanotechnology for Next Generation High Efficiency Photovoltaics (NEXT-GEN) 2nd Spring International School and Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Maó (Menorca, Balearic Islands), Spain. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288286v1</w:t>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -30985,77 +30985,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Behavior of Photovoltaic Devices – Physics and Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer International Publishing, 2017, 978-3-319-49456-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31105,51 +31105,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophotovoltaic energy conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -31181,217 +31181,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02930858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applications, Chap. 4</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+                <w:t xml:space="preserve">Radiative properties of particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanostructured semiconductors: amorphisation and thermal properties</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pan Stanford Publishing Pte. Ltd., 2017, 9789814745642</w:t>
+              <w:t xml:space="preserve">Handbook of Thermal Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, 2017, 978-3-319-26694-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464270v1</w:t>
+                <w:t xml:space="preserve">hal-01832266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative properties of particles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+                <w:t xml:space="preserve">Applications, Chap. 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Merabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handbook of Thermal Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer International Publishing, 2017, 978-3-319-26694-7</w:t>
+              <w:t xml:space="preserve">Nanostructured semiconductors: amorphisation and thermal properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pan Stanford Publishing Pte. Ltd., 2017, 9789814745642</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832266v1</w:t>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transferts thermiques aux petites echelles (chap. 9)</w:t>
               </w:r>
@@ -31629,51 +31629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Francoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US9797847B2. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31704,51 +31704,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositif d'imagerie en champ proche et lointain dans le domaine des micro-ondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31818,51 +31818,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : Application No. 12/534,322. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31987,51 +31987,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophotovoltaic conversion of heat stored at ultra-high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -32049,51 +32049,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophotovoltaic energy conversion and latent heat thermophotovoltaic batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -32137,51 +32137,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophotovoltaics for solar/power-to-heat-to power energy conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Datas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -32193,288 +32193,288 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le thermophotovoltaïque : convertir l'énergie thermique en électricité</w:t>
+                <w:t xml:space="preserve">Modéliser et optimiser des systèmes photovoltaïques en conditions réelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2021, Volume 41, pp 8-9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03651125v1</w:t>
+                <w:t xml:space="preserve">hal-03124567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser et optimiser des systèmes photovoltaïques en conditions réelles</w:t>
+                <w:t xml:space="preserve">Le thermophotovoltaïque : convertir l'énergie thermique en électricité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, Volume 41, pp 8-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124567v1</w:t>
+                <w:t xml:space="preserve">hal-03651125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field thermophotovoltaics: recent and ongoing research activities</w:t>
+                <w:t xml:space="preserve">Thermophotovoltaic devices: concepts, challenges and progresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01831349v1</w:t>
+                <w:t xml:space="preserve">hal-01841487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophotovoltaic devices: concepts, challenges and progresses</w:t>
+                <w:t xml:space="preserve">Near-field thermophotovoltaics: recent and ongoing research activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01841487v1</w:t>
+                <w:t xml:space="preserve">hal-01831349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave analog experiments in electromagnetic scattering</w:t>
               </w:r>
@@ -32554,51 +32554,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01475350v1</w:t>
+                <w:t xml:space="preserve">hal-01475348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal behavior of photovoltaic devices: an overview</w:t>
               </w:r>
@@ -32616,107 +32616,107 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01475348v1</w:t>
+                <w:t xml:space="preserve">hal-01475350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature coefficients of solar cells: theory and experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Green</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -32835,103 +32835,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interference effects in thermal radiation exchanged between two closely-spaced flat bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoichiro Tsurimaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Komiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -33015,103 +33015,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing thermal radiation heat transfer with interferences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Tsurimaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kobari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Okajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -33127,598 +33127,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01020205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation thermique des matériaux aux micro et nano-échelles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+                <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021010v1</w:t>
+                <w:t xml:space="preserve">hal-01023440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId620" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023441v1</w:t>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
+                <w:t xml:space="preserve">Comportement thermique de cellules photovoltaïques en silicium et nano-thermophotovoltaïques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId621" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023443v1</w:t>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dupré</w:t>
+                <w:t xml:space="preserve">Caractérisations thermiques expérimentales multi-échelle des matériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId622" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023440v1</w:t>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement thermique de cellules photovoltaïques en silicium et nano-thermophotovoltaïques</w:t>
+                <w:t xml:space="preserve">Investigation of the thermal behavior of c-Si solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amara</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01023446v1</w:t>
+                <w:t xml:space="preserve">hal-01023441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisations thermiques expérimentales multi-échelle des matériaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId491" w:history="1">
+                <w:t xml:space="preserve">Caractérisation thermique des matériaux aux micro et nano-échelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021009v1</w:t>
+                <w:t xml:space="preserve">hal-01021010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse expérimentale de la diffusion électromagnétique par des particules complexes via l'analogie micro-ondes</w:t>
               </w:r>
@@ -33730,51 +33730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Geffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Merchiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33848,51 +33848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Mengüç</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -33910,51 +33910,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some recent and ongoing research activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -34017,90 +34017,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harnessing near-field thermal photons with efficient photovoltaic conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lucchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Cakiroglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Taliercio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Tournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -34445,51 +34445,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329133v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhrigu Rishi Mishra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Revol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2025.114023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246028v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haolin Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Shimizu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana Villegas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Teixido" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2025.113940" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blandre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2025.113636" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Jeyar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Austry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minggang Luo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zheng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sxyl-4f3g" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04980689v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine F&#233;es" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Caron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mekki" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2025.3558372" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361604v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Roux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simond Hurand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.574285" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116893v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-be8046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483145v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lucchesi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jpe.14.042403" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186071v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Teixid&#243;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.3c01168" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637565v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Datas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Francoeur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2022.111711" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710072v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Moreno" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Riverola" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Solans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.06.036" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064762v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chr. Lamnatou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parola" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chemisana" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2020.110625" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375332v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255719v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Taliercio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c04847" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429200v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2021.100562" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440429v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Milovich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Villa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Antolin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Marti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JPE.10.025503" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088197v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysovalantou Lamnatou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrp.2020.100267" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083237v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010537" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021345v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.000A11" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088294v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Datas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vaillon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5078602" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303848v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Evirgen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110190" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103557v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.04.039" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131967v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12101870" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383814v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Drevillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.036340" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107214v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupr&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Bayoan Cal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calaf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31257-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829874v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asaka Kohiyama" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroo Yugami" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.004346" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829869v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15996-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464286v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tsurimaki" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Chapuis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Okajima" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Komiya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maruyama" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829858v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Desutter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.8.014030" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281198v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Green" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2015.2489864" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464281v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dupr&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285194v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281207v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.00A374" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281203v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geffrin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Chamtouri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merchiers" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tortel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Litman" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.08.019" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269769v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4919931" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269781v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Bernardi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11626" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281189v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018895v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Short" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lacroix" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.12.007" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QJZJBG0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018897v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2014.02.031" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1HGX2QWV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949164v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Solovjov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfeng Hou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lemonnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.09.008" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BFKTGVBM-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281166v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4828367" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019646v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2014.05.021" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RNT95C31-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949138v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.02.026" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90387T5X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811746v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Eyraud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.001967" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732152v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.03.008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK617KC7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726938v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gonome" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baneshi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939074v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garc&#237;a-C&#225;mara" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G&#243;mez-Medina" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Albella" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Froufe-P&#233;rez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2167" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064970v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/369/1/012024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684821v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Geffrin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eyraud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Merchiers" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabouroux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2010.12.008" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQWZ4ZTD-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683960v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Francoeur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P Menguc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2011.2118212" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567423v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-010-6184-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PMJQ7GCS-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683958v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.075436" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551542v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3294606" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541861v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andr&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2010.03.013" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC8941NF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453661v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Stout" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.002056" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541844v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Galizzi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gicquel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2010.09.011" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZH3Z1XMR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444473v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2009.06.012" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFW9K1Q8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454431v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gay" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Meng&#252;&#231;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2009.06.010" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTLDT93Q-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551623v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/43/7/075501" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-LXFRNZH1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00446703v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2009.05.010" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3Q2P0BF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437589v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabouroux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacroix" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353423v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353414v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ayranci" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Selcuk" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344303v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andre" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344321v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350421v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pinguet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Escudie" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453659v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2006.06.001" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350425v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350662v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350764v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358087v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Muresan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Menezo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bennacer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358088v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119683v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361827v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-R. Rousse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131141v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Mo Koo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gouti&#232;re" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vital Le Dez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hojin Cha" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1290-0729(02)00036-4" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C49WN8H5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249463v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Dez" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yousefian" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemonnier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lallemand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1996101" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/25B3CC291A19F0B6B610FFEC00E62AD131BC3AA3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168374v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329301v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115872v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185949v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Sainz Manas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mar&#233;chal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie M&#233;nard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dollet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115888v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tornay" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Christol" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946828v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347648v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legendre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ch&#226;telet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlea Koskenniemi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168375v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321727v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630601v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630663v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El-Hafi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967759v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Boudier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Castillo" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907556v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665694v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894574v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nuns" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792753v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630824v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723277v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423927v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310983v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940806v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310988v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Gruginskie" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423952v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172392v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messina" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995000v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouschet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251147v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Oublon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hurand" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Levillayer" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0147287" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156802v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Hanouf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310856v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chatelet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424021v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744477v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813779v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941080v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744479v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744473v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Piqueras" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pron" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Henry" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rodiet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423960v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813941v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Long Nguyen" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Alwakil" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26081/K6R93X" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940665v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673063v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673042v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862809v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941158v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673310v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940765v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941149v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673347v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465150v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438226v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814014v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Guen" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Mouhannad Massoud" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Pic" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Lacatena" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814028v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515615v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alkurdi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bluet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457483v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437899v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649749v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515509v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459116v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018774v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043092v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Massoud" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043071v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368261v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379726v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lucchesi" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cakiroglu" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Perez" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taliercio" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tourni&#233;" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043060v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenyu Zhao" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043078v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379705v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alkurdi" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pic" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guen" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinek" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303854v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043083v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379636v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac Long Nguyen" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382578v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kret" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauthelin" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tournet" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832256v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025479v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932675v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021380v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932499v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoichiro Tsurimaki" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841462v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021385v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831317v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832272v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sarr" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830225v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832281v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932628v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831338v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vincent" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831308v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465003v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K-L. Nguyen" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-O. Chapuis" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464459v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blandre" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Bernardi" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464854v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464297v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465001v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464302v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shimizu" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kohiyama" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464998v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464513v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desutter" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464481v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281070v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285226v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285227v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464950v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333499v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Bailly" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Benedicto" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464953v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464949v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285221v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285224v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464754v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Geffrin" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464762v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288133v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288157v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mayo" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021905v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281089v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junnosuke Okajima" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuki Komiya" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021906v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052503v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Bernardi" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939118v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020202v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kobari" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020195v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020199v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023528v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020197v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018194v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023529v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Abdeddaim" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023527v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garcia-Camara" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Gomez-Medina" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis S. Froufe-P&#233;rez" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021863v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernardi" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021870v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939087v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939107v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021008v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023435v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732155v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023477v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023526v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mahdouri" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023444v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amara" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023437v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couderc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lemiti" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021848v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#232;s" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lef&#232;vre" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021834v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023433v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023434v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kikugawa" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ohara" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021841v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944887v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacroix Bernard" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730415v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018195v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Liu" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lamige" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021901v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023432v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021913v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944879v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023431v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021896v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551954v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021893v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551646v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551953v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551633v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455394v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455413v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437600v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geffrin" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437592v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455172v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stout" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471206v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955363v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Escudi&#233;" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455115v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021888v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473502v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346898v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346859v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347174v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galizzi" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351401v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352244v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351121v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baillis" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmas" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351509v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Escudie" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gervais" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351101v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351113v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gervais" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357443v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357092v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357090v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083518v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Bouvier" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Weill" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361629v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115243v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC59419.2025.11132803" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630732v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843186v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743829v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hanauer" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723350v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. del Campo" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423980v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744484v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673053v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124559v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438230v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villa Juan" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099765v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023893v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023074v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023102v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Massoud" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831332v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475342v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475338v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288289v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dupre" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288302v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291413v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dupr&#233;" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288293v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288286v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464274v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930858v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464270v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merabia" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832266v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281146v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Revellin" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282902v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delmas" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832260v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021881v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021877v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946832v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077250v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077257v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999086v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651125v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124567v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831349v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841487v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475355v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475350v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475348v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288287v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019533v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collin" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288283v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023532v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020205v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021010v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assy" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023441v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023443v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023440v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023446v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021009v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023427v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023424v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gay" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473503v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409826v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lucchesi" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023533v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gloaguen" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Quentel" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lescop" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329133v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhrigu Rishi Mishra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Revol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2025.114023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246028v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haolin Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Shimizu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana Villegas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Teixido" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2025.113940" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252394v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Jeyar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Austry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minggang Luo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zheng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sxyl-4f3g" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065902v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blandre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2025.113636" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361604v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Roux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simond Hurand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.574285" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04980689v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine F&#233;es" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Caron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mekki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2025.3558372" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116893v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-be8046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483145v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lucchesi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jpe.14.042403" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186071v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Teixid&#243;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.3c01168" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710072v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Moreno" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Riverola" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Solans" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.06.036" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637565v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Datas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Francoeur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2022.111711" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064762v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chr. Lamnatou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parola" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chemisana" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2020.110625" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375332v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255719v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Taliercio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c04847" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429200v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2021.100562" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440429v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Milovich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Villa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Antolin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Marti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JPE.10.025503" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088197v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysovalantou Lamnatou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrp.2020.100267" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083237v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010537" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103557v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.04.039" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131967v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12101870" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383814v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Drevillon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.036340" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303848v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Evirgen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110190" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021345v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.000A11" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088294v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Datas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vaillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5078602" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107214v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupr&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Bayoan Cal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calaf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31257-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829874v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asaka Kohiyama" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroo Yugami" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.004346" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464286v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tsurimaki" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Chapuis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Okajima" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Komiya" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maruyama" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829869v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15996-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829858v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Desutter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.8.014030" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464281v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dupr&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Green" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281198v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2015.2489864" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281207v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.00A374" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285194v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281203v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geffrin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Chamtouri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merchiers" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tortel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Litman" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.08.019" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269781v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Bernardi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11626" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269769v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4919931" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281189v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949164v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Solovjov" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfeng Hou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lemonnier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.09.008" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BFKTGVBM-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018897v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2014.02.031" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1HGX2QWV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019646v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2014.05.021" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RNT95C31-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281166v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4828367" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018895v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Short" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lacroix" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.12.007" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QJZJBG0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811746v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Eyraud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.001967" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949138v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.02.026" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90387T5X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726938v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gonome" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baneshi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939074v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garc&#237;a-C&#225;mara" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G&#243;mez-Medina" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Albella" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Froufe-P&#233;rez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2167" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064970v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/369/1/012024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732152v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.03.008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK617KC7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684821v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Geffrin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eyraud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Merchiers" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabouroux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2010.12.008" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQWZ4ZTD-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683960v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Francoeur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P Menguc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2011.2118212" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567423v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-010-6184-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PMJQ7GCS-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683958v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.075436" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444473v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andr&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2009.06.012" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFW9K1Q8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541844v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Galizzi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guo" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gicquel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2010.09.011" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZH3Z1XMR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453661v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Stout" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.002056" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454431v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gay" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Meng&#252;&#231;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2009.06.010" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTLDT93Q-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551623v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/43/7/075501" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-LXFRNZH1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551542v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3294606" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541861v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2010.03.013" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC8941NF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00446703v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2009.05.010" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3Q2P0BF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437589v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabouroux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacroix" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353423v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344303v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353414v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ayranci" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Selcuk" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344321v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350421v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pinguet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Escudie" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350662v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350425v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453659v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2006.06.001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350764v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358087v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Muresan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Menezo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bennacer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358088v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119683v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361827v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-R. Rousse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131141v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Mo Koo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gouti&#232;re" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vital Le Dez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hojin Cha" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1290-0729(02)00036-4" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C49WN8H5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249463v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Dez" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yousefian" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemonnier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lallemand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1996101" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/25B3CC291A19F0B6B610FFEC00E62AD131BC3AA3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115888v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tornay" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Christol" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347648v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legendre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ch&#226;telet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlea Koskenniemi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946828v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168375v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321727v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329301v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168374v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115872v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185949v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Sainz Manas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mar&#233;chal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie M&#233;nard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dollet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894574v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nuns" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630663v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El-Hafi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630601v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665694v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967759v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Boudier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Castillo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907556v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792753v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630824v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723277v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310988v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Gruginskie" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423952v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423927v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310983v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940806v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995000v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouschet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172392v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messina" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251147v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Oublon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hurand" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Levillayer" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0147287" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310856v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chatelet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156802v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Hanouf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424021v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813941v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Long Nguyen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Alwakil" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26081/K6R93X" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940665v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941080v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744479v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744473v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Piqueras" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pron" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Henry" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rodiet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423960v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673042v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673063v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862809v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941158v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673310v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941149v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940765v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673347v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744477v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813779v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457483v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437899v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515615v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alkurdi" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bluet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814028v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438226v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814014v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Guen" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Mouhannad Massoud" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Pic" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Lacatena" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515509v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649749v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465150v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459116v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018774v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379705v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alkurdi" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pic" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guen" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Massoud" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinek" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043078v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043071v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043060v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenyu Zhao" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379726v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lucchesi" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cakiroglu" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Perez" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taliercio" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tourni&#233;" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368261v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303854v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043083v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379636v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac Long Nguyen" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382578v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kret" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauthelin" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tournet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043092v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025479v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021380v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932675v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932499v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoichiro Tsurimaki" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841462v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021385v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832256v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830225v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832272v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sarr" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832281v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932628v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831338v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vincent" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831308v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831317v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464302v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shimizu" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kohiyama" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blandre" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464854v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Bernardi" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-O. Chapuis" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464459v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465001v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K-L. Nguyen" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464297v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464481v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464513v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desutter" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464998v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465003v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464950v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285226v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281070v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285227v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333499v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Bailly" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Benedicto" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464953v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464949v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021905v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288157v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mayo" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288133v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281089v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junnosuke Okajima" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuki Komiya" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021906v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052503v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Bernardi" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464754v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Geffrin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464762v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285224v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285221v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020197v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023528v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020199v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020195v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018194v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023527v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garcia-Camara" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Gomez-Medina" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis S. Froufe-P&#233;rez" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023529v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Abdeddaim" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021863v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernardi" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021870v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021008v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kobari" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939087v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939107v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939118v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020202v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023444v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amara" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732155v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023477v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023526v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mahdouri" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021848v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#232;s" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lef&#232;vre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021834v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023437v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couderc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lemiti" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023434v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kikugawa" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ohara" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023433v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021841v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023435v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021913v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021901v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018195v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Liu" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lamige" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023432v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023431v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944879v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021896v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944887v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacroix Bernard" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730415v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551646v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021893v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551633v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551953v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551954v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955363v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Escudi&#233;" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021888v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455115v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stout" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437592v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437600v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geffrin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455413v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455172v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471206v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473502v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455394v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346859v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346898v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347174v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galizzi" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351401v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352244v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351121v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baillis" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmas" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351509v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Escudie" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gervais" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351101v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351113v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gervais" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357090v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357092v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357443v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083518v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Bouvier" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Weill" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115243v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC59419.2025.11132803" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361629v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843186v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04630732v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743829v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hanauer" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723350v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. del Campo" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423980v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744484v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673053v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124559v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438230v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villa Juan" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099765v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023893v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023074v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023102v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Massoud" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831332v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475342v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475338v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288302v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291413v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dupr&#233;" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288293v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288286v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288289v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dupre" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464274v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930858v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832266v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464270v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merabia" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281146v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Revellin" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282902v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delmas" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832260v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021881v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021877v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946832v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077250v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077257v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999086v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124567v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651125v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841487v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831349v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475355v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475348v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475350v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288287v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019533v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collin" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288283v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023532v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020205v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023440v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023443v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023446v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021009v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assy" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023441v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021010v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023427v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023424v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gay" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473503v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409826v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lucchesi" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023533v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gloaguen" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Quentel" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lescop" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>