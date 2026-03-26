--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1711,373 +1711,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04425417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Machine Translation for Mooré, a Low-Resource Language</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delwende Eliane Birba</w:t>
+                <w:t xml:space="preserve">Artificial Intelligence for the Analysis of the Security Situation in Burkina Faso ⋆</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Fataoh Kaboré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maı̈mouna Ouattara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrique Kafando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Kader Kaboré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tegawendé F. Bissyandé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425414v2</w:t>
+                <w:t xml:space="preserve">hal-04425416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial Intelligence for the Analysis of the Security Situation in Burkina Faso ⋆</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maı̈mouna Ouattara</w:t>
+                <w:t xml:space="preserve">Fakipedia: Building and exploiting an AI model for detecting online fake news in Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Sidbewendin Yameogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminata Sabané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tégawendé F. Bissyandé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrique Kafando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul-Kader Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tegawendé F. Bissyandé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-04425416v1</w:t>
+                <w:t xml:space="preserve">hal-04425410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fakipedia: Building and exploiting an AI model for detecting online fake news in Burkina Faso</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Neural Machine Translation for Mooré, a Low-Resource Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamed Joseph Ouily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminata Sabané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delwende Eliane Birba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrique Kafando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Kader Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelique Sidbewendin Yameogo</w:t>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">hal-04425410v1</w:t>
+                <w:t xml:space="preserve">hal-04425414v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting Illicit Data Leaks on Android Smartphones Using an Artificial Intelligence Model</w:t>
               </w:r>
@@ -2461,51 +2461,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminata Sabané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Kader Kabore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tegawendé F. Bissyandé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3055,51 +3055,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930045v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejat Ar&#305;n&#305;k" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Bortel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahdja Boudoua" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Busani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Decoupes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrique Kafando" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2023.101480" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279146v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-2-2-2021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283040v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Sautot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13755-021-00156-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947875v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-1-8-2020" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947928v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H O Tuong Vinh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Manh Hung" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2019.0100376" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05063593v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lionel Nikiema" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Sabane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul-Kader Kabore" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;gawend&#233; F. Bissyande" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63215-0_14" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703296v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;gawend&#233; F. Bissyand&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181801v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehtab Alam Syed" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Weber" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947913v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/HSP.INFORSID.1-16" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425412v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Joseph Ouily" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Saban&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delwende Eliane Birba" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425417v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moumini Kabore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Kader Kabore" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425414v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425416v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Fataoh Kabor&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#305;&#776;mouna Ouattara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Kader Kabor&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegawend&#233; F. Bissyand&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425410v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Sidbewendin Yameogo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425411v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendyam Carine Tapsoba" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bassole" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425415v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb&#233;rick Euraste Djir&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437765v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiaka Faissal Compaore" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425413v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Bonkoungou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Zio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03588939v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021MONTS062" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891293v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:47d28ebcde72f01b31f54b10e6c9128ec2f895ae;origin=https://gitlab.irstea.fr/remy.decoupes/covid19-tweets-mood-tetis;visit=swh:1:snp:5a6d62fa4abe8d87eb21c7606f23ceb538ce4613;anchor=swh:1:rev:bacde2411d8abeb8a9c826d47189bc1fe090738c" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930045v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejat Ar&#305;n&#305;k" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Bortel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahdja Boudoua" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Busani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Decoupes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrique Kafando" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2023.101480" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279146v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-2-2-2021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283040v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Sautot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13755-021-00156-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947875v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-1-8-2020" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947928v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H O Tuong Vinh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Manh Hung" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2019.0100376" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05063593v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lionel Nikiema" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Sabane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul-Kader Kabore" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;gawend&#233; F. Bissyande" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63215-0_14" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703296v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;gawend&#233; F. Bissyand&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181801v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehtab Alam Syed" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Weber" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947913v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/HSP.INFORSID.1-16" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425412v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Joseph Ouily" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Saban&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delwende Eliane Birba" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425417v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moumini Kabore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Kader Kabore" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425416v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Fataoh Kabor&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#305;&#776;mouna Ouattara" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Kader Kabor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegawend&#233; F. Bissyand&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425410v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Sidbewendin Yameogo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425414v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425411v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendyam Carine Tapsoba" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bassole" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425415v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb&#233;rick Euraste Djir&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437765v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiaka Faissal Compaore" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425413v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Bonkoungou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Zio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03588939v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021MONTS062" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891293v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:47d28ebcde72f01b31f54b10e6c9128ec2f895ae;origin=https://gitlab.irstea.fr/remy.decoupes/covid19-tweets-mood-tetis;visit=swh:1:snp:5a6d62fa4abe8d87eb21c7606f23ceb538ce4613;anchor=swh:1:rev:bacde2411d8abeb8a9c826d47189bc1fe090738c" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>