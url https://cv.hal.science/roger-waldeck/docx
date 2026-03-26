--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -778,191 +778,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02161480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can boundedly rational sellers learn to play Nash?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nash versus Reinforcement Learning on a Search Market: some Similarities and Differences between Individual and Social learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Interaction and Coordination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 1 (2), pp.147-169</w:t>
+              <w:t xml:space="preserve">European Journal of Economic and Social Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 19 (2), pp.269-294</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02312212v1</w:t>
+                <w:t xml:space="preserve">hal-02143027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nash versus Reinforcement Learning on a Search Market: some Similarities and Differences between Individual and Social learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Can boundedly rational sellers learn to play Nash?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Waldeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darmon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Economic and Social Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 19 (2), pp.269-294</w:t>
+              <w:t xml:space="preserve">Journal of Economic Interaction and Coordination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1 (2), pp.147-169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02143027v1</w:t>
+                <w:t xml:space="preserve">hal-02312212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prices in a shopbot market</w:t>
               </w:r>
@@ -1314,528 +1314,528 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyzing Curriculum Transformation to Advance Industry 5.0 Engineering Education</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifying curriculum disruptions in engineering education through serious gaming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Waldeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela James</w:t>
+                <w:t xml:space="preserve">Ann-Kristin Winkens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
+                <w:t xml:space="preserve">Clara Lemke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macdonald Kanyangale</w:t>
+                <w:t xml:space="preserve">Carmen Leicht-Scholten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDUCON 2025: IEEE Global Engineering Eduation Conference "Sustaining Educational Excellence in Engineering: Generative AI in Enhancing Critical Thinking and Active Learning."</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SEFI Annual Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Tampere, Finland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064499v1</w:t>
+                <w:t xml:space="preserve">hal-05318401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying curriculum disruptions in engineering education through serious gaming</w:t>
+                <w:t xml:space="preserve">Jeu sérieux pour la résilience et la transformation des systèmes de formation, quels transférables ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEFI Annual Conference 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">Les journées de Rochebrune 2025 : “Complexité et transitions” Rencontres Interdisciplinaires sur les Systèmes Complexes Naturels et Artificiels, 31ème édition des journées de Rochebrune</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Rochebrune (Megève), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318401v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066554v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SUCRE : un jeu sérieux pour la résilience des programmes de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning Show</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeu sérieux pour la résilience et la transformation des systèmes de formation, quels transférables ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Catalyzing Curriculum Transformation to Advance Industry 5.0 Engineering Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macdonald Kanyangale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les journées de Rochebrune 2025 : “Complexité et transitions” Rencontres Interdisciplinaires sur les Systèmes Complexes Naturels et Artificiels, 31ème édition des journées de Rochebrune</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EDUCON 2025: IEEE Global Engineering Eduation Conference "Sustaining Educational Excellence in Engineering: Generative AI in Enhancing Critical Thinking and Active Learning."</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Londres, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EDUCON62633.2025.11016409⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05066554v2</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stakeholder analysis for curriculum transformation in higher engineering education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macdonald Kanyangale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlinta Barus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CDIO 2025: 21st International CDIO Conference: “forging connections: synergies for a sustainable future”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Melbourne, Australia</w:t>
@@ -1890,51 +1890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nedjma Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlinta Barus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1989,77 +1989,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE ROLE OF LEADERSHIP IN CURRICULUM TRANSFORMATION: IMPLICATIONS FOR SCIENCE, TECHNOLOGY, ENGINEERING, ARTS AND MATHEMATICS IN HIGHER EDUCATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macdonald Kanyangale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Dagienė</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2123,90 +2123,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors that may impact curriculum design in higher education in a vuca world</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haraldur Audunsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asrun Matthiasdottir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlinta Barus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2274,51 +2274,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Gardner - Le Gars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haraldur Audunsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlinta Barus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2382,77 +2382,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unpacking curriculum transformation in Higher Educational Institutions in a volatile, uncertain, complex and ambiguous (VUCA) world: Insights from the DECART project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macdonald Kanyangale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2801,51 +2801,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dimension interpersonnelle en situations complexes et incertaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Jacovetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2896,51 +2896,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time Matters in Collective Decision Making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3289,51 +3289,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Making Skills in Engineering Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaultier Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thordur Vikingur Fridgeirsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3391,260 +3391,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01808534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building ontologies from a variety of points of view</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Why zero intelligence traders are not smart-enough for quantitative finance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brandouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Corelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Veryzhenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Waldeck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESSA 2011: 7th European Social Simulation Association Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725510v1</w:t>
+                <w:t xml:space="preserve">hal-02338896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why zero intelligence traders are not smart-enough for quantitative finance</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Building ontologies from a variety of points of view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Mathian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Sanders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESSA 2011: 7th European Social Simulation Association Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338896v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions, criminality and segregation</w:t>
               </w:r>
@@ -3831,96 +3831,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00725499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behaviour and norms : some experimental results for complex systems modeling</w:t>
+                <w:t xml:space="preserve">Expérimentation, comportements et normes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HCP-2008 : Third international conference on Human Centered Processes. Vol. 1 : main conference.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Delft, Netherlands. pp.169 - 182</w:t>
+              <w:t xml:space="preserve">15èmes journées de Rochebrune : rencontres interdisciplinaires sur les systèmes complexes naturels et artificiels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Megève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02161917v1</w:t>
+                <w:t xml:space="preserve">hal-02161972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social norms, Emotions and cooperation in groups</w:t>
               </w:r>
@@ -3982,96 +3982,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentation, comportements et normes</w:t>
+                <w:t xml:space="preserve">Behaviour and norms : some experimental results for complex systems modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes journées de Rochebrune : rencontres interdisciplinaires sur les systèmes complexes naturels et artificiels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Megève, France</w:t>
+              <w:t xml:space="preserve">HCP-2008 : Third international conference on Human Centered Processes. Vol. 1 : main conference.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Delft, Netherlands. pp.169 - 182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02161972v1</w:t>
+                <w:t xml:space="preserve">hal-02161917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nash Hypothesis Testing with Sequential Search and Adaptive Sellers</w:t>
               </w:r>
@@ -4133,325 +4133,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00904052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adoption and Cooperation in Communities: Mixed aquilibrium in polymorphic populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cooperation and free-riding with moral costs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirta B. Gordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mirta B. Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WEHIA 2005 : 10th Annuel Workshop on Economic Heterogeneous Interacting Agents</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Colchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">International Conference on Cognitive Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Sofia, Bulgaria. pp.294 - 304</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00942345v1</w:t>
+                <w:t xml:space="preserve">hal-02170211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperation and free-riding with moral costs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Phan</w:t>
+                <w:t xml:space="preserve">Comparing Nash to reinforcement sellers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Cognitive Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2005, Sofia, Bulgaria. pp.294 - 304</w:t>
+              <w:t xml:space="preserve">, Aug 2005, Sofia, Bulgaria. pp.167 - 177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02170211v1</w:t>
+                <w:t xml:space="preserve">hal-02170079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing Nash to reinforcement sellers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Darmon</w:t>
+                <w:t xml:space="preserve">Adoption and Cooperation in Communities: Mixed aquilibrium in polymorphic populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirta B. Gordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Cognitive Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Sofia, Bulgaria. pp.167 - 177</w:t>
+              <w:t xml:space="preserve">WEHIA 2005 : 10th Annuel Workshop on Economic Heterogeneous Interacting Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Colchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02170079v1</w:t>
+                <w:t xml:space="preserve">hal-00942345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concurrence en prix sur les marchés électroniques</w:t>
               </w:r>
@@ -5204,342 +5204,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03763512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie d'apprentissage en situation VUCA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Interdisciplinarity and VUCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Waldeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gaultier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roger Waldeck. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Méthodes et interdisciplinarité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Methods and Interdisciplinarity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, ISTE / WILEY, pp.99-115, 2019, Modeling methodologies in social sciences set, 9781786304889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119681519.ch5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02263142v1</w:t>
+                <w:t xml:space="preserve">hal-02384803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinarité et VUCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roger WALDECK. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes et interdisciplinarité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.91 - 105, 2019, Méthodologies de modélisation en sciences sociales, 9781784055813</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02257816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdisciplinarity and VUCA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthodologie d'apprentissage en situation VUCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods and Interdisciplinarity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Méthodes et interdisciplinarité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, ISTE Editions, pp.107 - 133, 2019, Méthodologies de modélisation en sciences sociales, 9781784055813</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119681519.ch5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02384803v1</w:t>
+                <w:t xml:space="preserve">hal-02263142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
@@ -5607,51 +5607,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning methodology for VUCA situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaultier Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5823,77 +5823,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 18 : la structuration sociale de l'espace scolaire : une ontologie multi-points de vue, intégrée mais non réductrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mathian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5991,51 +5991,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprise en Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Commission Européenne, Eurostat, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02338814v1</w:t>
+                <w:t xml:space="preserve">hal-02338815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 3: Analyse par pays</w:t>
               </w:r>
@@ -6129,51 +6129,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprise en Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Commission Européenne, Eurostat, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02338815v1</w:t>
+                <w:t xml:space="preserve">hal-02338814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6386,77 +6386,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Waldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Gardner - Le Gars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann-Kristin Winkens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haraldur Audunsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Report R21, University of KwaZulu-Natal - Afrique du Sud; Institut Teknologi Del; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6476,545 +6476,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curriculum Components and Properties</w:t>
+                <w:t xml:space="preserve">Drivers and Challenges of Curriculum Transformation: the DECART project (Designing higher Education Curricula for Agility, Resilience &amp; Transformation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arlinta Barus</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macdonald Kanyangale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Jacovetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Report R11, University of KwaZulu-Natal - Afrique du Sud; Institut teknologi Bandung; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2024</w:t>
+              <w:t xml:space="preserve">Report D31, University of KwaZulu-Natal - Afrique du Sud; Institut Teknologi DEL; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04603784v1</w:t>
+                <w:t xml:space="preserve">hal-05067519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Material on Curriculum Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asrun Matthiasdottir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlinta Barus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Report R13, University of KwaZulu-Natal - Afrique du Sud; Institut teknologi Bandung; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04591106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers and Challenges of Curriculum Transformation: the DECART project (Designing higher Education Curricula for Agility, Resilience &amp; Transformation)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">VUCA Scenarios Impacting Higher Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asrun Matthiasdottir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlinta Barus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Report R12, University of KwaZulu-Natal - Afrique du Sud; Institut teknologi Bandung; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Chelin</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05067519v1</w:t>
+                <w:t xml:space="preserve">hal-04603790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VUCA Scenarios Impacting Higher Education</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Curriculum Components and Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asrun Matthiasdottir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haraldur Audunsson</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cecile Gerwel Proches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlinta Barus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Report R12, University of KwaZulu-Natal - Afrique du Sud; Institut teknologi Bandung; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2024</w:t>
+              <w:t xml:space="preserve">Report R11, University of KwaZulu-Natal - Afrique du Sud; Institut teknologi Bandung; IMT Atlantique; Reykjavik University; Vilnius University; Rheinisch-Westfälischen Technischen Hochschule Aachen. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04603790v1</w:t>
+                <w:t xml:space="preserve">hal-04603784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Decision Skills Framework for Higher and VET students, continuously integrative for educational programme addressing VUCA contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katie Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7092,51 +7092,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative D-Skills Training Models for Higher and Vocational Education &amp; Training Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhal Alnasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7214,51 +7214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Reinforcing Decision Making Skills of Higher and Vocational Education and Training Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alnasser Manhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7492,51 +7492,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="58695821"/>
+    <w:nsid w:val="140EA523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7723,51 +7723,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roger-waldeck" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2031-9054" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/198413297" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02932035v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pastor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Beurier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Ehresmann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Waldeck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.323.9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321498v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10588-015-9200-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909264v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brandouy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Corelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Veryzhenko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951003v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11403-012-0099-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P8WBVFVS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161480v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2006.02.009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312212v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darmon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143027v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167935v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10660-005-1179-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2W0C4ZFX-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167937v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2005.02.074" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174689v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001990000144" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K0PGRRBV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378477v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05064499v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela James" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gerwel Proches" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macdonald Kanyangale" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Rouvrais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON62633.2025.11016409" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318401v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Kristin Winkens" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lemke" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Leicht-Scholten" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haraldur Audunsson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318162v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05066554v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05064399v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlinta Barus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05064475v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Gosselin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inggriani Liem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05296516v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Dagien&#279;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egl&#279; Jasut&#279;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33225/BalticSTE/2025.86" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04591204v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asrun Matthiasdottir" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820860v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Gardner - Le Gars" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingriani Liem" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21125/iceri.2024.0915" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05066597v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haraldur Au&#240;unsson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134344v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Gardner Legars" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Simonin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Puentes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.6.e107704" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210766v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Terrier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03763472v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03683586v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Jacovetti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03683605v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02557647v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02173115v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01955617v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808534v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaultier Le Bris" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thordur Vikingur Fridgeirsson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Tudela Villalonga" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725510v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Muller" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Diallo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fran&#231;ois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathian" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Sanders" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338896v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960212v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725499v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161917v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163744v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Phan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161972v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904052v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942345v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirta B. Gordon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Nadal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170211v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170079v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338842v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143028v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338829v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194075v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Lyubareva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394236565" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755736v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384658v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138632v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615285v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338853v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03763512v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mesangeau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263142v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bris" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02257816v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/methodes-et-interdisciplinarite/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384803v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519.ch5" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02257828v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384859v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519.ch6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009855v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rouchier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.lavoisier.fr/informatique/ontologies-et-modelisation-par-sma-en-shs/phan/hermes-science-publications/traite-rta/livre/9782746232075" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009888v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bulle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338814v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338818v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338815v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755754v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03763719v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05067271v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04603784v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04591106v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05067519v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chelin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04603790v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727542v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Jordan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stewart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaultier Lebris" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Joder" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727540v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhal Alnasser" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727536v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alnasser Manhal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cook Sandra" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flannagan Bryan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Katie" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115829v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roger-waldeck" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2031-9054" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/198413297" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02932035v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pastor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Beurier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Ehresmann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Waldeck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.323.9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321498v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10588-015-9200-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909264v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brandouy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Corelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Veryzhenko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951003v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11403-012-0099-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P8WBVFVS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161480v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2006.02.009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143027v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darmon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312212v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167935v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10660-005-1179-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2W0C4ZFX-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167937v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2005.02.074" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174689v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001990000144" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K0PGRRBV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378477v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318401v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Kristin Winkens" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lemke" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Leicht-Scholten" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haraldur Audunsson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05066554v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Rouvrais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318162v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05064499v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela James" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gerwel Proches" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macdonald Kanyangale" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON62633.2025.11016409" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05064399v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlinta Barus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05064475v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Gosselin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inggriani Liem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05296516v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Dagien&#279;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egl&#279; Jasut&#279;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33225/BalticSTE/2025.86" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04591204v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asrun Matthiasdottir" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820860v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Gardner - Le Gars" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingriani Liem" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21125/iceri.2024.0915" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05066597v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haraldur Au&#240;unsson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134344v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Gardner Legars" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Simonin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Puentes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.6.e107704" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210766v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Terrier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03763472v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03683586v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Jacovetti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03683605v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02557647v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02173115v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01955617v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808534v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaultier Le Bris" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thordur Vikingur Fridgeirsson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Tudela Villalonga" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338896v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725510v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Muller" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Diallo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fran&#231;ois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathian" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Sanders" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960212v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725499v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161972v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163744v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Phan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161917v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904052v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170211v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirta B. Gordon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Nadal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170079v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942345v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338842v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143028v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338829v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194075v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Lyubareva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394236565" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755736v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384658v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138632v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615285v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338853v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03763512v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mesangeau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384803v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519.ch5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02257816v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bris" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/methodes-et-interdisciplinarite/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263142v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02257828v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384859v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519.ch6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009855v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rouchier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.lavoisier.fr/informatique/ontologies-et-modelisation-par-sma-en-shs/phan/hermes-science-publications/traite-rta/livre/9782746232075" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009888v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bulle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338815v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338818v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338814v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755754v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03763719v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05067271v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05067519v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chelin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04591106v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04603790v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04603784v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727542v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Jordan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stewart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaultier Lebris" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Joder" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727540v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhal Alnasser" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727536v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alnasser Manhal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cook Sandra" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flannagan Bryan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Katie" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115829v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>