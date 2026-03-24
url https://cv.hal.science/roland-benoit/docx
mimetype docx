--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -324,287 +324,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the autoxidation of terpenes: Detection of oxygenated and aromatic products</w:t>
+                <w:t xml:space="preserve">Cool Flame of Methylcyclohexene Isomers in a Jet-Stirred Reactor: Orbitrap Characterization of Highly Oxidized Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bakr Hoblos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 358 (Part B), pp.130306. </w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (21), pp.20777-20790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2023.130306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.4c03753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296922v1</w:t>
+                <w:t xml:space="preserve">hal-04729551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cool Flame of Methylcyclohexene Isomers in a Jet-Stirred Reactor: Orbitrap Characterization of Highly Oxidized Products</w:t>
+                <w:t xml:space="preserve">On the autoxidation of terpenes: Detection of oxygenated and aromatic products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Belhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bakr Hoblos</w:t>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 38 (21), pp.20777-20790. </w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 358 (Part B), pp.130306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.4c03753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2023.130306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04729551v1</w:t>
+                <w:t xml:space="preserve">hal-04296922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Rapid balloon Experiments for sudden Aerosol injection in the Stratosphere (REAS) by volcanic eruptions and wildfires</w:t>
               </w:r>
@@ -871,64 +871,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normal butane oxidation: Measurements of autoxidation products in a jet-stirred reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1005,77 +1005,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the formation of highly oxidized pollutants by autoxidation of terpenes under low-temperature-combustion conditions: the case of limonene and α -pinene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1122,77 +1122,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-Temperature Oxidation of di-n-Butyl Ether in a Motored Homogeneous Charge Compression Ignition (HCCI) Engine: Comparison of Characteristic Products with RCM and JSR Speciation by Orbitrap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1250,334 +1250,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03691449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gasoline surrogate oxidation in a motored engine, a JSR, and an RCM: Characterization of cool-flame products by high-resolution mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental and kinetic modeling study of n-pentane oxidation at 10 atm, Detection of complex low-temperature products by Q-Exactive Orbitrap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 36 (7), pp.3893-3908. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 235, pp.111723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.2c00259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03652745v1</w:t>
+                <w:t xml:space="preserve">hal-03500229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and kinetic modeling study of n-pentane oxidation at 10 atm, Detection of complex low-temperature products by Q-Exactive Orbitrap</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Gasoline surrogate oxidation in a motored engine, a JSR, and an RCM: Characterization of cool-flame products by high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahraa Dbouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 235, pp.111723. </w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (7), pp.3893-3908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111723⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.2c00259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03500229v1</w:t>
+                <w:t xml:space="preserve">hal-03652745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the Autoxidation of Terpenes at Elevated Temperature Using High-Resolution Mass Spectrometry: Formation of Ketohydroperoxides and Highly Oxidized Products from Limonene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1631,1092 +1631,1092 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03967581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-temperature oxidation of a gasoline surrogate: Experimental investigation in JSR and RCM using high-resolution mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Oxidation of diethyl ether: Extensive characterization of products formed at low temperature using high resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 228, pp.128-141. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.01.037⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 228, pp.340-350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03221825v1</w:t>
+                <w:t xml:space="preserve">hal-03153112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and kinetic modeling study of n-hexane oxidation. Detection of complex low-temperature products using high-resolution mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Oxidation of di-n-propyl ether: Characterization of low-temperature products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.337-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111581⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03291957v1</w:t>
+                <w:t xml:space="preserve">hal-03216647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the similarities and differences between the products of oxidation of hydrocarbons under simulated atmospheric conditions and cool flames</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental characterization of n-heptane low-temperature oxidation products including keto-hydroperoxides and highly oxygenated organic molecules (HOMs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Belhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-21-7845-2021⟩</w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 224, pp.83-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.10.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03239182v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03115017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of n-heptane low-temperature oxidation products including keto-hydroperoxides and highly oxygenated organic molecules (HOMs)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Low-temperature oxidation of a gasoline surrogate: Experimental investigation in JSR and RCM using high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 224, pp.83-93. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.10.021⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 228, pp.128-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.01.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03115017v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03221825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of di-n-propyl ether: Characterization of low-temperature products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">On the similarities and differences between the products of oxidation of hydrocarbons under simulated atmospheric conditions and cool flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roland Benoit</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (10), pp.7845-7862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-21-7845-2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.350⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03216647v1</w:t>
+                <w:t xml:space="preserve">hal-03239182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of tetrahydrofuran low-temperature oxidation products including ketohydroperoxides and highly oxygenated molecules (HOMs)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental and kinetic modeling study of n-hexane oxidation. Detection of complex low-temperature products using high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 233, pp.111581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111581⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.0c03291⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03221818v1</w:t>
+                <w:t xml:space="preserve">hal-03291957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Comprehensive Characterization of the Low-Temperature Autoxidation of Di-n-Butyl Ether</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental characterization of tetrahydrofuran low-temperature oxidation products including ketohydroperoxides and highly oxygenated molecules (HOMs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (9), pp.7242-7252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.0c03291⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules26237174⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03500230v1</w:t>
+                <w:t xml:space="preserve">hal-03221818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of diethyl ether: Extensive characterization of products formed at low temperature using high resolution mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Towards a Comprehensive Characterization of the Low-Temperature Autoxidation of Di-n-Butyl Ether</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentin Glasziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 228, pp.340-350. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (23), pp.7174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules26237174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03153112v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation of di-n-butyl ether: Experimental characterization of low-temperature products in JSR and RCM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 222, pp.133-144. </w:t>
@@ -3414,278 +3414,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grafting of activated carbon cloths for selective adsorption</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gallium nitride surface protection during RTA annealing with a GaO x N y cap-layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahid Khalfaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Oheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Cayrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Yvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2015.11.257⟩</w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (4), pp.045008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0268-1242/31/4/045008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878822v1</w:t>
+                <w:t xml:space="preserve">hal-03878824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gallium nitride surface protection during RTA annealing with a GaO x N y cap-layer</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grafting of activated carbon cloths for selective adsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gineys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Cohaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delpeux-Ouldriane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 31 (4), pp.045008. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 370, pp.522-527. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0268-1242/31/4/045008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2015.11.257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878824v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SEM-EDX analysis and TOF-SIMS 3D imaging of a textile/rubber interface undergoing fatigue loading</w:t>
               </w:r>
@@ -4465,291 +4465,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01387921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma spraying of lanthanum silicate electrolytes for intermediate temperature solid oxide fuel cells (ITSOFCs)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and Evaluation of Novel Biocompatible Super-paramagnetic Iron Oxide Nanoparticles as Magnetic Anticancer Drug Carrier and Fluorescence Active Label</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andriy Shkilnyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dru</w:t>
+                <w:t xml:space="preserve">Emilie Munnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Meillot</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Katel Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Soucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2010.05.034⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114 (13), pp.5850-5858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp9112188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878811v1</w:t>
+                <w:t xml:space="preserve">hal-03407003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Evaluation of Novel Biocompatible Super-paramagnetic Iron Oxide Nanoparticles as Magnetic Anticancer Drug Carrier and Fluorescence Active Label</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andriy Shkilnyy</w:t>
+                <w:t xml:space="preserve">Plasma spraying of lanthanum silicate electrolytes for intermediate temperature solid oxide fuel cells (ITSOFCs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Meillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Munnier</w:t>
+                <w:t xml:space="preserve">K. Wittmann-Teneze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katel Hervé</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M.-L. Saboungi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 114 (13), pp.5850-5858. </w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 205 (4), pp.1060-1064. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp9112188⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2010.05.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03407003v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation of the surface properties of SBA-15 mesoporous silica for in-situ nanoparticle synthesis</w:t>
               </w:r>
@@ -5147,307 +5147,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of carbon nanotubes–TiO2 nanocomposites</w:t>
+                <w:t xml:space="preserve">New carbon multiwall nanotubes – TiO2 nanocomposites obtained by the sol-gel method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jitianu</w:t>
+                <w:t xml:space="preserve">Andrei Jitianu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Cacciaguerra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Benoit</w:t>
+                <w:t xml:space="preserve">Thomas Cacciaguerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Delpeux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Béguin</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2003.12.041⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 345-346, pp.596-600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2004.08.104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878805v1</w:t>
+                <w:t xml:space="preserve">hal-00166048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New carbon multiwall nanotubes – TiO2 nanocomposites obtained by the sol-gel method</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis and characterization of carbon nanotubes–TiO2 nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Berger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roland Benoit</w:t>
+                <w:t xml:space="preserve">A. Jitianu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Béguin</w:t>
+                <w:t xml:space="preserve">T. Cacciaguerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delpeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2004.08.104⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 42 (5-6), pp.1147-1151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2003.12.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00166048v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithium insertion into boron containing carbons prepared by co-pyrolysis of coal–tar pitch and borane–pyridine complex</w:t>
               </w:r>
@@ -5677,260 +5677,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00182402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is XPS combined with argon ion sputtering pertinent for depth profiling molybdenum-implanted stainless-steel layers?</w:t>
+                <w:t xml:space="preserve">Influence of chemical modification of anthracite on the porosity of the resulting activated carbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Mottu</w:t>
+                <w:t xml:space="preserve">S.B Lyubchik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vayer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">R. Erre</w:t>
+                <w:t xml:space="preserve">F Béguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Interface Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/sia.1299⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 40 (8), pp.1287-1294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0008-6223(01)00288-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878186v1</w:t>
+                <w:t xml:space="preserve">hal-03878190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of chemical modification of anthracite on the porosity of the resulting activated carbons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is XPS combined with argon ion sputtering pertinent for depth profiling molybdenum-implanted stainless-steel layers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Mottu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.B Lyubchik</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F Béguin</w:t>
+                <w:t xml:space="preserve">R. Erre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Surface and Interface Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 34 (1), pp.276-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sia.1299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0008-6223(01)00288-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03878190v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural, Bonding, and Electrochemical Properties of Perfluorinated Fullerene C 70</w:t>
               </w:r>
@@ -6097,51 +6097,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 143 (1-4), pp.229-237. </w:t>
@@ -6567,651 +6567,651 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05122770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the combustion of terpene biofuels with the help of high-resolution mass spectrometry</w:t>
+                <w:t xml:space="preserve">On the combustion of terpenes biofuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Spring 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Chemical Society, Mar 2024, New Orleans (LA), United States</w:t>
+              <w:t xml:space="preserve">INFUB-14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CENERTEC, Apr 2024, Algrave, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528431v1</w:t>
+                <w:t xml:space="preserve">hal-04528441v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balloon-borne sample analysis of organic compounds present across atmospheric layers ranging from the troposphere to lower stratosphere</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Characterization of Biofuels Cool Flame Products: Ethers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Belhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahraa Dbouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale : Fall Meeting 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Twenty-first International Conference on Flow Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Fluid Science, Tohoku University, Nov 2024, Sendai, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399250v1</w:t>
+                <w:t xml:space="preserve">hal-04801450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Combustion of Terpenes Biofuels and Pollutants Characterization Through High-Resolution Mass Spectrometry</w:t>
+                <w:t xml:space="preserve">Characterization of the combustion of terpene biofuels with the help of high-resolution mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Belhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo Expo 2024: Turbomachinery Technical Conference and Exposition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ACS Spring 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Chemical Society, Mar 2024, New Orleans (LA), United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694351v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Formation of Aromatics From Cyclic Hydrocarbon Fuels Under Cool Flame Conditions: From Methylcyclohexene to Terpenes</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Balloon-borne sample analysis of organic compounds present across atmospheric layers ranging from the troposphere to lower stratosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazel Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dumelié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Twenty-first International Conference on Flow Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conférence internationale : Fall Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The American Geophysical Union (AGU), Dec 2023, San Francisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22541/essoar.170542051.17484630/v1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801475v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the combustion of terpenes biofuels</w:t>
+                <w:t xml:space="preserve">On the Combustion of Terpenes Biofuels and Pollutants Characterization Through High-Resolution Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFUB-14</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME Turbo Expo 2024: Turbomachinery Technical Conference and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Mechanical Engineering, Jun 2024, London, France. pp.121549, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/GT2024-121549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04528441v2</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04694351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Characterization of Biofuels Cool Flame Products: Ethers</w:t>
+                <w:t xml:space="preserve">On the Formation of Aromatics From Cyclic Hydrocarbon Fuels Under Cool Flame Conditions: From Methylcyclohexene to Terpenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7226,51 +7226,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twenty-first International Conference on Flow Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of Fluid Science, Tohoku University, Nov 2024, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04801450v1</w:t>
+                <w:t xml:space="preserve">hal-04801475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory studies of the combustion of terpenes biofuels and pollutants characterization</w:t>
               </w:r>
@@ -7282,64 +7282,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7377,64 +7377,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and modeling study of n-pentane low temperature oxidation. Detection of hydroperoxides, ketohydroperoxides and highly oxygenated molecules using high resolution mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9063,64 +9063,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molybdenum implantation of stainless steel in the near surface layer: structural and chemical exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Andreazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9242,64 +9242,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des produits d'oxydation d'un monoterpène par spectrométrie de masse haute résolution : Formation de produits oxygénés complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahraa Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9475,64 +9475,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des produits d’oxydation d’un biocarburant par spectrométrie de masse haute résolution (Orbitrap q-Exactive®)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9577,402 +9577,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03593424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly oxygenates molecules formed by oxidation of terpenes in a jet-stirred reactor</w:t>
+                <w:t xml:space="preserve">Ketohydroperoxides and Korcek mechanism identified during the oxidation of dipropyl ether in a JSR by high-resolution mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">P. Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">N. Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Benoit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Chemical Kinetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Orléans, France. </w:t>
+              <w:t xml:space="preserve">MCS11 11th Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Tenerife, Spain. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02137425v1</w:t>
+                <w:t xml:space="preserve">hal-02137413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ketohydroperoxides and Korcek mechanism identified during the oxidation of dipropyl ether in a JSR by high-resolution mass spectrometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M Lailliau</w:t>
+                <w:t xml:space="preserve">Intercomparison of peroxy radical instruments at the HELIOS atmospheric simulation chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lahib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Duncianu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. S. Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schoemaecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MCS11 11th Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Tenerife, Spain. , 2019</w:t>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02137413v1</w:t>
+                <w:t xml:space="preserve">insu-03520148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercomparison of peroxy radical instruments at the HELIOS atmospheric simulation chamber</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Schoemaecker</w:t>
+                <w:t xml:space="preserve">Highly oxygenates molecules formed by oxidation of terpenes in a jet-stirred reactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Belhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">11th International Conference on Chemical Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Orléans, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03520148v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Atlas-M5 Atmospheric Research</w:t>
               </w:r>
@@ -10115,90 +10115,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma Spraying of Lanthanum Silicate Electrolytes for Intermediate Temperature Solid Oxide Fuel Cells (ITSOFCs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Meillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Wittmann-Teneze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Saboungi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10956,64 +10956,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autoxidation of terpenes, a common pathway in tropospheric and low temperature combustion conditions: the case of limonene and α-pinene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11134,51 +11134,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7677365F"/>
+    <w:nsid w:val="610A87CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11365,51 +11365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roland-benoit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8898-6131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11352451X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114851v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Benoit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Vernier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vernier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Joly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dumeli&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41612-025-01106-9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296922v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahraa Dbouk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Belhadj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lailliau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.130306" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729551v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakr Hoblos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.4c03753" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283383v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Vernier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vernier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Renard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-22-0086.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033372v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2023.138421" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117127v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.128865" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04112398v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-5715-2023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691449v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.2c00749" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652745v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.2c00259" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500229v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111723" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.2c06323" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221825v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.01.037" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291957v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111581" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-7845-2021" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115017v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.10.021" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216647v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.350" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221818v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.0c03291" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500230v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237174" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153112v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Glasziou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.02.007" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934485v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.037" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03880604v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vivet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benoit" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Falzon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-L. Tan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dorairaj" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2020.126094" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885736v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pally" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertagna" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cagnon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moslem Alaaeddine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2018.03.045" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898320v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Forato" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Belhboub" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Petit" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201705283" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878827v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gineys" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cohaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#233;guin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpeux-Ouldriane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2016.10.018" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721021v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Khalfaoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Oheix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgio El-Zammar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cayrel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201600438" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878822v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.257" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878824v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Oheix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cayrel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Benoit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Yvon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/31/4/045008" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712285v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valantin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Deffarges" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lacroix" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Phalip" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.027" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898620v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Liu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Charlier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b01020" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435101v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. -A. Kouadri-Boudjelthia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ntsoenzok" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Regula" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Etienne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2015.10.071" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880782v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Hornebecq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Weill" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lollita Lecren" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bourrat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA12896B" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878818v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T. Sone" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zongo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bucher" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maaza" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2012.06.041" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01387921v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Kaaki" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katel Herv&#233;-Aubert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Chiper" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriy Shkilnyy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Souc&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la2037845" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878811v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dru" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Meillot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wittmann-Teneze" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Saboungi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2010.05.034" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407003v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Munnier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katel Herv&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9112188" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365420v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Warmont" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meynen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de Witte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cool" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2008.12.017" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3D7NT0X6-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186854v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Saboungi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. H. Milosavljevic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Meisel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp073895b" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-X17VHWP7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878179v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duclaux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Frackowiak" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Gibinski" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beguin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587250008025507" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878805v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jitianu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cacciaguerra" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpeux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2003.12.041" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166048v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Jitianu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cacciaguerra" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Berger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;guin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2004.08.104" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1502WG7S-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878807v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Machnikowski" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frackowiak" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kierzek" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Waszak" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2003.10.009" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182402v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2003-00133-6" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-R43DZWR5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878186v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mottu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vayer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Erre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.1299" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FW6JFBDJ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878190v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B Lyubchik" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F B&#233;guin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0008-6223(01)00288-3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878182v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Claves" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giraudet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Hamwi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0026336" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BF4D7WP8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878152v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Toniazzo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mustin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Portal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Humbert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(98)00918-0" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M8G1LJHT-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095220v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Fujita" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beguin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00366359" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285082v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368786v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122770v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528431v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399250v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roland" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22541/essoar.170542051.17484630/v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694351v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2024-121549" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801475v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528441v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801450v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244344v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038610v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251388v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Lahib" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Duncianu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Schoemaecker" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520135v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangang Ren" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kukui" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waed Ahmad" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bernard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Leglise" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581492v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bernard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581495v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520124v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warda Ait-Helal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Da&#235;le" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Flaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401367v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ghirardi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bauer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Quesnel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000242v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01203472v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01024771v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Falzon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00878779v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00672220v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Briani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Engrand" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duprat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kr&#252;ger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00737857v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Briois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thirkell" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1945-5100.2012.01401.x" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021003v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878168v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Andreazza" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Sauvage" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/.2000.924265" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028846v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580274v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mellouki" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Grosselin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peyroux" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland G Benoit" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593424v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137425v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belhadj" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dagaut" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dayma" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lailliau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137413v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520148v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusanter" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahib" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duncianu" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S. Stevens" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581462v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Ouchen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Harnafi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cherkaoui" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Elbaramoussi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021036v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.itsc2010p0114" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878226v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Breton" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delpeux Delpeux-Ouldriane" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Salvetat" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sinturel C" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878146v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Daret" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cassagne" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lef&#232;vre" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Q. Tran" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118787618.ch59" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878140v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Toniazzo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mustin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Humbert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthelin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1572-4409(99)80017-0" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020923v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020865v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04020784v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005ORLE2082" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691424v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roland-benoit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8898-6131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11352451X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114851v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Benoit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Vernier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vernier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Joly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dumeli&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41612-025-01106-9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729551v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahraa Dbouk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakr Hoblos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Belhadj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.4c03753" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296922v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lailliau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.130306" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283383v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Vernier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vernier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Renard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-22-0086.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033372v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2023.138421" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117127v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.128865" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04112398v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-5715-2023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691449v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.2c00749" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500229v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111723" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652745v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.2c00259" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.2c06323" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153112v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Glasziou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.02.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216647v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.350" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115017v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.10.021" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221825v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.01.037" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239182v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-7845-2021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291957v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111581" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221818v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.0c03291" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500230v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237174" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934485v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.037" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03880604v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vivet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benoit" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Falzon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-L. Tan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dorairaj" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2020.126094" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885736v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pally" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertagna" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cagnon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moslem Alaaeddine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2018.03.045" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898320v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Forato" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Belhboub" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Petit" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201705283" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878827v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gineys" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cohaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#233;guin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpeux-Ouldriane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2016.10.018" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721021v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Khalfaoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Oheix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgio El-Zammar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cayrel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201600438" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878824v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Oheix" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cayrel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Benoit" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Yvon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/31/4/045008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878822v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.257" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712285v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valantin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Deffarges" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lacroix" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Phalip" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.027" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898620v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Liu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Charlier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b01020" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435101v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. -A. Kouadri-Boudjelthia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ntsoenzok" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Regula" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Etienne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2015.10.071" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880782v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Hornebecq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Weill" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lollita Lecren" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bourrat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA12896B" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878818v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T. Sone" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zongo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bucher" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maaza" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2012.06.041" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01387921v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Kaaki" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katel Herv&#233;-Aubert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Chiper" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriy Shkilnyy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Souc&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la2037845" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407003v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Munnier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katel Herv&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9112188" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878811v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dru" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Meillot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wittmann-Teneze" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Saboungi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2010.05.034" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365420v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Warmont" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meynen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de Witte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cool" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2008.12.017" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3D7NT0X6-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186854v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Saboungi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. H. Milosavljevic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Meisel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp073895b" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-X17VHWP7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878179v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duclaux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Frackowiak" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Gibinski" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beguin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587250008025507" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166048v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Jitianu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cacciaguerra" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Berger" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;guin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2004.08.104" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1502WG7S-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878805v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jitianu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cacciaguerra" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpeux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2003.12.041" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878807v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Machnikowski" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frackowiak" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kierzek" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Waszak" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2003.10.009" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182402v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2003-00133-6" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-R43DZWR5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878190v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B Lyubchik" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F B&#233;guin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0008-6223(01)00288-3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878186v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mottu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vayer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Erre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.1299" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FW6JFBDJ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878182v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Claves" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giraudet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Hamwi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0026336" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BF4D7WP8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878152v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Toniazzo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mustin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Portal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Humbert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(98)00918-0" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M8G1LJHT-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095220v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Fujita" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beguin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00366359" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285082v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368786v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122770v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528441v2" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801450v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528431v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399250v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roland" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22541/essoar.170542051.17484630/v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694351v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2024-121549" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801475v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244344v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038610v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251388v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Lahib" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Duncianu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Schoemaecker" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520135v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangang Ren" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kukui" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waed Ahmad" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bernard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Leglise" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581492v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bernard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581495v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520124v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warda Ait-Helal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Da&#235;le" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Flaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401367v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ghirardi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bauer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Quesnel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000242v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01203472v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01024771v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Falzon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00878779v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00672220v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Briani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Engrand" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duprat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kr&#252;ger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00737857v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Briois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thirkell" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1945-5100.2012.01401.x" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021003v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878168v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Andreazza" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Sauvage" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/.2000.924265" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028846v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580274v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mellouki" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Grosselin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peyroux" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland G Benoit" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593424v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137413v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dagaut" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belhadj" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dayma" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lailliau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520148v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusanter" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahib" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duncianu" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S. Stevens" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137425v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581462v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Ouchen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Harnafi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cherkaoui" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Elbaramoussi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021036v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.itsc2010p0114" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878226v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Breton" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delpeux Delpeux-Ouldriane" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Salvetat" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sinturel C" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878146v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Daret" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cassagne" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lef&#232;vre" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Q. Tran" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118787618.ch59" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878140v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Toniazzo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mustin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Humbert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthelin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1572-4409(99)80017-0" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020923v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020865v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04020784v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005ORLE2082" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691424v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>