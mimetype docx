--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Roland Cahen </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'ascendance bioculturelle du design d'interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendy Mackay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beaudouin-Lafon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHM'25 - 36e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIHM; Université de Toulouse; ENAC, Nov 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédagogie du design par la recherche documentaire ouverte, coopérative et trans-disciplinaire en atelier de projets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AD•REC 2025 - Conférence Art Design Recherche : Faire, encore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École supérieure d’art et design de Saint-Étienne (Esadse), May 2025, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonagining the workspace: a user-centric workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inter-noise : 53rd International Congress &amp; Exposition on Noise Control Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, French Acoustical Society, Aug 2024, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching Sound-Design @ENSCI les Ateliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Virtuous Circle – Cumulus Conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Politechnico, Sep 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Atlantis: Audio Experimentation in A shared Online World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pete Sinclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Tanant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Gena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Computer Music Multidisciplinary Research (CMMR 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Sao Paulo, Jul 2016, São Paulo, Brazil. pp.183-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMART CITY +</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LOCUS SONUS — 8th International Symposium — Audio Mobility </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LOCUS SONUS, Apr 2017, Aix en Provence, France. pp.158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirty Tangible Interfaces: Expressive Control of Computers with True Grit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Massin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Paris, France. pp.2991-2994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Audio–Graphic Modeling for X3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web3D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossing jungle : an analytical and experimental approach of activation profiles for audio-graphic navigation in clusters of leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Julie Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEA - the 17th International Symposium of Electronic Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sabanci University, Sep 2011, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound Level of Detail in Interactive Audiographic 3D Scenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brument</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Computer Music Conference (ICMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Huddersfield, United Kingdom. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principles and Applications of Interactive Corpus-Based Concatenative Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Britton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale (JIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Albi, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plumage: Design d’une interface 3D pour le parcours d’ échantillons sonores granularisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Ajaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHM-07 19th Conference on l'Interaction Homme-Machine </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Paris, France. pp.71 - 71, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1541436.1541450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musical Applications of Real-Time Corpus-Based Concatenative Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Britton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goepfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Computer Music Conference (ICMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Copenhaguen, Denmark. pp.47-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENIGMES : LA PARTITION NAVIGABLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://jim.afim-asso.org/jim2007/, Apr 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plumage: Design d'une interface 3D pour le parcours d'échantillons sonores granularisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Ajaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Francophone sur l'Interaction Homme-Machine IHM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound Navigation in the PHASE installation: producing music as performing a game using haptic feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual Stoyrtelling 05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Phase project : haptic and visual interaction for music exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mobuchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of haptic and visual interaction for sound and music control in the phase project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NIME'05, 5th int. conf. on New interfaces for musical expression, Vancourer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, X, France. pp.109-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01125229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound and music control using haptic and visual feedback in the PHASE installation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NIME 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des applications MusiqueLab 6 applications musicales interactives pour l'enseignement musical dans les collèges et lycées Ircam -Centre Georges Pompidou Ministère de l'éducation nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Gerszo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Saugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Montbéliard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The representation–usage–impact approach to anticipate long-term social effects of autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Étienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (e47), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsj.2024.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Sound Spatialisation to Kinetic Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Perception, Representations, Image, Sound, Music 14th International Symposium, CMMR 2019, Marseille, France, October 14–18, 2019, Revised Selected Papers, 12631, pp.517-530. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-70210-6_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnet de recherches documentaires de l'Atelier de Projets IMPACT 2025, ENSCi les Ateliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Pica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlie Gouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868538v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A suitable audio framework design for videoconferencing and online teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a responsible future by anticipating long-term impacts of disruptive products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICED</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre Blanc Silence Chantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Hiétin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société du Grand Paris, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre-blanc_Silence-Chantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Hiétin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topophonie Research Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENSCI - Les Ateliers / Paris Design Lab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Les Carnets d’Expérimentation de l’École Nationale Supérieure de Création Industrielle, Roland Cahen</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01503661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDIO EXPERIMENTAL « MOINS-NUISANT » À L’ENSCi LES ATELIERS. - Chapitre du Livre Blanc Silence Chantier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Cerlesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Mellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Rami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livre Blanc Silence Chantier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018, Livre Blanc Silence Chantier</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Atlantis: Audio Experimentation in a Shared Online World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Francis Sinclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Tanant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Gena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mitsuko Aramaki, Richard Kronland-Martinet, Sølvi Ystad. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bridging People and Sound. 12th International Symposium, CMMR 2016, São Paulo, Brazil, July 5–8, 2016, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10525, Springer, pp.229-246, 2017, Lecture Notes in Computer Science, 978-3-319-67738-5. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-67738-5_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles extensions du domaine instrumental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrosound. Machines, musiques &amp; cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IAE & IAEOU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Schnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Zappi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roland Cahen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topophonie research project : Audiographic cluster navigation (2009-2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSCI - Les Ateliers / Paris Design Lab, pp.50-51, 2012, Les Carnets d’Expérimentation de l’École Nationale Supérieure de Création Industrielle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation et composition dans un univers graphique 3D de grains sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépaduès Editions; Sophie Chauvin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information & Visualisation: Enjeux, recherches et applications,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.243-268, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studio Expérimental NEW ATLANTIS - Carnet de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Tanant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louna Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Giordana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Gueganton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSCi les Ateliers. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de recherche Studio Experimental Upmix Café</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSCI les Ateliers. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01484466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topophonie Research project Audiographic cluster navigation (2009-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ENSCI les Ateliers. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENIGMES Compte rendu du projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSCI les Ateliers; Ircam UMR STMS 9912; LIMSI-CNRS. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORGANUM XXI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Rémus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Azambourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Fontvieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles physiques, modèles abstraits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02915790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENIGMES - Experimentation de Nouvelles Interfaces Gestuelles pour la Musique Et le Son - Compte rendu Vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01509371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId105"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Roland Cahen </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'ascendance bioculturelle du design d'interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendy Mackay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beaudouin-Lafon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHM'25 - 36e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIHM; Université de Toulouse; ENAC, Nov 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédagogie du design par la recherche documentaire ouverte, coopérative et trans-disciplinaire en atelier de projets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AD•REC 2025 - Conférence Art Design Recherche : Faire, encore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École supérieure d’art et design de Saint-Étienne (Esadse), May 2025, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonagining the workspace: a user-centric workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inter-noise : 53rd International Congress &amp; Exposition on Noise Control Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, French Acoustical Society, Aug 2024, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching Sound-Design @ENSCI les Ateliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Virtuous Circle – Cumulus Conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Politechnico, Sep 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Atlantis: Audio Experimentation in A shared Online World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pete Sinclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Tanant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Gena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Computer Music Multidisciplinary Research (CMMR 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Sao Paulo, Jul 2016, São Paulo, Brazil. pp.183-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMART CITY +</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LOCUS SONUS — 8th International Symposium — Audio Mobility </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LOCUS SONUS, Apr 2017, Aix en Provence, France. pp.158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirty Tangible Interfaces: Expressive Control of Computers with True Grit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Massin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Paris, France. pp.2991-2994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossing jungle : an analytical and experimental approach of activation profiles for audio-graphic navigation in clusters of leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Julie Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEA - the 17th International Symposium of Electronic Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sabanci University, Sep 2011, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Audio–Graphic Modeling for X3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web3D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound Level of Detail in Interactive Audiographic 3D Scenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brument</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Computer Music Conference (ICMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Huddersfield, United Kingdom. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principles and Applications of Interactive Corpus-Based Concatenative Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Britton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale (JIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Albi, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plumage: Design d’une interface 3D pour le parcours d’ échantillons sonores granularisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Ajaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHM-07 19th Conference on l'Interaction Homme-Machine </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Paris, France. pp.71 - 71, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1541436.1541450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musical Applications of Real-Time Corpus-Based Concatenative Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Britton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goepfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Computer Music Conference (ICMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Copenhaguen, Denmark. pp.47-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENIGMES : LA PARTITION NAVIGABLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://jim.afim-asso.org/jim2007/, Apr 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plumage: Design d'une interface 3D pour le parcours d'échantillons sonores granularisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Ajaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Francophone sur l'Interaction Homme-Machine IHM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound Navigation in the PHASE installation: producing music as performing a game using haptic feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual Stoyrtelling 05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Phase project : haptic and visual interaction for music exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mobuchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of haptic and visual interaction for sound and music control in the phase project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NIME'05, 5th int. conf. on New interfaces for musical expression, Vancourer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, X, France. pp.109-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01125229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound and music control using haptic and visual feedback in the PHASE installation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NIME 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des applications MusiqueLab 6 applications musicales interactives pour l'enseignement musical dans les collèges et lycées Ircam -Centre Georges Pompidou Ministère de l'éducation nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Gerszo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Saugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Montbéliard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The representation–usage–impact approach to anticipate long-term social effects of autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Étienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (e47), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsj.2024.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Sound Spatialisation to Kinetic Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Perception, Representations, Image, Sound, Music 14th International Symposium, CMMR 2019, Marseille, France, October 14–18, 2019, Revised Selected Papers, 12631, pp.517-530. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-70210-6_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnet de recherches documentaires de l'Atelier de Projets IMPACT 2025, ENSCi les Ateliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Pica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlie Gouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868538v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A suitable audio framework design for videoconferencing and online teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a responsible future by anticipating long-term impacts of disruptive products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICED</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre Blanc Silence Chantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Hiétin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société du Grand Paris, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre-blanc_Silence-Chantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Hiétin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topophonie Research Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENSCI - Les Ateliers / Paris Design Lab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Les Carnets d’Expérimentation de l’École Nationale Supérieure de Création Industrielle, Roland Cahen</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01503661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDIO EXPERIMENTAL « MOINS-NUISANT » À L’ENSCi LES ATELIERS. - Chapitre du Livre Blanc Silence Chantier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Cerlesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Mellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Rami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livre Blanc Silence Chantier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018, Livre Blanc Silence Chantier</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Atlantis: Audio Experimentation in a Shared Online World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Francis Sinclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Tanant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Gena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mitsuko Aramaki, Richard Kronland-Martinet, Sølvi Ystad. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bridging People and Sound. 12th International Symposium, CMMR 2016, São Paulo, Brazil, July 5–8, 2016, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10525, Springer, pp.229-246, 2017, Lecture Notes in Computer Science, 978-3-319-67738-5. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-67738-5_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles extensions du domaine instrumental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrosound. Machines, musiques &amp; cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IAE & IAEOU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Schnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Zappi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roland Cahen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topophonie research project : Audiographic cluster navigation (2009-2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSCI - Les Ateliers / Paris Design Lab, pp.50-51, 2012, Les Carnets d’Expérimentation de l’École Nationale Supérieure de Création Industrielle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation et composition dans un univers graphique 3D de grains sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépaduès Editions; Sophie Chauvin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information & Visualisation: Enjeux, recherches et applications,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.243-268, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studio Expérimental NEW ATLANTIS - Carnet de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Tanant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louna Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Giordana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Gueganton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSCi les Ateliers. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de recherche Studio Experimental Upmix Café</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSCI les Ateliers. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01484466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topophonie Research project Audiographic cluster navigation (2009-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ENSCI les Ateliers. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENIGMES Compte rendu du projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSCI les Ateliers; Ircam UMR STMS 9912; LIMSI-CNRS. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORGANUM XXI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Rémus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Azambourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Fontvieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles physiques, modèles abstraits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02915790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENIGMES - Experimentation de Nouvelles Interfaces Gestuelles pour la Musique Et le Son - Compte rendu Vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Cahen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01509371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId105"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Savary" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cahen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Mackay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beaudouin-Lafon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085608v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710340v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Marchal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509407v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509400v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete Sinclair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tanant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gena" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barthelemy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106849v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pellerin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Massin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jacquemin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161293v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Ding" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509402v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Julie Bourgeois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161295v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brument" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161401v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Britton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509376v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Ajaj" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Olivier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1541436.1541450" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goepfer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509373v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161400v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Olivier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106153v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lambert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106130v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gosselin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mobuchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125229v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaudy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guedy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106131v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532085v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gerszo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jourdan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Saugier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853725v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lecomte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thibaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice &#201;tienne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsj.2024.44" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701243v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70210-6_33" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868538v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Weil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Pica" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Gouin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376108v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Hi&#233;tin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Masson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879242v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ensci.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855747v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Cerlesi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Mellon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Rami" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coulon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791975v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Francis Sinclair" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67738-5_14" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547770v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575276v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schnell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Zappi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106350v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511008v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Garcia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Giordana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gueganton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484466v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483733v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509369v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497581v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques R&#233;mus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Azambourg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fontvieille" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poisson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915790v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01509371v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Savary" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cahen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Mackay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beaudouin-Lafon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085608v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710340v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Marchal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509407v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509400v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete Sinclair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tanant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gena" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barthelemy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106849v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pellerin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Massin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jacquemin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Julie Bourgeois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161293v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Ding" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161295v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brument" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161401v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Britton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509376v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Ajaj" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Olivier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1541436.1541450" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goepfer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509373v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161400v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Olivier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106153v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lambert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106130v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gosselin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mobuchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125229v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaudy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guedy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106131v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532085v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gerszo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jourdan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Saugier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853725v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lecomte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thibaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice &#201;tienne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsj.2024.44" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701243v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70210-6_33" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868538v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Weil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Pica" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Gouin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376108v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Hi&#233;tin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Masson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879242v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ensci.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855747v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Cerlesi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Mellon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Rami" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coulon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791975v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Francis Sinclair" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67738-5_14" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547770v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575276v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schnell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Zappi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106350v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511008v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Garcia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Giordana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gueganton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484466v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483733v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509369v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497581v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques R&#233;mus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Azambourg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fontvieille" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poisson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915790v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01509371v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>