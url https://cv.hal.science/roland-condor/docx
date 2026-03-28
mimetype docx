--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -628,235 +628,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring digitalisation in the agri-food sector and its paradoxes: Evidence from a comparative study with small French companies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le travail institutionnel de déstabilisation de la ferme des 1000 vaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Condor</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Fournes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Agricultural Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7896/j.2305⟩</w:t>
+              <w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (7), pp.305-326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14229-4.p.0305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04430806v1</w:t>
+                <w:t xml:space="preserve">hal-03856364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail institutionnel de déstabilisation de la ferme des 1000 vaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring digitalisation in the agri-food sector and its paradoxes: Evidence from a comparative study with small French companies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Hamadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Condor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazik Fadil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fournes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2022 (7), pp.305-326. </w:t>
+              <w:t xml:space="preserve">Studies in Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 124 (2), pp.44-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14229-4.p.0305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7896/j.2305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03856364v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chief Happiness Officer : quelles contributions au bien-être en entreprise ?</w:t>
               </w:r>
@@ -927,174 +927,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02901482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’entrepreneuriat collectif dans la méthanisation agricole</w:t>
+                <w:t xml:space="preserve">Entrepreneurship in agriculture: a literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Condor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02428966v1</w:t>
+                <w:t xml:space="preserve">hal-02072872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entrepreneurship in agriculture: a literature review</w:t>
+                <w:t xml:space="preserve">L’entrepreneuriat collectif dans la méthanisation agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Condor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Systèmes alimentaires / Food Systems 2019, n° 4 varia, 2019 (n°4), pp.71-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09829-4.p.0071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02072872v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entreprendre et communs</w:t>
               </w:r>
@@ -2975,51 +2975,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E9089620"/>
+    <w:nsid w:val="5BD87BF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3206,51 +3206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roland-condor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0353-3788" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112318045" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473370v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.065.0091" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980475v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lambert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808473v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJESM-12-2023-0018" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552646v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary C Lavissi&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.231.0111" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430806v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Hamadi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazik Fadil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fournes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7896/j.2305" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856364v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14229-4.p.0305" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02901482v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Tanquerel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.140.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428966v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09829-4.p.0071" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072872v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04470121v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Camus" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. St-Pierre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2019.00340" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973942v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08722-9.p.0287" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006122v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mine Karatas-Ozkan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Anderson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fayolle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Howells" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12124" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073328v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Hachard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.132.0089" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074928v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.112.0031" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321562v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01380807v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Asquin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schmitt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.102.0007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015663v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Daudet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552741v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552631v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951415v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339233v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339355v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093052v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321601v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321662v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321699v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993569v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lar&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Kana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/979-8-3693-4330-2.ch013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180459v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Duvallet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Maritime-Ports-Inland-Corridors-and-Logistics/Bertelle-Gouin-Fremont/p/book/9781032429410" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-24" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05330060v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roland-condor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0353-3788" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112318045" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473370v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.065.0091" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980475v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lambert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808473v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJESM-12-2023-0018" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552646v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary C Lavissi&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.231.0111" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856364v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14229-4.p.0305" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430806v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Hamadi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazik Fadil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fournes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7896/j.2305" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02901482v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Tanquerel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.140.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072872v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428966v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09829-4.p.0071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04470121v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Camus" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. St-Pierre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2019.00340" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973942v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08722-9.p.0287" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006122v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mine Karatas-Ozkan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Anderson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fayolle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Howells" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12124" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073328v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Hachard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.132.0089" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074928v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.112.0031" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321562v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01380807v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Asquin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schmitt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.102.0007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015663v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Daudet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552741v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552631v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951415v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339233v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339355v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093052v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321601v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321662v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321699v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993569v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lar&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Kana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/979-8-3693-4330-2.ch013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180459v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Duvallet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Maritime-Ports-Inland-Corridors-and-Logistics/Bertelle-Gouin-Fremont/p/book/9781032429410" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-24" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05330060v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>