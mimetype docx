--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Roland Gautier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity Analysis of Self-Interference Cancellation in Differentially-Fed Shared-Patch Antenna Arrays For In-Band Full-Duplex Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanan Ouled Angoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadi Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Maël Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Nesrine Djama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Simpore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 32nd IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Marrakech, Morocco. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS66544.2025.11270633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification de drones basée sur le kurtosis spectral appliqué aux signaux de communication des drones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécurisation de la couche physique des télécommunications militaires (SEPHYTEM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGA; INSA de Rennes, Nov 2025, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacitively and Differentially-Fed Shared Tx/Rx Antenna With Shielding Cavity for IBFD Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raafat Lababidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pérennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Conference on Antenna Measurements and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2025, Antibes Juan-Les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Reversal-aided transmission with Artificial Noise for Physical Layer Security in Ray Tracing Indoor Radio Propagation Channel modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uyen L P Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Q Ta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hanoi, Vietnam. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ATC67618.2025.11268758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Reversal in Ray Tracing Indoor Radio Propagation Channel for Physical Layer Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Phuong Uyen Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Emerging Technologies and Computing (IC_ETC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Brest, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IC_ETC65981.2025.11141243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Synchronization Front-End for LoRa Self-Jamming Operation on SDR Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 15th International Conference on Communications (COMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bucharest, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMM62355.2024.10741438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Insights into the PAPR Computation and Analysis of Chip-Wise DSSS-FTN Signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delaveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of Wireless Communications Systems (ISWCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rio De Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Blind and Semi-Blind Approaches on Encoded Wiretap Full-Duplex Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Ho Chi Minh City, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative des performances des topologies d'antennes In-Band Full-Duplex mono-statiques et bi-statiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanan Ouled Angoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadi Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raafat Lababidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Using Monostatic Antennas with Near-Field Cancellation Technique in IBFD Phased Arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanan Ouled Angoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadi Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Simpore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Thierry Kubwimana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Microelectronics 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Dec 2024, Doha, Qatar. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICM63406.2024.10815762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance assessment framework and concept of operations in live satellite communication systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jou Boris Tiomela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haug Torleif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holmes Justin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International communications satellite systems conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power and second order cyclic covertness of chip-wise Direct Sequence Spread Spectrum Faster-Than-Nyquist signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delaveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Traverso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Military Communications Conference (MILCOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">USRP Experimental Approach for Digital Self-Interference Cancellation in Full-Duplex Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Digulescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florin Popescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Ho Chi Minh City, Vietnam. pp.232-236, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ATC52653.2021.9598203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulated Wideband Converter Compressed Sensing Spectrum Reconstruction in Multi-Level Power of Transmitters Signal Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Ho Chi Minh City, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-Duplex Efficient Channel Codes for Residual Self-Interference/Quantization Noise Cancellation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Signal Processing and Communication Systems (ICSPCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Band & Tone Jamming Analysis and Detection on LoRa signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Security and Protection Information (SPI2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siamese Network on I/Q Signal for RF Fingerprinting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Artificial Intelligence for Defense (CAID) 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Bit Quantization Methods for Modulated Wideband Converter Compressed Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duy Huu Ngoc Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thang Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Waikoloa, Hawaï, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification Of Quantum Encoder Matrix From A Collection Of Pauli Errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pillin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Houssaïn Baghious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Baird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia-Pacific Conference on Communications (APCC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Ho Chi Minh city, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the transmitter signal key parameters on the Compressed Sensing spectrum reconstruction for IoT Cognitive Radio applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian-Pacific Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Ho-Chi-Minh City, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Order Statistics on Minimal Euclidean Distance for Blind Linear Block Code Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2018 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Kansas City, United States. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2018.8422347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Modulated Wideband Converter compressed sensing scheme based on COTS lowpass filter with amplitude and phase compensation for spectrum monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap-Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th IEEE International Conference on Advanced Video and Signal-based Surveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autospectrum Approach for Spectrum Sensing in Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Mahdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International symposium on wireless communication systems 2018 (ISWCS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of Primary User Detection in Cognitive Radio by Scattering Transform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International conference on electronics and wireless communications (ICEWC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum Sensing and Channel Estimation in Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International conference on advanced technology and applied science (ICaTAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arab Academy for Science, and Technology and Maritime Transport, Sep 2017, Alexandria, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des paramètres d'un code correcteur par déficience du nombre de classes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2015 : 25ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification aveugle itérative de codes correcteurs d'erreurs utilisant un décodage basé sur la fiabilité d'équations de parité estimées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Zrelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JC2 2015 : Journées Codage et Cryptographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, La Londe-Les-Maures, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01224527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle méthode robuste d'identification aveugle de la taille des mots de code pour une transmission entachée d'erreurs avec généralisation aux codes correcteurs d'erreurs non-binaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Brest, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-commutative convolutional codes over the infinite dihedral group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Non-commutative rings and their applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes convolutifs non-commutatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Calcul Formel et Complexité de l’IRMAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric multiple-antenna blind spectrum sensing by predicted eigenvalue threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications, ICC 2012, Cognitive Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, ON, Canada. pp.1624-1629, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2012.6364340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicted eigenvalue threshold based spectrum sensing with correlated multiple-antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th IEEE Vehicular Technology Conference, VTC Spring 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Yokohama, Japan. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2012.6240275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Long Spreading Codes DS-CDMA Signal Identification in Frequency Selective Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala Nzeza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Himschoot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE-Communications, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bucharest, Romania. pp.357-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus on Theoretical Properties of Blind Convolutional Codes Identiﬁcation Methods Based on Rank Criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE-Communications, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bucharest, Romania. pp.353-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric Multiple-Antenna Blind Spectrum Sensing by Predicted Eigenvalue Threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, Canada. pp.1649-1654</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Detection of the Number of Transmitting Antennas for Spatially-Correlated MIMO Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Intelligent Transport Systems Telecommunications, ITST'2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Petersburg, Russia. pp.458-462, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2011.6060100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind identification of convolutional encoder parameters over GF(2m) in the noiseless case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Computer Communication Networks, IEEE ICCCN 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Maui, Hawaii, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCCN.2011.6005780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification aveugle des paramètres des codes convolutifs non-binaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Codage et Cryptographie 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Saint-Pierre d'Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind MIMO MC-CDMA parameters estimation over fading channels for cognitive radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Intelligent Transport Systems Telecommunications, ITST 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Kyoto, Japan. pp.Session WE4 : Radio Transmission Technologies I, 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance aveugle de turbocodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Codage et Cryptographie 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, France. pp.55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00492010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual Code Method for Blind Identification of Convolutional Encoder for Cognitive Radio Receiver Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5-th IEEE Broadband Wireless Access Workshop, IEEE GLOBECOM 2009,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Honolulu, Hawaii, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOMW.2009.5360726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic spectral monitoring for flexible and reconfigurable railways communication systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Moniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications,(ITST),2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lille, France. pp.228-233, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind MC-DS-CDMA parameters estimation in frequency selective channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Moniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEEE Broadband Wireless Access Workshop Workshop, co-located with IEEE GLOBECOM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOMW.2009.5360761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind recovery of the second convolutional encoder of a turbo-code when its systematic outputs are punctured</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7-th IEEE-Communications 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Bucharest, Romania. pp.345-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel Blind Multiuser Synchronization and Sequences Estimation in Multirate CDMA Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE - Asilomar Conference on Signals, Systems and Computers 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Pacific Grove, California, United States. pp.2157-2161, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACSSC.2006.355150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Multiuser Detection in Multirate CDMA Transmissions Using Fluctuations of Correlation Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2006, San Francisco, California, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2006.592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Multiuser Identification in Multirate CDMA Transmissions: A New Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE - Asilomar Conference on Signals, Systems and Computers 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Pacific Grove, California, United States. pp.2162-2166, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACSSC.2006.355151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation et estimation aveugle de séquences d’étalement pour une transmission de type CDMA en liaison descendante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier Congrès International de Signaux, Circuits et Systèmes (SCS 04)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Monastir, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind synchronization and sequences identification in CDMA transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.N. Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MILCOM 2004. Military Communications Conference, 2004.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Monterey, United States. pp.1384-1390, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MILCOM.2004.1495144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Estimation of Encoder and Interleaver Characteristics in a Non Cooperative Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASTED International Conference on Communications, Internet and Information Technology (CIIT 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Scottsdale, AZ, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind estimation of scrambler offset using encoder redundancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnathan Letessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Berder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the Thirty-Sixth Asilomar Conference on Signals, Systems and Computers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Pacific Grove, United States. pp.626-630, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACSSC.2002.1197256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PAPR correction scheme for LoRa self‐jamming waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Digulescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cmu2.12854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la détection de l'échange d'information entre étudiants dans les contrôles à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khawla Ben Gaied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramla Ben Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22 (2023), pp.0001. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20230001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367723v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypercube quantum search: exact computation of the probability of success in polynomial time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pillin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Baird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Houssaïn Baghious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22 (3), pp.149. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11128-023-03883-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wideband Spectrum Sensing Using Modulated Wideband Converter and Data Reduction Invariant Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Advanced Techniques for Acquisition and Sensing, 23 (4), pp.2263. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23042263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modulated Wideband Converter Model Based on Linear Algebra and Its Application to Fast Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (19), pp.7381. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22197381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modulated Wideband Converter Calibration Technique Based on a Single Measurement of a White Noise Signal with Advanced Resynchronization Preprocessing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Martin-Guennou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (5), pp.774. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics11050774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Widely-Linear Digital Self-Interference Cancellation in Full-Duplex USRP Transceiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Digulescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (24), pp.9607. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22249607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03917285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Semi-Blind Self-Interference Cancellation and Equalisation Processes in 5G QC-LDPC-Encoded Short-Packet Full-Duplex Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Quang Ta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.2204. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22062204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Modeling to Sensing of Micro-Doppler in Radio Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (24), pp.6310. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs14246310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04231316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Scheme for Discrete and Secure LoRa Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (20), pp.7947. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22207947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiding Messages in Secure Connection Transmissions with Full-Duplex Overt Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Tung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Ta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (15), pp.5812. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22155812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Iterative Blind Self-Interference Cancellation, Propagation Channel Estimation and Decoding Processes in Full-Duplex Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Quang Ta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.22795-22807. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3154765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03591033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RF eigenfingerprints, an Efficient RF Fingerprinting Method in IoT Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (11), pp.4291. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22114291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drone Detection and Classification Using Physical-Layer Protocol Statistical Fingerprint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (17), pp.6701. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22176701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum Sensing by Cepstral Covariance Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi-Clement Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (6), pp.1323-1327. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2022.3157773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secrecy Coding Analysis of Short-Packet Full-Duplex Transmissions with Joint Iterative Channel Estimation and Decoding Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special Issue Physical-Layer Security for Wireless Communications, 22 (14), </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22145257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and Efficient LoRa Receiver Scheme for Multi-Path Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2022.3151257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cepstrum-Based Spectrum Sensing Approach for Detecting Spread Spectrum Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi-Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2128 (1), pp.012003. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/2128/1/012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical Performance of LoRa System in Multi-Path and Interference Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2021.3114439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wideband Spectrum Sensing Approach for Cognitive Radios Based on Cepstral Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Open Journal of the Communications Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, pp.863-888. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OJCOMS.2020.3007171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital compensation of lowpass filters imperfection in the Modulated Wideband Converter compressed sensing scheme for radio frequency monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap-Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 152, pp.292 - 310. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sigpro.2018.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01822883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum Sensing by Scattering Operators in Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K C Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Advanced Research in Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45, pp.13 - 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification Based on Euclidean Distance Distribution for Blind Identification of Error Correcting Codes in Noncooperative Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 66 (10), pp.2572 - 2583. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSP.2018.2816587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01770166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convolutional block codes with cryptographic properties over the semi-direct product Z / N Z ⋊ Z / M Z</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Designs, Codes and Cryptography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.395-407. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10623-015-0101-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind identification of code word length for non-binary error-correcting codes in noisy transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (1), pp.2015:43. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-015-0294-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-commutative convolutional codes over the infinite dihedral group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information and Coding Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (1), pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple-Antenna Based Blind Spectrum Sensing in the Presence of Impulsive Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (5), pp.2248-2257. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2013.2290839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some interesting dual-code properties of convolutional encoder for standards self-recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (8), pp.931-935. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-com.2010.0463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FOCUS ON THEORETICAL PROPERTIES OF BLIND CONVOLUTIONAL CODES IDENTIFICATION METHODS BASED ON RANK CRITERION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, XXII (4), pp.213-234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic method for blind recovery of punctured convolutional encoders from an erroneous bitstream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.122-131. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-spr.2010.0343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind recovery of k/n rate convolutional encoders in a noisy environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011 (168), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-1499-2011-168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Recognition of Orthogonal Space-Time Block Codes Based on the Kurtosis of Cross-Correlations Lags</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazeika Arunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Koffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collin Ludovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (2), pp.109-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind estimation of block interleaver length and encoder parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, XXI (1), pp.31-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BLIND RECOGNITION OF ORTHOGONAL SPACE-TIME BLOCK CODES BASED ON THE KURTOSIS OF CROSS-CORRELATIONS LAGS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arunas Mazeika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, XXI (2), pp.109-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Recovery of the Second Convolutional Encoder of a Turbo-Code when Its Systematic Outputs Are Punctured</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, XIX (2), pp.213-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical Performances Analysis of the Blind Multiuser Detection based on Fluctuations of Correlation Estimators in Multirate CDMA Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, XVIII (2), pp.119-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédés d’émission et de réception d’une communication sans fil étalée spectralement à forte efficacité spectrale potentielle et dispositifs associés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Traverso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delaveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR073271. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROCEDE ET DISPOSITIF D'ANALYSE DE TRAIN BINAIRE ET DE RECONSTRUCTION EN AVEUGLE DE CODES CORRECTEURS D'ERREURS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR 2962615 (A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROCÉDÉ DE DÉTERMINATION D'AU MOINS UN PARAMÈTRE D'UN CODE CORRECTEUR D'ERREURS MIS EN OEUVRE EN ÉMISSION, DISPOSITIF ET PROGRAMME D'ORDINATEUR CORRESPONDANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: WO 2012004321 (A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint EigenValue Decomposition for Quantum Information Theory and Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pillin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Baird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Houssaïn Baghious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matrix Theory - Classics and Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IntechOpen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.102899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Detection, Parameters Estimation and Despreading of DS-CDMA Signals in Multirate Multiuser Cognitive Radio Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala Nzeza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cheng-Xiang Wang and Joseph Mitola III (Ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Cognitive Radio Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, Chapter 6, 1 - 26, 2012, 978-953-51-0666-1. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/30366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la conférence CAID 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Vieilleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane May</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Ruiloba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive radio for high speed railway through dynamic and opportunistic spectrum reuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Cocheril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Kalakech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Ghys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Transport Research Arena (TRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Paris, France. , pp.1-10, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId246"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Roland Gautier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity Analysis of Self-Interference Cancellation in Differentially-Fed Shared-Patch Antenna Arrays For In-Band Full-Duplex Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanan Ouled Angoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadi Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Maël Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Nesrine Djama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Simpore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 32nd IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Marrakech, Morocco. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS66544.2025.11270633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification de drones basée sur le kurtosis spectral appliqué aux signaux de communication des drones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécurisation de la couche physique des télécommunications militaires (SEPHYTEM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGA; INSA de Rennes, Nov 2025, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacitively and Differentially-Fed Shared Tx/Rx Antenna With Shielding Cavity for IBFD Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raafat Lababidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Pérennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Conference on Antenna Measurements and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2025, Antibes Juan-Les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Reversal-aided transmission with Artificial Noise for Physical Layer Security in Ray Tracing Indoor Radio Propagation Channel modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uyen L P Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Q Ta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hanoi, Vietnam. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ATC67618.2025.11268758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Reversal in Ray Tracing Indoor Radio Propagation Channel for Physical Layer Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Phuong Uyen Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Emerging Technologies and Computing (IC_ETC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Brest, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IC_ETC65981.2025.11141243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Synchronization Front-End for LoRa Self-Jamming Operation on SDR Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 15th International Conference on Communications (COMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bucharest, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMM62355.2024.10741438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Insights into the PAPR Computation and Analysis of Chip-Wise DSSS-FTN Signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delaveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of Wireless Communications Systems (ISWCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rio De Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Blind and Semi-Blind Approaches on Encoded Wiretap Full-Duplex Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Ho Chi Minh City, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative des performances des topologies d'antennes In-Band Full-Duplex mono-statiques et bi-statiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanan Ouled Angoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadi Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raafat Lababidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Using Monostatic Antennas with Near-Field Cancellation Technique in IBFD Phased Arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanan Ouled Angoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadi Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Simpore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Thierry Kubwimana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Microelectronics 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Dec 2024, Doha, Qatar. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICM63406.2024.10815762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance assessment framework and concept of operations in live satellite communication systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jou Boris Tiomela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haug Torleif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holmes Justin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International communications satellite systems conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power and second order cyclic covertness of chip-wise Direct Sequence Spread Spectrum Faster-Than-Nyquist signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delaveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Traverso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Military Communications Conference (MILCOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">USRP Experimental Approach for Digital Self-Interference Cancellation in Full-Duplex Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Digulescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florin Popescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Ho Chi Minh City, Vietnam. pp.232-236, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ATC52653.2021.9598203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulated Wideband Converter Compressed Sensing Spectrum Reconstruction in Multi-Level Power of Transmitters Signal Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Technologies for Communications (ATC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Ho Chi Minh City, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-Duplex Efficient Channel Codes for Residual Self-Interference/Quantization Noise Cancellation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Signal Processing and Communication Systems (ICSPCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Band & Tone Jamming Analysis and Detection on LoRa signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Security and Protection Information (SPI2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siamese Network on I/Q Signal for RF Fingerprinting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Artificial Intelligence for Defense (CAID) 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification Of Quantum Encoder Matrix From A Collection Of Pauli Errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pillin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Houssaïn Baghious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Baird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia-Pacific Conference on Communications (APCC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Ho Chi Minh city, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Bit Quantization Methods for Modulated Wideband Converter Compressed Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duy Huu Ngoc Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thang Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Waikoloa, Hawaï, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the transmitter signal key parameters on the Compressed Sensing spectrum reconstruction for IoT Cognitive Radio applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian-Pacific Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Ho-Chi-Minh City, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Order Statistics on Minimal Euclidean Distance for Blind Linear Block Code Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2018 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Kansas City, United States. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2018.8422347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Modulated Wideband Converter compressed sensing scheme based on COTS lowpass filter with amplitude and phase compensation for spectrum monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap-Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th IEEE International Conference on Advanced Video and Signal-based Surveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autospectrum Approach for Spectrum Sensing in Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Mahdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International symposium on wireless communication systems 2018 (ISWCS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of Primary User Detection in Cognitive Radio by Scattering Transform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International conference on electronics and wireless communications (ICEWC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum Sensing and Channel Estimation in Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International conference on advanced technology and applied science (ICaTAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arab Academy for Science, and Technology and Maritime Transport, Sep 2017, Alexandria, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des paramètres d'un code correcteur par déficience du nombre de classes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2015 : 25ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification aveugle itérative de codes correcteurs d'erreurs utilisant un décodage basé sur la fiabilité d'équations de parité estimées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Zrelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JC2 2015 : Journées Codage et Cryptographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, La Londe-Les-Maures, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01224527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle méthode robuste d'identification aveugle de la taille des mots de code pour une transmission entachée d'erreurs avec généralisation aux codes correcteurs d'erreurs non-binaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Brest, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-commutative convolutional codes over the infinite dihedral group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Non-commutative rings and their applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes convolutifs non-commutatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Calcul Formel et Complexité de l’IRMAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric multiple-antenna blind spectrum sensing by predicted eigenvalue threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications, ICC 2012, Cognitive Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, ON, Canada. pp.1624-1629, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2012.6364340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicted eigenvalue threshold based spectrum sensing with correlated multiple-antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th IEEE Vehicular Technology Conference, VTC Spring 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Yokohama, Japan. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2012.6240275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Long Spreading Codes DS-CDMA Signal Identification in Frequency Selective Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala Nzeza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Himschoot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE-Communications, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bucharest, Romania. pp.357-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus on Theoretical Properties of Blind Convolutional Codes Identiﬁcation Methods Based on Rank Criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE-Communications, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bucharest, Romania. pp.353-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric Multiple-Antenna Blind Spectrum Sensing by Predicted Eigenvalue Threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, Canada. pp.1649-1654</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Detection of the Number of Transmitting Antennas for Spatially-Correlated MIMO Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Intelligent Transport Systems Telecommunications, ITST'2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Petersburg, Russia. pp.458-462, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2011.6060100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind identification of convolutional encoder parameters over GF(2m) in the noiseless case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Computer Communication Networks, IEEE ICCCN 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Maui, Hawaii, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCCN.2011.6005780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification aveugle des paramètres des codes convolutifs non-binaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Codage et Cryptographie 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Saint-Pierre d'Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind MIMO MC-CDMA parameters estimation over fading channels for cognitive radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Intelligent Transport Systems Telecommunications, ITST 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Kyoto, Japan. pp.Session WE4 : Radio Transmission Technologies I, 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance aveugle de turbocodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Codage et Cryptographie 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, France. pp.55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00492010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual Code Method for Blind Identification of Convolutional Encoder for Cognitive Radio Receiver Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5-th IEEE Broadband Wireless Access Workshop, IEEE GLOBECOM 2009,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Honolulu, Hawaii, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOMW.2009.5360726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic spectral monitoring for flexible and reconfigurable railways communication systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Moniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications,(ITST),2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lille, France. pp.228-233, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind MC-DS-CDMA parameters estimation in frequency selective channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Moniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEEE Broadband Wireless Access Workshop Workshop, co-located with IEEE GLOBECOM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOMW.2009.5360761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind recovery of the second convolutional encoder of a turbo-code when its systematic outputs are punctured</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7-th IEEE-Communications 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Bucharest, Romania. pp.345-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel Blind Multiuser Synchronization and Sequences Estimation in Multirate CDMA Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE - Asilomar Conference on Signals, Systems and Computers 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Pacific Grove, California, United States. pp.2157-2161, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACSSC.2006.355150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Multiuser Detection in Multirate CDMA Transmissions Using Fluctuations of Correlation Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2006, San Francisco, California, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2006.592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Multiuser Identification in Multirate CDMA Transmissions: A New Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE - Asilomar Conference on Signals, Systems and Computers 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Pacific Grove, California, United States. pp.2162-2166, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACSSC.2006.355151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation et estimation aveugle de séquences d’étalement pour une transmission de type CDMA en liaison descendante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier Congrès International de Signaux, Circuits et Systèmes (SCS 04)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Monastir, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind synchronization and sequences identification in CDMA transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.N. Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MILCOM 2004. Military Communications Conference, 2004.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Monterey, United States. pp.1384-1390, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MILCOM.2004.1495144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Estimation of Encoder and Interleaver Characteristics in a Non Cooperative Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASTED International Conference on Communications, Internet and Information Technology (CIIT 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Scottsdale, AZ, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind estimation of scrambler offset using encoder redundancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnathan Letessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Berder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the Thirty-Sixth Asilomar Conference on Signals, Systems and Computers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Pacific Grove, United States. pp.626-630, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACSSC.2002.1197256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PAPR correction scheme for LoRa self‐jamming waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Digulescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cmu2.12854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la détection de l'échange d'information entre étudiants dans les contrôles à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khawla Ben Gaied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramla Ben Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22 (2023), pp.0001. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20230001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367723v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypercube quantum search: exact computation of the probability of success in polynomial time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pillin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Baird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Houssaïn Baghious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22 (3), pp.149. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11128-023-03883-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wideband Spectrum Sensing Using Modulated Wideband Converter and Data Reduction Invariant Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Advanced Techniques for Acquisition and Sensing, 23 (4), pp.2263. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23042263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modulated Wideband Converter Model Based on Linear Algebra and Its Application to Fast Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (19), pp.7381. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22197381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modulated Wideband Converter Calibration Technique Based on a Single Measurement of a White Noise Signal with Advanced Resynchronization Preprocessing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Martin-Guennou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (5), pp.774. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics11050774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Widely-Linear Digital Self-Interference Cancellation in Full-Duplex USRP Transceiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Digulescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (24), pp.9607. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22249607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03917285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Semi-Blind Self-Interference Cancellation and Equalisation Processes in 5G QC-LDPC-Encoded Short-Packet Full-Duplex Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Quang Ta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.2204. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22062204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Modeling to Sensing of Micro-Doppler in Radio Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (24), pp.6310. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs14246310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04231316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Scheme for Discrete and Secure LoRa Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (20), pp.7947. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22207947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiding Messages in Secure Connection Transmissions with Full-Duplex Overt Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Tung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Ta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (15), pp.5812. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22155812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RF eigenfingerprints, an Efficient RF Fingerprinting Method in IoT Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (11), pp.4291. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22114291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drone Detection and Classification Using Physical-Layer Protocol Statistical Fingerprint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Morge-Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Canaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (17), pp.6701. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22176701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum Sensing by Cepstral Covariance Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi-Clement Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (6), pp.1323-1327. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2022.3157773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Iterative Blind Self-Interference Cancellation, Propagation Channel Estimation and Decoding Processes in Full-Duplex Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Quang Ta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.22795-22807. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3154765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03591033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secrecy Coding Analysis of Short-Packet Full-Duplex Transmissions with Joint Iterative Channel Estimation and Decoding Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Quoc Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Despina-Stoian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special Issue Physical-Layer Security for Wireless Communications, 22 (14), </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22145257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and Efficient LoRa Receiver Scheme for Multi-Path Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2022.3151257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cepstrum-Based Spectrum Sensing Approach for Detecting Spread Spectrum Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi-Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2128 (1), pp.012003. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/2128/1/012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical Performance of LoRa System in Multi-Path and Interference Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Demeslay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2021.3114439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wideband Spectrum Sensing Approach for Cognitive Radios Based on Cepstral Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Open Journal of the Communications Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, pp.863-888. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OJCOMS.2020.3007171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital compensation of lowpass filters imperfection in the Modulated Wideband Converter compressed sensing scheme for radio frequency monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lap-Luat Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 152, pp.292 - 310. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sigpro.2018.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01822883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum Sensing by Scattering Operators in Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Moawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K C Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Advanced Research in Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45, pp.13 - 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification Based on Euclidean Distance Distribution for Blind Identification of Error Correcting Codes in Noncooperative Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bonvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 66 (10), pp.2572 - 2583. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSP.2018.2816587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01770166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convolutional block codes with cryptographic properties over the semi-direct product Z / N Z ⋊ Z / M Z</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Designs, Codes and Cryptography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.395-407. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10623-015-0101-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind identification of code word length for non-binary error-correcting codes in noisy transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (1), pp.2015:43. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-015-0294-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-commutative convolutional codes over the infinite dihedral group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Huisman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information and Coding Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (1), pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple-Antenna Based Blind Spectrum Sensing in the Presence of Impulsive Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (5), pp.2248-2257. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2013.2290839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some interesting dual-code properties of convolutional encoder for standards self-recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (8), pp.931-935. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-com.2010.0463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FOCUS ON THEORETICAL PROPERTIES OF BLIND CONVOLUTIONAL CODES IDENTIFICATION METHODS BASED ON RANK CRITERION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasamine Zrelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuel Radoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, XXII (4), pp.213-234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic method for blind recovery of punctured convolutional encoders from an erroneous bitstream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.122-131. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-spr.2010.0343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind recovery of k/n rate convolutional encoders in a noisy environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011 (168), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-1499-2011-168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Recognition of Orthogonal Space-Time Block Codes Based on the Kurtosis of Cross-Correlations Lags</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazeika Arunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Koffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collin Ludovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (2), pp.109-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind estimation of block interleaver length and encoder parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, XXI (1), pp.31-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BLIND RECOGNITION OF ORTHOGONAL SPACE-TIME BLOCK CODES BASED ON THE KURTOSIS OF CROSS-CORRELATIONS LAGS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arunas Mazeika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Clément Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, XXI (2), pp.109-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Recovery of the Second Convolutional Encoder of a Turbo-Code when Its Systematic Outputs Are Punctured</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, XIX (2), pp.213-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical Performances Analysis of the Blind Multiuser Detection based on Fluctuations of Correlation Estimators in Multirate CDMA Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala-Nzéza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTA Review / Military Technical Academy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, XVIII (2), pp.119-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédés d’émission et de réception d’une communication sans fil étalée spectralement à forte efficacité spectrale potentielle et dispositifs associés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Traverso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delaveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR073271. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROCEDE ET DISPOSITIF D'ANALYSE DE TRAIN BINAIRE ET DE RECONSTRUCTION EN AVEUGLE DE CODES CORRECTEURS D'ERREURS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR 2962615 (A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROCÉDÉ DE DÉTERMINATION D'AU MOINS UN PARAMÈTRE D'UN CODE CORRECTEUR D'ERREURS MIS EN OEUVRE EN ÉMISSION, DISPOSITIF ET PROGRAMME D'ORDINATEUR CORRESPONDANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: WO 2012004321 (A1). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint EigenValue Decomposition for Quantum Information Theory and Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Burel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pillin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Baird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Houssaïn Baghious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matrix Theory - Classics and Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IntechOpen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.102899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Detection, Parameters Estimation and Despreading of DS-CDMA Signals in Multirate Multiuser Cognitive Radio Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crépin Nsiala Nzeza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cheng-Xiang Wang and Joseph Mitola III (Ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Cognitive Radio Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, Chapter 6, 1 - 26, 2012, 978-953-51-0666-1. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/30366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la conférence CAID 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Vieilleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane May</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Ruiloba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive radio for high speed railway through dynamic and opportunistic spectrum reuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Cocheril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Kalakech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Ghys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Transport Research Arena (TRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Paris, France. , pp.1-10, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId246"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05411534v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Ouled Angoura" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Hijazi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Ma&#235;l Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Nesrine Djama" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Simpore" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS66544.2025.11270633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283748v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Youssef" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Gautier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05450476v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chaya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Roy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Lababidi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484301v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uyen L P Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rostaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Q Ta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap Luat Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ATC67618.2025.11268758" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495219v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap Phuong Uyen Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC_ETC65981.2025.11141243" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04802774v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Demeslay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Despina-Stoian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMM62355.2024.10741438" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668549v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fraisse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevalier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delaveau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751204v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao Quoc Vuong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fiche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marazin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04607012v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04849406v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thierry Kubwimana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM63406.2024.10815762" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04210245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jou Boris Tiomela" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haug Torleif" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holmes Justin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berthou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194376v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Traverso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535627v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Digulescu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Radoi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Popescu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ATC52653.2021.9598203" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379719v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481171v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266735v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Burel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752408v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Morge-Rollet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Jeune" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403852v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Huu Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Huynh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02455812v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pillin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Houssa&#239;n Baghious" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baird" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374263v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759075v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bonvard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2018.8422347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01937415v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap-Luat Nguyen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Canaff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01867840v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Mahdy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Cl&#233;ment Yao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mansour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707201v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Moawad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707087v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207183v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224527v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Zrelli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876542v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasamine Zrelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01087260v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Candau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Huisman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01087265v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802531v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Hassan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Dayoub" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6364340" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802542v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2012.6240275" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714035v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cr&#233;pin Nsiala Nzeza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Himschoot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714014v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rannou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711756v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666132v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cr&#233;pin Nsiala-Nz&#233;za" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2011.6060100" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCN.2011.6005780" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00665742v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568593v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492010v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485837v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2009.5360726" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485849v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Moniak" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399350" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474162v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2009.5360761" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485785v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485760v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2006.355150" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485674v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2006.592" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485666v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2006.355151" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03224080v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03222241v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Nz&#233;za" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gautier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MILCOM.2004.1495144" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03224053v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03222303v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathan Letessier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Berder" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2002.1197256" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04803057v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cmu2.12854" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03367723v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Ben Gaied" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Ben Abdelkader" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20230001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04031275v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Houssa&#239;n Baghious" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-023-03883-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995798v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23042263" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791178v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22197381" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601692v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Martin-Guennou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics11050774" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917285v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22249607" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608773v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Quang Ta" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22062204" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231316v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14246310" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04005300v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22207947" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791214v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Tung Nguyen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Ta" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22155812" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591033v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Marazin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3154765" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713913v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22114291" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03808820v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176701" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05499819v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi-Clement Yao" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2022.3157773" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723259v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22145257" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613269v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Demeslay" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2022.3151257" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03588927v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi-Cl&#233;ment Yao" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2128/1/012003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519372v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2021.3114439" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03009519v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJCOMS.2020.3007171" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01822883v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2018.06.011" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02090199v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moawad" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K C Yao" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770166v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2018.2816587" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01163421v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10623-015-0101-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131852v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-015-0294-5" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01087285v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939015v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2013.2290839" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714121v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-com.2010.0463" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00812412v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714044v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-spr.2010.0343" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00665726v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2011-168" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802473v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazeika Arunas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Koffi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Ludovic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Roland" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666168v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666201v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunas Mazeika" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Collin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00395172v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00395179v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951117v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714167v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714164v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630227v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/online-first/81066" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.102899" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714618v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/30366" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206297v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Vieilleville" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane May" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lagrange" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dupuis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Ruiloba" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04079802v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Masson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cocheril" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kalakech" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ghys" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05411534v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Ouled Angoura" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Hijazi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Ma&#235;l Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Nesrine Djama" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Simpore" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS66544.2025.11270633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283748v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Youssef" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Gautier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05450476v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chaya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Roy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Lababidi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484301v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uyen L P Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rostaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Q Ta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap Luat Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ATC67618.2025.11268758" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495219v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap Phuong Uyen Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC_ETC65981.2025.11141243" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04802774v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Demeslay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Despina-Stoian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMM62355.2024.10741438" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668549v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fraisse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevalier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delaveau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751204v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao Quoc Vuong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fiche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marazin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04607012v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04849406v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thierry Kubwimana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM63406.2024.10815762" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04210245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jou Boris Tiomela" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haug Torleif" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holmes Justin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berthou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194376v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Traverso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535627v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Digulescu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Radoi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Popescu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ATC52653.2021.9598203" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379719v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481171v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266735v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Burel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752408v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Morge-Rollet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Jeune" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02455812v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pillin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Houssa&#239;n Baghious" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baird" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403852v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap Nguyen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Huu Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Huynh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374263v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759075v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bonvard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2018.8422347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01937415v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lap-Luat Nguyen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Canaff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01867840v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Mahdy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Cl&#233;ment Yao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mansour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707201v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Moawad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707087v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207183v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224527v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Zrelli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876542v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasamine Zrelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01087260v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Candau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Huisman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01087265v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802531v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Hassan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Dayoub" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6364340" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802542v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2012.6240275" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714035v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cr&#233;pin Nsiala Nzeza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Himschoot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714014v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rannou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711756v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666132v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cr&#233;pin Nsiala-Nz&#233;za" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2011.6060100" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCN.2011.6005780" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00665742v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568593v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492010v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485837v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2009.5360726" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485849v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Moniak" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399350" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474162v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2009.5360761" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485785v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485760v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2006.355150" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485674v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2006.592" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00485666v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2006.355151" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03224080v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03222241v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Nz&#233;za" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gautier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MILCOM.2004.1495144" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03224053v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03222303v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathan Letessier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Berder" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2002.1197256" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04803057v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cmu2.12854" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03367723v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Ben Gaied" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Ben Abdelkader" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20230001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04031275v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Houssa&#239;n Baghious" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-023-03883-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995798v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23042263" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791178v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22197381" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601692v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Martin-Guennou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics11050774" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917285v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22249607" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608773v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Quang Ta" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22062204" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231316v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14246310" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04005300v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22207947" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791214v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Tung Nguyen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Ta" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22155812" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713913v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22114291" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03808820v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176701" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05499819v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi-Clement Yao" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2022.3157773" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591033v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Marazin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3154765" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723259v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22145257" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613269v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Demeslay" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2022.3151257" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03588927v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi-Cl&#233;ment Yao" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2128/1/012003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519372v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2021.3114439" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03009519v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJCOMS.2020.3007171" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01822883v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2018.06.011" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02090199v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moawad" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K C Yao" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770166v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2018.2816587" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01163421v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10623-015-0101-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131852v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-015-0294-5" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01087285v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939015v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2013.2290839" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714121v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-com.2010.0463" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00812412v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714044v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-spr.2010.0343" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00665726v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2011-168" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802473v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazeika Arunas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Koffi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Ludovic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Roland" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666168v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00666201v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunas Mazeika" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Collin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00395172v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00395179v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951117v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714167v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714164v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630227v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/online-first/81066" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.102899" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00714618v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/30366" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206297v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Vieilleville" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane May" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lagrange" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dupuis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Ruiloba" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04079802v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Masson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cocheril" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kalakech" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ghys" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>