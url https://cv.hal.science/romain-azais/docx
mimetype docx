--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1613,593 +1613,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01168651v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A recursive nonparametric estimator for the transition kernel of a piecewise-deterministic Markov process</w:t>
+                <w:t xml:space="preserve">A hidden renewal model for monitoring aquatic systems biosensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Durrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Probability and Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ps/2013054⟩</w:t>
+              <w:t xml:space="preserve">Environmetrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (3), pp.189-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/env.2272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00759065v1</w:t>
+                <w:t xml:space="preserve">hal-00958616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hidden renewal model for monitoring aquatic systems biosensors</w:t>
+                <w:t xml:space="preserve">Nonparametric estimation of the jump rate for piecewise-deterministic Markov processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gilles Durrieu</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gégout-Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmetrics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/env.2272⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00958616v1</w:t>
+                <w:t xml:space="preserve">hal-00925874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonparametric estimation of the jump rate for piecewise-deterministic Markov processes</w:t>
+                <w:t xml:space="preserve">A recursive nonparametric estimator for the transition kernel of a piecewise-deterministic Markov process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Gégout-Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAIM: Probability and Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18, pp.726-749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ps/2013054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00925874v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piecewise deterministic Markov process - recent results</w:t>
+                <w:t xml:space="preserve">Semi-parametric inference for the absorption features of a growth-fragmentation model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Genadot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-André Zitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc/201444017⟩</w:t>
+              <w:t xml:space="preserve">Test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11749-014-0410-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00865092v1</w:t>
+                <w:t xml:space="preserve">hal-01079799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-parametric inference for the absorption features of a growth-fragmentation model</w:t>
+                <w:t xml:space="preserve">Piecewise deterministic Markov process - recent results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Genadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Krell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Zitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Test</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, pp.20. </w:t>
+              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Journées MAS 2012, 44, pp.276-290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11749-014-0410-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/proc/201444017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01079799v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00865092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Parametric estimation of the conditional distribution of the interjumping times for piecewise-deterministic Markov processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gégout-Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 41 (4), pp.950-969. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2246,64 +2246,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonparametric estimation of the jump rate for non-homogeneous marked renewal processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gégout-Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (4), pp.1204-1231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2337,51 +2337,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal quantization applied to Sliced Inverse Regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gégout-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2568,51 +2568,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupture detection in fatigue crack propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gégout-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Greciet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3124,51 +3124,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084380v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gascon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Goldy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebecq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Moulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cerutti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.04.046" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109867v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Aza&#239;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171279v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ingels" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.114366" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910080v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ben-Naoum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2023.07.028" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101612v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Ferrigno" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00949655.2021.1991346" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511901v4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2022.04.033" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097593v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368529v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Galvan-Ampudia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Legrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Brunoud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Martin Arevalillo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.55832" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499914v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Genadot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2018.04.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164364v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gemmerl&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.01351" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360650v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v16-21" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584078v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a12090180" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610926.2017.1327072" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360647v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delyon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/apr.2018.38" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168651v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller-Gueudin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-EJS1207" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759065v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ps/2013054" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958616v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Coudret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durrieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.2272" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KFWSDQFV-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dufour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;gout-Petit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865092v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bardet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Krell" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Zitt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201444017" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079799v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11749-014-0410-6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103700v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.12076" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759062v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/12-AIHP503" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00556420v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Saracco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2011.08.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389225v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leggio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862267v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Greciet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507338.ch6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862266v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507338.ch3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00844395v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013BOR14796" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03953630v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084380v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gascon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Goldy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebecq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Moulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cerutti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.04.046" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109867v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Aza&#239;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171279v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ingels" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.114366" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910080v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ben-Naoum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2023.07.028" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101612v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Ferrigno" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00949655.2021.1991346" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511901v4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2022.04.033" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097593v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368529v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Galvan-Ampudia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Legrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Brunoud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Martin Arevalillo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.55832" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499914v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Genadot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2018.04.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164364v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gemmerl&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.01351" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360650v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v16-21" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584078v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a12090180" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610926.2017.1327072" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360647v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delyon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/apr.2018.38" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168651v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller-Gueudin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-EJS1207" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958616v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Coudret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durrieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.2272" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KFWSDQFV-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925874v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dufour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;gout-Petit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759065v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ps/2013054" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079799v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11749-014-0410-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865092v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bardet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Krell" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Zitt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201444017" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103700v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.12076" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759062v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/12-AIHP503" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00556420v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Saracco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2011.08.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389225v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leggio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862267v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Greciet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507338.ch6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862266v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507338.ch3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00844395v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013BOR14796" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03953630v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>