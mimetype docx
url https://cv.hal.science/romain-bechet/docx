--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -230,412 +230,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737943v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of anticipatory processes between gait and step initiation: The role of the final state</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low back pain reduces reliance on the segment rotation mechanism for postural control in challenging postural conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tisserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Billot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Plard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cabirol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 119, pp.185-188. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.03.018⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 120, pp.136-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008407v1</w:t>
+                <w:t xml:space="preserve">hal-05037674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balance analysis of autistic children during beam walking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Carron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tisserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Benchekri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Bidet-Ildei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/mbj.14516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737998v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low back pain reduces reliance on the segment rotation mechanism for postural control in challenging postural conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparison of anticipatory processes between gait and step initiation: The role of the final state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tisserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Fradet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floren Colloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 120, pp.136-142. </w:t>
+              <w:t xml:space="preserve">, 2025, 119, pp.185-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.04.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.03.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05037674v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The counter-rotating mechanism makes a substantial contribution to balance-movement coordination during the anticipatory period of gait initiation</w:t>
               </w:r>
@@ -1214,51 +1214,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04907577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticipatory muscle tendon kinematics during landing and drop-jumping tasks</w:t>
+                <w:t xml:space="preserve">Invariant kinematic consequences of muscular anticipation during landing and drop-jumping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tisserand</w:t>
@@ -1276,97 +1276,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floren Colloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECSS 2023 - 28th Annual Congress of the European College of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">CMBBE 2023 - 18th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04231525v1</w:t>
+                <w:t xml:space="preserve">hal-04231519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invariant kinematic consequences of muscular anticipation during landing and drop-jumping</w:t>
+                <w:t xml:space="preserve">Anticipatory muscle tendon kinematics during landing and drop-jumping tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tisserand</w:t>
@@ -1384,73 +1384,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floren Colloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMBBE 2023 - 18th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">ECSS 2023 - 28th Annual Congress of the European College of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04231519v1</w:t>
+                <w:t xml:space="preserve">hal-04231525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticipatory landing strategies differ between the lower and the upper limbs</w:t>
               </w:r>
@@ -1937,51 +1937,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737943v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bechet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tisserand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fradet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14472" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008407v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.03.018" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737998v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Benchekri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bidet-Ildei" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14516" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037674v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Plard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cabirol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.04.010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176655v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112860" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957253v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.02.009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743117v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2024.103297" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176650v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907577v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231519v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268229v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien P&#233;neaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231501v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04957331v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737943v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bechet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tisserand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fradet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14472" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037674v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Plard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cabirol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.04.010" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737998v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Benchekri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bidet-Ildei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14516" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008407v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.03.018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176655v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112860" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957253v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.02.009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743117v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2024.103297" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176650v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907577v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231519v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231525v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268229v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien P&#233;neaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231501v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04957331v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>