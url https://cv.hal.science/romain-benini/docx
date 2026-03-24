--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -140,176 +140,185 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistic Inquiry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 56 (3), pp.485-518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/ling_a_00502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Évolutions et situations de la chanson au XIXe siècle, 200, pp.5-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rom.200.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03999976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incongruent enjmabments: the case of classical French verse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -325,73 +334,142 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistic Inquiry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03999953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le chansonnier et les compliments : Béranger et les chansonniers amateurs »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exercices de rhétorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03799409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incongruent enjambments: the case of classical French verse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -407,612 +485,543 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistic Inquiry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03896114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Chansons de Charles Gille : les leçons des manuscrits »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Chanson, 52, p. 37-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’expérience du vers dans Vies, Poésies et Pensées de Joseph Delorme »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Francofonia - Studi e ricerche sulle letterature di lingua francese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 79, p. 9-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Chanson et chiffonnerie à Paris au XIXe siècle »</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanson et chiffonnerie à Paris au xixe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Les Chiffonniers littéraires, 3, p. 571-584</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, Revue d’Histoire littéraire de la France. 3 – 2018, 118e année - n° 3, 3 – 2018 (118e année - n° 3), pp.571 à 584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08294-1.p.0059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Chanson et chiffonnerie à Paris au xixe siècle</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Chanson et chiffonnerie à Paris au XIXe siècle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Revue d’Histoire littéraire de la France. 3 – 2018, 118e année - n° 3, 3 – 2018 (118e année - n° 3), pp.571 à 584. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018, Les Chiffonniers littéraires, 3, p. 571-584</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03799406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La chanson, voix publique (Paris, 1816-1881) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, La Rue, 171, p. 40-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« À propos d’une chanson de Béranger dans “La Maison Tellier” de Maupassant »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littératures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 64, p. 219-227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Du peuple à la canaille : à propos de quelques mots-rime de Rimbaud dans &amp;quot;Le Forgeron&amp;quot; »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Parade sauvage - Revue d’études rimbaldiennes </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 22, p. 17-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1022,189 +1031,189 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mais c'est quoi une goguette ?&amp;quot; (table ronde)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chanter sur l'air de..</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean Vignes; Alice Tacaille; Claire Sicard; Marlène Belly; Bertrand Porot, Jan 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03999966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les mots et la pensée, (dans la) poésie de Bernard Noël »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« sur la langue un nom ». La langue de Bernard Noël</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Romain Benini; Cécile Narjoux, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« The relationship between metrical structure and grammatical structure in Jean Racine’s verse »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1220,120 +1229,120 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2018 NordMetrik conference: Metrics and versification in poetry and song</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thomas Riad, Sep 2018, Stockholm (Mittag Leffler Institute), Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« The metrical ambivalence of lines in 19th century French songs »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« The Structure of Verse : Formal, experimental and computational approaches »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Teresa Proto; Anne Rose Haverkamp; Marc van Oostendorp; Varun. deCastro-Arrazola, Mar 2015, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1343,2138 +1352,2138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Gleize, littéralement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Questions théoriques, 2024, 9782917131572</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Michel</w:t>
+                <w:t xml:space="preserve">hal-04762675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filles du peuple ? Pour une stylistique de la chanson au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ENS Éditions, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.enseditions.17162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03782289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuit de foi et de vertu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03782430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La concordance chez Racine : rapports entre structure grammaticale et forme métrique dans le théâtre de Racine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Questions théoriques, 2024, 9782917131572</w:t>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.enseditions.17162⟩</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03782350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Styles, genres, auteurs. 19, Aspremont, Garnier, La Bruyère, Voltaire, Corbière, Cendras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Couffignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouch Bourmayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veysseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sorbonne Université Presses, 2019, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, Olivier Soutet, 979-10-231-0654-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/CRJW4494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Styles genres auteurs. 17, Chrétien de Troyes, Rabelais, Racine, Chénier, Flaubert, Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guilhem Couffignal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'université Paris-Sorbonne, 306 p., 2017, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 979-10-231-0579-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/SXWI1921⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">François Dell</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03782404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Styles, genres, auteurs, n° 16, Actes de la journée d’agrégation organisée pour l’UFR de Langue française le 19 novembre 2016, Paris, Presses de l’Université Paris-Sorbonne, Coll. « Travaux de stylistique et linguistique françaises : Bibliothèque des styles »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Silvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020</w:t>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Styles, genres, auteurs. 19, Aspremont, Garnier, La Bruyère, Voltaire, Corbière, Cendras</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03600092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Styles, genres, auteurs. 16, Christine de Pizan, Montaigne, Molière, Diderot, Hugo, Giono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...47 lines deleted...]
-                <w:t xml:space="preserve">⟨10.70551/CRJW4494⟩</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Silvi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l’université Paris-Sorbonne, 2016, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 979-10-231-0548-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/SIAQ2317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...167 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03782377v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-03600092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Répétitions à double fond(s) dans la chanson « Changeons propos » de Clément Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Desbois-Ientile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Adèle Payen de la Garanderie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de la répétition dans la poésie et le théâtre de la Renaissance.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03999961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chansons et politique pendant la Restauration : le cas d’Émile Debraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chanter sur l'air de</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03999958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La République mise en voix. Enquête sur les chansons républicaines du premier XIXe siècle. »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Christin, Servane Dargnies-de Vitry, François-René Martin (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Esthétique et républiques. Une anthropologie des images.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Bord de l'eau, p. 313-332., 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La chanson au XIXe siècle : une poétique de la circonstance ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Peureux et Alain Vaillant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La poésie de circonstance (XVIe-XXIe siècle). Formes, pratiques, usages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Paris Nanterre, p. 199-217, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La négation dans l’écriture métrique : quels enjeux ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agnès Fontvieille et Nicolas Laurent (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Négation dans les textes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Kitsch et populaire : questions pour l’étude du kitsch littéraire »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathilde Vallespir et Frantz Johansson (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le kitsch : histoire, poétique, valeurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rire et chanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matthieu Letourneux et Alain Vaillant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'empire du rire : XIXe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS éditions, p. 735-750, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La satire au XIXe siècle : quels problèmes pour l’école ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Benini</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bruley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Part scolaire de l’écrivain, dir. Martine Jey et Emmanuelle Kaës, Paris, Classiques Garnier, 2020, p. 167-190.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03358428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La satire au XIXe siècle : quels problèmes pour l’école ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Benini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Bruley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martine Jey et Emmanuelle Kaës (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Littérature et l’école, La Part scolaire de l’écrivain Apprendre à écrire au XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, p. 167-190, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Brassens et Nadaud : d’une tradition chansonnière à l’autre »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Perle Abbrugiati et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartographier la chanson contemporaine. Actes de la première Biennale internationale d’études sur la chanson</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Provence, p. 273-287, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« “Chapeau bas devant ma casquette / À genoux devant l’ouvrier” : L’Éducation sentimentale et les représentations du peuple »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gisèle Séginger et Juliette Azoulay. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flaubert : histoire et étude de mœurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 111-124, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La poésie au collège et après le collège : l’exemple de l’harmonie imitative »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jalabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martine Jey et Laetitia Perret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’idée de littérature dans l’enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, p. 65-92, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Chanson et représentations dans Le Petit Journal (1863-1871) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Pinson et Marie-Ève Thérenty. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journalistes : identités et modernités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Politique et héritages dans la chanson de 1848 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphane Hirschi, Corinne Legoy, Serge Linarès, Alexandra Saemmer et Alain Vaillant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Poésie délivrée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Nanterre, p. 157-172, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Nerval et la chanson non folklorique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Bayle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nerval et l’autre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, p. 173-192, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La chanson populaire, le peuple, et Paris, de la fin de la Monarchie de Juillet à la fin de la Deuxième République »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Preiss, Jean-Marie-Privat, Jean-Claude Yon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le peuple parisien au XIXe siècle : entre sciences et fictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 101-118, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Poésie et chanson : l’analyse textuelle en question »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gilles Bonnet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Chanson populittéraire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kimé, p. 101-114, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitres « Stylistique » et « Métrique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fables de La Fontaine, Livres I à VI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlande, p. 282-306, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La religion dans L’Art d’être grand-père de Victor Hugo, une politique de l’intime »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Benini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie Guermès et Bertrand Marchal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les religions du XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03790308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId68"/>
+      <w:footerReference w:type="default" r:id="rId69"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3621,51 +3630,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dell" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Benini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999976v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wisniewski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.200.0005" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999953v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896114v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799409v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799408v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799407v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799406v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997950v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08294-1.p.0059" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799405v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799404v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799403v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999965v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999966v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999969v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999971v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762675v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Michel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782289v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.17162" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782430v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782350v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05466406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Couffignal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouch Bourmayan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Veysseyre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/CRJW4494" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782404v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guilhem Couffignal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SXWI1921" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782377v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Silvi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SIAQ2317" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03600092v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999958v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999961v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Desbois-Ientile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799401v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790421v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799141v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799157v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bruley" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358428v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790411v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790416v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790406v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jalabert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790378v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790404v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790397v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790335v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790353v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790319v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790308v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dell" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Benini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/ling_a_00502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999976v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wisniewski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.200.0005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999953v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799409v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896114v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799408v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799407v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997950v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08294-1.p.0059" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799406v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799405v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799404v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799403v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999966v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999965v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999969v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999971v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762675v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Michel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782289v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.17162" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782430v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782350v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05466406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Couffignal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouch Bourmayan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Veysseyre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/CRJW4494" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782404v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guilhem Couffignal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SXWI1921" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03600092v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Silvi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03782377v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SIAQ2317" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999961v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Desbois-Ientile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999958v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790421v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799402v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799149v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799141v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358428v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bruley" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799157v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790411v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790416v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790406v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jalabert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790378v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790404v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790397v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790335v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790353v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790319v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03790308v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>