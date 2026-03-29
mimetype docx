--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -240,278 +240,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05527466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dream habits in a large cohort of preteens and their relation to sleep and nocturnal awakenings</w:t>
+                <w:t xml:space="preserve">GAN-based synthetic FDG PET images from T1 brain MRI can serve to improve performance of deep unsupervised anomaly detection models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐baptiste Eichenlaub</w:t>
+                <w:t xml:space="preserve">Daria Zotova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Trombetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (2), pp.119-132. </w:t>
+              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 265, pp.108727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jsr.14339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2025.108727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813528v1</w:t>
+                <w:t xml:space="preserve">hal-05061806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GAN-based synthetic FDG PET images from T1 brain MRI can serve to improve performance of deep unsupervised anomaly detection models</w:t>
+                <w:t xml:space="preserve">Dream habits in a large cohort of preteens and their relation to sleep and nocturnal awakenings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daria Zotova</w:t>
+                <w:t xml:space="preserve">Jean‐baptiste Eichenlaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pinon</w:t>
+                <w:t xml:space="preserve">Mathieu Pinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Trombetta</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Portrat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 265, pp.108727. </w:t>
+              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (2), pp.119-132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2025.108727⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jsr.14339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061806v1</w:t>
+                <w:t xml:space="preserve">hal-04813528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GABAergic inhibition shapes behavior and neural dynamics in human visual working memory</w:t>
               </w:r>
@@ -893,563 +893,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subject-Specific Activation of Central Respiratory Centers during Breath-Holding Functional Magnetic Resonance Imaging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synapse-Specific Modulation of Synaptic Responses by Brain States in Hippocampal Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mayara Bolay</w:t>
+                <w:t xml:space="preserve">Manon Rampon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carponcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Missaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Danielle Ibarrola</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Parmentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000529388⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (7), pp.1191-1210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0772-22.2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03979844v1</w:t>
+                <w:t xml:space="preserve">hal-04773453v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synapse-Specific Modulation of Synaptic Responses by Brain States in Hippocampal Pathways</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Rampon</w:t>
+                <w:t xml:space="preserve">Subject-Specific Activation of Central Respiratory Centers during Breath-Holding Functional Magnetic Resonance Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Ciumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Carponcy</w:t>
+                <w:t xml:space="preserve">Mayara Bolay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mégane Missaire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Bouet</w:t>
+                <w:t xml:space="preserve">Sylvain Rheims</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Parmentier</w:t>
+                <w:t xml:space="preserve">Danielle Ibarrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 43 (7), pp.1191-1210. </w:t>
+              <w:t xml:space="preserve">Respiration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 102 (4), pp.274-286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0772-22.2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000529388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04773453v2</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03979844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peri‐ictal hypoxemia during temporal lobe seizures: A &amp;lt;scp&amp;gt;SEEG&amp;lt;/scp&amp;gt; study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
+                <w:t xml:space="preserve">Face–hand sensorimotor interactions revealed by afferent inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bia Lima Ramalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Isnard</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hbm.25975⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (1), pp.189-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejn.15536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03962734v1</w:t>
+                <w:t xml:space="preserve">hal-03874739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face–hand sensorimotor interactions revealed by afferent inhibition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bia Lima Ramalho</w:t>
+                <w:t xml:space="preserve">Peri‐ictal hypoxemia during temporal lobe seizures: A &amp;lt;scp&amp;gt;SEEG&amp;lt;/scp&amp;gt; study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Moly</w:t>
+                <w:t xml:space="preserve">Hélène Catenoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Raffin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Bouet</w:t>
+                <w:t xml:space="preserve">Alexandra Montavont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Harquel</w:t>
+                <w:t xml:space="preserve">Jean Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 55 (1), pp.189-200. </w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 (15), pp.4580-4588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ejn.15536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hbm.25975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874739v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03962734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epileptic spasms are associated with increased stereo‐electroencephalography derived functional connectivity in tuberous sclerosis complex</w:t>
               </w:r>
@@ -1872,51 +1872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Eskinazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rheims</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Peter-Derex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2914,51 +2914,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mauguière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Guenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3463,51 +3463,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ryvlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, epub ahead of print. </w:t>
@@ -4507,51 +4507,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Thieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kahane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercueil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/epi.70112" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813528v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Eichenlaub" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.14339" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061806v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Zotova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pinon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Trombetta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.108727" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680522v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kujala" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ciumas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouvard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lecaignard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhad522" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680447v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mouches" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dejean" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI56570.2024.10635822" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680510v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferdenzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fournel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baldovini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Poupon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Ligout" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03010066231222473" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979844v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayara Bolay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rheims" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ibarrola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000529388" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773453v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rampon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carponcy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Missaire" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Parmentier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0772-22.2022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962734v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Catenoix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montavont" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Isnard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25975" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874739v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bia Lima Ramalho" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Harquel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15536" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962853v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Neal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Lagarde" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ostrowsky-Coste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Maillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.17353" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610843v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Hoyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesham Elshafei" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hemmerlin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bidet&#8208;caulet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.13561" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099961v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Peter-Derex" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthomier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Taillard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthomier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5664/jcsm.8864" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098014v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Ruby" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Eskinazi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25609" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773393v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Loizon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ryvlin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chatard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000009497" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03344230v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawele Boublay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dorey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Padovan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaza Makaroff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-190612" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995591v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaruhi Alaverdyan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2019.101618" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990275v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pralus" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fornoni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bhatara" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.107234" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293850v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#233;rard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Bauer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2019.106470" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01982932v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Herbillon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitta de Bellescize" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gerard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01926463v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naw&#232;le Boublay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis F&#233;d&#233;rico" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pesce" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verny" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-018-0949-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962921v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maugui&#232;re" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Guenot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2017.04.018" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962874v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Azami" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hammers" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161498" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962894v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lothe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep16347" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00969080v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delpuech" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ryvlin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Isnard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awt213" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639249v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2011.10.052" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZVB4R3K-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00131813v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Knoblauch" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-04680492v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gobert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Merida" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maby" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine S&#233;guin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jung" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244255v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178056v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fort" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grenot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiong Liu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Pe&#241;uelas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011179v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Alaverdyan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131517v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Azami" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hammers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lartizien" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2015.7163831" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Thieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kahane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercueil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/epi.70112" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061806v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Zotova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pinon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Trombetta" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.108727" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813528v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Eichenlaub" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.14339" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680522v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kujala" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ciumas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouvard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lecaignard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhad522" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680447v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mouches" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dejean" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI56570.2024.10635822" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680510v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferdenzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fournel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baldovini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Poupon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Ligout" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03010066231222473" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773453v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rampon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carponcy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Missaire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Parmentier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0772-22.2022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979844v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayara Bolay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rheims" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ibarrola" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000529388" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874739v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bia Lima Ramalho" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Harquel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15536" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962734v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Catenoix" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montavont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Isnard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25975" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962853v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Neal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Lagarde" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ostrowsky-Coste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Maillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.17353" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610843v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Hoyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesham Elshafei" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hemmerlin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bidet&#8208;caulet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.13561" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099961v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Peter-Derex" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthomier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Taillard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthomier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5664/jcsm.8864" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098014v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Ruby" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Eskinazi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25609" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773393v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Loizon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ryvlin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chatard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000009497" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03344230v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawele Boublay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dorey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Padovan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaza Makaroff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-190612" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995591v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaruhi Alaverdyan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2019.101618" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990275v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pralus" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fornoni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bhatara" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.107234" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293850v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#233;rard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Bauer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2019.106470" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01982932v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Herbillon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitta de Bellescize" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gerard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01926463v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naw&#232;le Boublay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis F&#233;d&#233;rico" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pesce" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verny" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-018-0949-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962921v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maugui&#232;re" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Guenot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2017.04.018" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962874v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Azami" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hammers" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161498" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962894v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lothe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep16347" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00969080v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delpuech" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ryvlin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Isnard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awt213" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639249v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2011.10.052" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZVB4R3K-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00131813v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Knoblauch" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-04680492v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gobert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Merida" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maby" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine S&#233;guin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jung" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244255v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178056v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fort" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grenot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiong Liu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Pe&#241;uelas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011179v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Alaverdyan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131517v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Azami" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hammers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lartizien" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2015.7163831" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>