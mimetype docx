--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,165 +100,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réglementation des cahiers des charges relatifs aux indications géographiques industrielles et artisanales européennes</w:t>
+                <w:t xml:space="preserve">Panorama de droit de la consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 01, pp.19</w:t>
+              <w:t xml:space="preserve">Revue des commissaires de justice : Pratique &amp; Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 02, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04906131v1</w:t>
+                <w:t xml:space="preserve">halshs-05091286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panorama de droit de la consommation</w:t>
+                <w:t xml:space="preserve">La réglementation des cahiers des charges relatifs aux indications géographiques industrielles et artisanales européennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des commissaires de justice : Pratique &amp; Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 02, pp.60</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 01, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05091286v1</w:t>
+                <w:t xml:space="preserve">halshs-04906131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liberté des prix du vin et institutions vitivinicoles</w:t>
               </w:r>
@@ -637,169 +637,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dopage : un nouvel acte de concurrence déloyale ?</w:t>
+                <w:t xml:space="preserve">Le fair-play, comportement loyal du sportif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Guignard; O. Blin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La loyauté en droit économique – Mélanges en l’honneur d’Yves Picod</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.273-284, 2023</w:t>
+              <w:t xml:space="preserve">Acteurs et valeurs du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, N° 1, PU Toulouse Capitole, pp. 153-165, 2023, Coll. « Travaux collectif »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04478982v1</w:t>
+                <w:t xml:space="preserve">hal-04479022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fair-play, comportement loyal du sportif</w:t>
+                <w:t xml:space="preserve">Le dopage : un nouvel acte de concurrence déloyale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acteurs et valeurs du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, N° 1, PU Toulouse Capitole, pp. 153-165, 2023, Coll. « Travaux collectif »</w:t>
+              <w:t xml:space="preserve">La loyauté en droit économique – Mélanges en l’honneur d’Yves Picod</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.273-284, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479022v1</w:t>
+                <w:t xml:space="preserve">hal-04478982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loyauté de l’information du consommateur de vins effervescents</w:t>
               </w:r>
@@ -852,186 +852,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04479129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informer le consommateur sur le gaspillage</w:t>
+                <w:t xml:space="preserve">Le secteur vitivinicole à l’épreuve du droit européen de la concurrence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Maxime Boul; Rémi Radiguet. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Théodore Georgopoulos; Yann Juban; Christine Lebel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du droit des déchets au droit de l'économie circulaire, Regards sur la loi du 10 février 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tome 139, Institut Francophone pour la Justice et la Démocratie; LGDJ, pp. 91-100, 2021, Collection : Colloques &amp; Essais, 9782370323101</w:t>
+              <w:t xml:space="preserve">La vigne, le vin et le droit. Du local au global – Mélanges en l’honneur de Robert Tinlot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vol. 9, Mare &amp; Martin, pp. 145-155, 2021, Coll. « Vin &amp; Droit », 978-2-84934-509-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479143v1</w:t>
+                <w:t xml:space="preserve">hal-04479134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le secteur vitivinicole à l’épreuve du droit européen de la concurrence</w:t>
+                <w:t xml:space="preserve">Informer le consommateur sur le gaspillage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Théodore Georgopoulos; Yann Juban; Christine Lebel. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brune Poirson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maxime Boul; Rémi Radiguet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vigne, le vin et le droit. Du local au global – Mélanges en l’honneur de Robert Tinlot</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vol. 9, Mare &amp; Martin, pp. 145-155, 2021, Coll. « Vin &amp; Droit », 978-2-84934-509-2</w:t>
+              <w:t xml:space="preserve">Du droit des déchets au droit de l'économie circulaire, Regards sur la loi du 10 février 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tome 139, Institut Francophone pour la Justice et la Démocratie; LGDJ, pp. 91-100, 2021, Collection : Colloques &amp; Essais, 9782370323101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04479134v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1206,190 +1206,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effervescence du droit des affaires au XXIème siècle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les Grands Arrêts du droit vitivinicole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">V. Thomas; Ph. Roussel Galle. Bruylant, 2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Théodore Georgopoulos. mare et martin, 630 p., 2022, 978-2-84934-687-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04478978v1</w:t>
+                <w:t xml:space="preserve">hal-04478975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Grands Arrêts du droit vitivinicole</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’effervescence du droit des affaires au XXIème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouniol</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Théodore Georgopoulos. mare et martin, 630 p., 2022, 978-2-84934-687-7</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Nabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Roussel Galle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">V. Thomas; Ph. Roussel Galle. Bruylant, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04478975v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vigne, le vin et le droit. Du local au global</w:t>
               </w:r>
@@ -1870,51 +1870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04906131v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouniol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05091286v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479026v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/owl.2022.7153" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450113v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216768v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199417v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gomy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478981v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478982v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479022v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479129v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479143v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brune Poirson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479134v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478977v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albiges" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Andjechairi-Tribillac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de la Asuncion-Planes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478974v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478978v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lebel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nabet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussel Galle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478975v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478979v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Georgopoulos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478976v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Poirson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478973v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Picod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140747v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05091286v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouniol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04906131v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479026v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/owl.2022.7153" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450113v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216768v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199417v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gomy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478981v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479022v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478982v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479129v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479134v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479143v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brune Poirson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478977v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albiges" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Andjechairi-Tribillac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de la Asuncion-Planes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478974v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478975v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478978v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lebel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nabet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussel Galle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478979v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Georgopoulos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478976v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Poirson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478973v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Picod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140747v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>