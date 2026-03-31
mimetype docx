--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -503,278 +503,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pressure based method for vaporizing compressible two-phase flows with interface capturing approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Where does the droplet size distribution come from?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Canu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Puggelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Essadki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 108, pp.42-50. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.06.022⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 107, pp.230-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01827180v1</w:t>
+                <w:t xml:space="preserve">hal-01821941v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where does the droplet size distribution come from?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stefano Puggelli</w:t>
+                <w:t xml:space="preserve">A pressure based method for vaporizing compressible two-phase flows with interface capturing approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Essadki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Duret</w:t>
+                <w:t xml:space="preserve">J. Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Menard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F.X. Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 107, pp.230-245. </w:t>
+              <w:t xml:space="preserve">, 2018, 108, pp.42-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.06.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.06.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01821941v2</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1345,51 +1345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th European Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1453,51 +1453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. X Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1561,51 +1561,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.-X Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2245,51 +2245,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327377v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Canu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Renoult" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0169793" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187150v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Canu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Renoult" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.171" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358679v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.782" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877689v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reveillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Demoulin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2020033923" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827180v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reveillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Demoulin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.022" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821941v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Puggelli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Essadki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Menard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219565v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Fang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219591v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Simon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072906v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo V&#233;ran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892333v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100707v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317511v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023108v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Anez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. X Demoulin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023090v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X Demoulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621288v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dumouchel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Essadki" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ilass2017.2017.4706" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185049v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02697092v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02271925v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NORMR016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327377v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Canu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Renoult" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0169793" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187150v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Canu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Renoult" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.171" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358679v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.782" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877689v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reveillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Demoulin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2020033923" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821941v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Puggelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Essadki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Menard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827180v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reveillon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Demoulin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219565v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Fang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219591v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Simon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072906v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo V&#233;ran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892333v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100707v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317511v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023108v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Anez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. X Demoulin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023090v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X Demoulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621288v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dumouchel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Essadki" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ilass2017.2017.4706" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185049v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02697092v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02271925v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NORMR016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>