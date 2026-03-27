--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -253,308 +253,308 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIROCCO: A dry wind to warn you from Bluetooth attacks</w:t>
+                <w:t xml:space="preserve">Tous les chemins mènent à DROP : une évaluation de la sécurité d'un mécanisme de routage du Bluetooth Mesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul L.R. Olivier</w:t>
+                <w:t xml:space="preserve">Elies Tali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Galtier</w:t>
+                <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auriol</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th IEEE Pacific Rim International Symposium on Dependable Computing (PRDC 2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium sur la Sécurité des Technologies de l'Information et des Communications (SSTIC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377091v1</w:t>
+                <w:t xml:space="preserve">hal-05332778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tous les chemins mènent à DROP : une évaluation de la sécurité d'un mécanisme de routage du Bluetooth Mesh</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elies Tali</w:t>
+                <w:t xml:space="preserve">SIROCCO: A dry wind to warn you from Bluetooth attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul L.R. Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium sur la Sécurité des Technologies de l'Information et des Communications (SSTIC 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">39th IEEE Pacific Rim International Symposium on Dependable Computing (PRDC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Séoul (Corée), South Korea. pp.113-122, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRDC67299.2025.00021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05332778v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OASIS: An Intrusion Detection System Embedded in Bluetooth Low Energy Controllers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -726,77 +726,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless Modulation Identification: filling the gap in IoT networks security audit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul L R Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -890,51 +890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Chaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Marconato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -966,839 +966,839 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InjectaBLE: Injecting malicious traffic into established Bluetooth Low Energy connections</w:t>
+                <w:t xml:space="preserve">Cross-protocol attacks: weaponizing a smartphone by diverting its Bluetooth controller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Marconato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Galtier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/IFIP International Conference on Dependable Systems and Networks (DSN 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DSN48987.2021.00050⟩</w:t>
+              <w:t xml:space="preserve">14th ACM Conference on Security and Privacy in Wireless and Mobile Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Abu Dhabi, United Arab Emirates. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3448300.3468258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193297v2</w:t>
+                <w:t xml:space="preserve">hal-03355664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attaques inter-protocolaires par détournement du contrôleur Bluetooth d'un téléphone mobile</w:t>
+                <w:t xml:space="preserve">InjectaBLE: Injecting malicious traffic into established Bluetooth Low Energy connections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Galtier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Nicomette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GT Sécurité des Systèmes, Logiciels et Réseaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE/IFIP International Conference on Dependable Systems and Networks (DSN 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Taipei (virtual), Taiwan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DSN48987.2021.00050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221148v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193297v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A defensive man-in-middle approach to filter BLE packets</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Attaques inter-protocolaires par détournement du contrôleur Bluetooth d'un téléphone mobile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Galtier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ACM Conference on Security and Privacy in Wireless and Mobile Networks</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GT Sécurité des Systèmes, Logiciels et Réseaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, En ligne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560107v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03221148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WazaBee: attacking Zigbee networks by diverting Bluetooth Low Energy chips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/IFIP International Conference on Dependable Systems and Networks (DSN 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Taipei (virtual), Taiwan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DSN48987.2021.00049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InjectaBLE : injection de trafic malveillant dans une connexion Bluetooth Low Energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A defensive man-in-middle approach to filter BLE packets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Aboukora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Galtier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium sur la sécurité des technologies de l'information et des communications (SSTIC 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th ACM Conference on Security and Privacy in Wireless and Mobile Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Abou Dhabi (virtual), United Arab Emirates. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3448300.3468259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221143v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-protocol attacks: weaponizing a smartphone by diverting its Bluetooth controller</w:t>
+                <w:t xml:space="preserve">InjectaBLE : injection de trafic malveillant dans une connexion Bluetooth Low Energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Marconato</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Galtier</w:t>
+                <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ACM Conference on Security and Privacy in Wireless and Mobile Networks</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Symposium sur la sécurité des technologies de l'information et des communications (SSTIC 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Rennes (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3448300.3468258⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03355664v1</w:t>
+                <w:t xml:space="preserve">hal-03221143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WazaBee : attaque de réseaux Zigbee par détournement de puces Bluetooth Low Energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Marconato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1836,103 +1836,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A PSD-based fingerprinting approach to detect IoT device spoofing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th IEEE Pacific Rim International Symposium on Dependable Computing (PRDC 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Perth, Australia. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1979,51 +1979,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirage: towards a Metasploit-like framework for IoT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2130,51 +2130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Alata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2264,51 +2264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kaâniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th IEEE International Symposium on Network Computing and Applications (NCA 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Cambridge, Massachusetts, United States. 8p</w:t>
@@ -2369,90 +2369,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimentation platform for repeatable security analysis in IoT heterogeneous environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul L R Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2544,77 +2544,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postdoc report (PO2.1): Détection dans l'Internet des Objets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul L R Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2921,51 +2921,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726109v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ayoub" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Hernandez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cayre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Francillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Maurice" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377091v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L.R. Olivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Galtier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Auriol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nicomette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRDC67299.2025.00021" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05332778v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elies Tali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488826v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ka&#226;niche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725668v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04675669v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L R Olivier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898224v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Chaine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Marconato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03193297v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN48987.2021.00050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03221148v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03560107v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aboukora" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3448300.3468259" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03193299v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN48987.2021.00049" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03221143v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03355664v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Marconato" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3448300.3468258" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02778262v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02962655v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRDC50213.2020.00015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02346074v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alata" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268774v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01914981v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04725617v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/xxxxxxx." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457541v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-03841305v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ISAT0022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726109v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ayoub" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Hernandez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cayre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Francillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Maurice" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05332778v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elies Tali" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nicomette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Auriol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377091v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L.R. Olivier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Galtier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRDC67299.2025.00021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488826v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ka&#226;niche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725668v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04675669v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L R Olivier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898224v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Chaine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Marconato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03355664v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Marconato" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3448300.3468258" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03193297v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN48987.2021.00050" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03221148v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03193299v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN48987.2021.00049" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03560107v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aboukora" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3448300.3468259" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03221143v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02778262v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02962655v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRDC50213.2020.00015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02346074v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alata" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268774v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01914981v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04725617v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/xxxxxxx." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457541v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-03841305v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ISAT0022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>