--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -801,274 +801,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial : l’innovation responsable, dimension stratégique des organisations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Hijacking of the Bioeconomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Franck-Dominique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martino Nieddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Befort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Leila Temri</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Giampietro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/inno.059.0005⟩</w:t>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 159, pp.189-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2019.01.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02618600v1</w:t>
+                <w:t xml:space="preserve">hal-02047204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hijacking of the Bioeconomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vivien Franck-Dominique</w:t>
+                <w:t xml:space="preserve">Editorial : l’innovation responsable, dimension stratégique des organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martino Nieddu</w:t>
+                <w:t xml:space="preserve">Delphine Gallaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Befort</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Debref</w:t>
+                <w:t xml:space="preserve">Ludovic Temple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Giampietro</w:t>
+                <w:t xml:space="preserve">Leila Temri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 159, pp.189-197. </w:t>
+              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59, pp.5-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2019.01.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/inno.059.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02047204v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Challenges of Eco-Innovation from Eco-Ideation toward Sustainable Business Models, Développement Durable, Paris, Presses des Mines, 110 p.</w:t>
               </w:r>
@@ -1199,195 +1199,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Godard, La justice climatique mondiale</w:t>
+                <w:t xml:space="preserve">Flux de matières et d'énergie : produire dans les limites de la biosphère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martino Nieddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Dominique Vivien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Œconomia - History/Methodology/Philosophy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, pp.305-310</w:t>
+              <w:t xml:space="preserve">L'Économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 69 (1), pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047215v1</w:t>
+                <w:t xml:space="preserve">hal-02047213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flux de matières et d'énergie : produire dans les limites de la biosphère</w:t>
+                <w:t xml:space="preserve">Olivier Godard, La justice climatique mondiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck-Dominique Vivien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Économie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 69 (1), pp.24</w:t>
+              <w:t xml:space="preserve">Œconomia - History/Methodology/Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.305-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047213v1</w:t>
+                <w:t xml:space="preserve">hal-02047215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les divergences au sein de la composante technico-scientifique du nouveau système sectoriel d'innovation de la chimie doublement verte</w:t>
               </w:r>
@@ -1458,196 +1458,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02047208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire sa légitimité à l'aide des normes environnementales L'analyse de cycle de vie des produits dans le secteur des revêtements de sol</w:t>
+                <w:t xml:space="preserve">The Paradoxes of Environmental Innovations: The Case of Green Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Brûlé-Gapihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et institutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ei.540⟩</w:t>
+              <w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9 (1), pp.83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jie.009.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047210v1</w:t>
+                <w:t xml:space="preserve">hal-02047209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Paradoxes of Environmental Innovations: The Case of Green Chemistry</w:t>
+                <w:t xml:space="preserve">Construire sa légitimité à l'aide des normes environnementales L'analyse de cycle de vie des produits dans le secteur des revêtements de sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brûlé-Gapihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 9 (1), pp.83. </w:t>
+              <w:t xml:space="preserve">Economie et institutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18-19 (121-150), </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/jie.009.0083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ei.540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02047209v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Paradoxes of Environmental Innovations: The Case of Green Chemistry</w:t>
               </w:r>
@@ -1656,51 +1656,51 @@
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 9 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/jie.009.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01696933v1</w:t>
@@ -1829,77 +1829,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'innovation responsable pour la revue Innovations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gallaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Temple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Temri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Boeck Supérieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (59), 280 p., 2019, Innovations (Paris), ISSN 1267-4982, 978-2-8073-9279-3</w:t>
             </w:r>
           </w:p>
@@ -1920,173 +1920,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02558613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation environnementale et écoconception : certitudes et controverses</w:t>
+                <w:t xml:space="preserve">Environmental Innovation and Ecodesign - Certainties and Controversies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE/WILEY. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISTE</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 14, 176 p., 2018, Collection innovation, entrepreneuriat et gestion. Série Smart Innovation, 978-1-78405-389-5</w:t>
+                <w:t xml:space="preserve">ISTE/WILEY</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 17, 196 pp, 2018, Dimitri UZUNIDIS, 9781786302380</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957482v1</w:t>
+                <w:t xml:space="preserve">hal-01957479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental Innovation and Ecodesign - Certainties and Controversies</w:t>
+                <w:t xml:space="preserve">Innovation environnementale et écoconception : certitudes et controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISTE/WILEY</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 17, 196 pp, 2018, Dimitri UZUNIDIS, 9781786302380</w:t>
+                <w:t xml:space="preserve">ISTE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 14, 176 p., 2018, Collection innovation, entrepreneuriat et gestion. Série Smart Innovation, 978-1-78405-389-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957479v1</w:t>
+                <w:t xml:space="preserve">hal-01957482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2430,195 +2430,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03711367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut-il craindre les économies d’énergie et de matière ? : déconstruction d’un mythe de la soutenabilité</w:t>
+                <w:t xml:space="preserve">Why should we fear energy and material savings? : Deconstructing a sustainability myth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Xavier Galiègue; Florian Fizaine. </w:t>
+              <w:t xml:space="preserve">Xavier Galiegue; Florian Fizaine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'économie des ressources minérales et le défi de la soutenabilité. 1, Contexte et enjeux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mineral resources economics 1: Context and issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiley; ISTE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.143-167, 2021, Energy, 978-1-7894-5024-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119850861.ch7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02558635v1</w:t>
+                <w:t xml:space="preserve">hal-03322776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why should we fear energy and material savings? : Deconstructing a sustainability myth</w:t>
+                <w:t xml:space="preserve">Faut-il craindre les économies d’énergie et de matière ? : déconstruction d’un mythe de la soutenabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Xavier Galiegue; Florian Fizaine. </w:t>
+              <w:t xml:space="preserve">Xavier Galiègue; Florian Fizaine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mineral resources economics 1: Context and issues</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'économie des ressources minérales et le défi de la soutenabilité. 1, Contexte et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, ISTE, pp.171-196, 2021, Energie. Matières premières et matériaux pour l'énergie, 978-1-78948-024-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119850861.ch7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03322776v1</w:t>
+                <w:t xml:space="preserve">hal-02558635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels freins et quels leviers pour l’innovation sociale ?</w:t>
               </w:r>
@@ -2766,221 +2766,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02047236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation environnementale versus éco-conception?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roland Perez</w:t>
+                <w:t xml:space="preserve">L’innovation technique : un nouveau paradigme pour le développement soutenable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Dominique Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martino Nieddu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertrand Hamaide; Sébastien Brunet. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agro-ressources et écosystèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2012</w:t>
+              <w:t xml:space="preserve">Développement durable et économie environnementale régionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Facultés universitaires Saint-Louis, 2012, Travaux et recherches (Bruxelles), ISSN 2030-093X, 978-2-8028-0209-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047211v1</w:t>
+                <w:t xml:space="preserve">hal-02047212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’innovation technique : un nouveau paradigme pour le développement soutenable ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck-Dominique Vivien</w:t>
+                <w:t xml:space="preserve">Innovation environnementale versus éco-conception?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Christophe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et économie environnementale régionale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Facultés universitaires Saint-Louis, 2012, Travaux et recherches (Bruxelles), ISSN 2030-093X, 978-2-8028-0209-9</w:t>
+              <w:t xml:space="preserve">Agro-ressources et écosystèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02047212v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2992,191 +2992,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promises and Socio-Economic/Ecological Challenges of Agricultural Biogas production in the Grand Est Region (France)</w:t>
+                <w:t xml:space="preserve">On-Farm Biogas Production and the Emergence of Eco-Innovation Pathways in the Grand Est Region (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioeco² | Towards an Ecological Bioeconomy Interrogating Concepts and Practices from the Human and Social Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, REIMS, France</w:t>
+              <w:t xml:space="preserve">Forum Innovation RRI - Economie, management et ingénierie de l’innovation : trajectoires et perspectives des innovations systémiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363391v1</w:t>
+                <w:t xml:space="preserve">hal-05363421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-Farm Biogas Production and the Emergence of Eco-Innovation Pathways in the Grand Est Region (France)</w:t>
+                <w:t xml:space="preserve">Promises and Socio-Economic/Ecological Challenges of Agricultural Biogas production in the Grand Est Region (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Innovation RRI - Economie, management et ingénierie de l’innovation : trajectoires et perspectives des innovations systémiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, PARIS, France</w:t>
+              <w:t xml:space="preserve">Bioeco² | Towards an Ecological Bioeconomy Interrogating Concepts and Practices from the Human and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, REIMS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363421v1</w:t>
+                <w:t xml:space="preserve">hal-05363391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des modèles de mise en économie des déchets pour la transition socio-écologique</w:t>
               </w:r>
@@ -3281,312 +3281,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La filière française du chanvre à l’épreuve de la légalisation du cannabis : perspective et enjeux pour une bioéconomie durable</w:t>
+                <w:t xml:space="preserve">The influence of European public policies on hemp bioeconomic innovation trajectorie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor de Rouffignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Debref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bastien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Printemps de l'Innovation RRI 2022 : "Innovations et filières de production biosourcées"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Research Network on Innovation; UTA; Université de Toulouse Jean Jaures; IUT Béthune; BIOPI, Mar 2022, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">Forum innovation2022 : Research and Innovation Policies in Europe : Evolution, Scope and Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, College of Europe; Research Network on Innovation (RNI), May 2022, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558301v1</w:t>
+                <w:t xml:space="preserve">hal-04558314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La filière française du chanvre à l'épreuve de la légalisation du cannabis : une analyse institutionnaliste</w:t>
+                <w:t xml:space="preserve">La filière française du chanvre à l’épreuve de la légalisation du cannabis : perspective et enjeux pour une bioéconomie durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor de Rouffignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIe Congrès de l'AFEP - Qu'est-ce qu'un système économique et social soutenable ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française d'Économie Politique - AFEP; Université de Picardie jules Verne - UPJV, Jun 2022, Amiens, France</w:t>
+              <w:t xml:space="preserve">Printemps de l'Innovation RRI 2022 : "Innovations et filières de production biosourcées"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Research Network on Innovation; UTA; Université de Toulouse Jean Jaures; IUT Béthune; BIOPI, Mar 2022, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558338v1</w:t>
+                <w:t xml:space="preserve">hal-04558301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of European public policies on hemp bioeconomic innovation trajectorie</w:t>
+                <w:t xml:space="preserve">La filière française du chanvre à l'épreuve de la légalisation du cannabis : une analyse institutionnaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor de Rouffignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bastien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum innovation2022 : Research and Innovation Policies in Europe : Evolution, Scope and Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, College of Europe; Research Network on Innovation (RNI), May 2022, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">XIe Congrès de l'AFEP - Qu'est-ce qu'un système économique et social soutenable ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Économie Politique - AFEP; Université de Picardie jules Verne - UPJV, Jun 2022, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558314v1</w:t>
+                <w:t xml:space="preserve">hal-04558338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Légalisation du cannabis en France : vers une transition complexe de la filière française du chanvre</w:t>
               </w:r>
@@ -3691,178 +3691,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04280442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the potential of circular economy for Water Resources Management</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can the circular bioeconomy dissolve in its own territory? The case of the ex-Champagne-Ardenne region (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Innovation and Circular Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Santiago de Compostela, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02558589v1</w:t>
+                <w:t xml:space="preserve">hal-02558571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can the circular bioeconomy dissolve in its own territory? The case of the ex-Champagne-Ardenne region (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling the potential of circular economy for Water Resources Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Innovation and Circular Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Santiago de Compostela, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02558571v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02558589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bioéconomie en train de se dire et en train de se faire. Le cas de la Champagne Ardenne</w:t>
               </w:r>
@@ -4064,64 +4064,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck-Dominique Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martino Nieddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Befort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESEE 2017 - Ecological Economics in Action: Building a Reflective and Inclusive Community</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Budapest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4140,165 +4140,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The process of environmental innovation, a solution against the change? The case of European resilient flooring industries</w:t>
+                <w:t xml:space="preserve">L’éco-conconception, un moyen de résistance au changement? Le cas du secteur des revêtements de sol résilients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asahikawa University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Asahikawa, Japan</w:t>
+              <w:t xml:space="preserve">AFEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048050v1</w:t>
+                <w:t xml:space="preserve">hal-02048028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’éco-conconception, un moyen de résistance au changement? Le cas du secteur des revêtements de sol résilients</w:t>
+                <w:t xml:space="preserve">The process of environmental innovation, a solution against the change? The case of European resilient flooring industries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFEP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">Asahikawa University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Asahikawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048028v1</w:t>
+                <w:t xml:space="preserve">hal-02048050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-conception et changement technique pour le développement durable : un rendez-vous manqué pour le secteur des revêtements de sol résilients?</w:t>
               </w:r>
@@ -4856,221 +4856,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnemental innovations in quest of a (re)conceptualization?</w:t>
+                <w:t xml:space="preserve">Sustainable transition and multi-stakeholder coordination – the paradoxes of biomimicry technology for green chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Hédoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Performance et institutions : de l’efficience au pluralisme ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Reims, France</w:t>
+              <w:t xml:space="preserve">Le Développement durable vu par les économistes : débats et controverses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Clermont-Ferrand., France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047228v1</w:t>
+                <w:t xml:space="preserve">hal-02047230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable transition and multi-stakeholder coordination – the paradoxes of biomimicry technology for green chemistry</w:t>
+                <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Hédoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Développement durable vu par les économistes : débats et controverses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Clermont-Ferrand., France</w:t>
+              <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047230v1</w:t>
+                <w:t xml:space="preserve">hal-02047222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The social construction of environmental performance : The case of the analysis of the life cycle of PVC industries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brûlé-Gapihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance et institutions : de l’efficience au pluralisme ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5158,316 +5158,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02047226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La construction sociale de la performance environnementale, Le cas de l’analyse de vie dans la filière du PVC »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brûlé-Gapihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Luxembourg, Luxembourg</w:t>
+              <w:t xml:space="preserve">Performance et institutions : de l'efficience au pluralisme ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047222v1</w:t>
+                <w:t xml:space="preserve">hal-02524682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction sociale de la performance environnementale, Le cas de l’analyse de vie dans la filière du PVC »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Performance et institutions : de l'efficience au pluralisme ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Reims, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Sustainability Transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02524682v1</w:t>
+                <w:t xml:space="preserve">hal-02047220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Sustainability Transitions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Lund, Sweden</w:t>
+              <w:t xml:space="preserve">2nd CES “Critical Economics” Summer School Environmental Values and Public Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Lousã, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047220v1</w:t>
+                <w:t xml:space="preserve">hal-02047223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards biomimicry technology : a paradox for a sustainable transition ? An evolutionary analysis of eco-design for green chemistry</w:t>
+                <w:t xml:space="preserve">Environnemental innovations in quest of a (re)conceptualization?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd CES “Critical Economics” Summer School Environmental Values and Public Policies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Lousã, Portugal</w:t>
+              <w:t xml:space="preserve">Performance et institutions : de l’efficience au pluralisme ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047223v1</w:t>
+                <w:t xml:space="preserve">hal-02047228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental innovation vs eco-design ?</w:t>
               </w:r>
@@ -5831,51 +5831,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6375197F"/>
+    <w:nsid w:val="0C033E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6062,51 +6062,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-debref" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1229-7211" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184982413" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557727v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1060" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573109v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Dominique Vivien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Befort" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2023.107974" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217791v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-06294-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637287v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Altukhova-Nys" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bascourret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benoit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art26" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968067v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.079.0007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618600v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gallaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Temple" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.059.0005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047204v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Franck-Dominique" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Nieddu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Befort" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Giampietro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.01.027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047207v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957476v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.024.0009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047215v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047213v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Garnier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.043.0039" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047210v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Br&#251;l&#233;-Gapihan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.540" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047209v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.009.0083" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01696933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047214v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558613v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/editeur.php?ID_EDITEUR=DBU" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957482v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/innovation-environnementale-et-ecoconception" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957479v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iste.co.uk/book.php?id=1364" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415568v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dobigny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-methanisation-agricole/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411014v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03711367v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Remy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558635v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03322776v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119850861.ch7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119850861.ch7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047205v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Boudes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047236v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047211v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Christophe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Perez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047212v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Guyot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363421v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199185v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558301v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558338v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558314v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280442v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558589v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dumont" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558571v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983586v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02159391v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048050v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048028v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048039v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048055v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048069v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048036v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048010v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril H&#233;doin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048022v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047235v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048007v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047228v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047230v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047229v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047226v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047222v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02524682v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047220v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047223v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047219v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047218v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047233v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Alijani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ceinwen Thomas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangalagiu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-debref" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1229-7211" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184982413" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557727v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1060" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573109v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Dominique Vivien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Befort" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2023.107974" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217791v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-06294-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637287v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Altukhova-Nys" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bascourret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benoit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art26" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968067v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.079.0007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047204v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Franck-Dominique" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Nieddu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Befort" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Giampietro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.01.027" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618600v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gallaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Temple" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.059.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047207v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957476v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.024.0009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047213v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047215v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Garnier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.043.0039" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047209v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.009.0083" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047210v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Br&#251;l&#233;-Gapihan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.540" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01696933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047214v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558613v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/editeur.php?ID_EDITEUR=DBU" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957479v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iste.co.uk/book.php?id=1364" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/innovation-environnementale-et-ecoconception" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415568v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dobigny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-methanisation-agricole/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411014v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03711367v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Remy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03322776v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119850861.ch7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119850861.ch7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558635v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047205v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Boudes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047236v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047212v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047211v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Christophe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Perez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363421v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Guyot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363391v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199185v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558314v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558301v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558338v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280442v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558571v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558589v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dumont" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983586v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02159391v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048028v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048050v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048039v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048055v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048069v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048036v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048010v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril H&#233;doin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048022v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047235v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048007v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047230v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047222v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047229v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047226v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02524682v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047220v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047223v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047228v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047219v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047218v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02047233v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Alijani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ceinwen Thomas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangalagiu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>