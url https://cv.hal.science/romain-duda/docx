--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -245,2527 +245,2812 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact in context: animal profiles, human activities, and land use histories shape human-animal contacts with implications for zoonotic spillover in the Democratic Republic of Congo</w:t>
+                <w:t xml:space="preserve">Critical interconnections between cultural and biological diversity in the Congo basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aida Cuni-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliano Fero Meñe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Beekman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hoyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inogwabini, B. I.; Sonke, B.; Koutika, L. S.; White, L. J. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resilience and sustainability in the Congo basin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Nature Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-25, 2026, 978-3-032-02023-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-02023-9_9-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chasse, déclin de la faune et politiques de conservation au sud-est cameroun : Perceptions par les Baka et conséquences sur leur mode de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Monfura</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05470225v1</w:t>
+                <w:t xml:space="preserve">Romain Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Kulesza; Marine Robillard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quel avenir pour les Pygmées à l'orée du XXIe siècle ? : Qui sont-ils, que subissent-ils, comment font-ils face ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2019, 978-2-343-16559-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03990132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dumoutier et la collecte de moulages anthropologiques. Une empreinte de l’altérité au dix-neuvième siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MNHN. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le spécimen et le collecteur .Savoirs naturalistes, pouvoirs et altérités (xviiie-xxe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 27, Publications scientifiques du Muséum, pp.315-347, 2018, 9782856538814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.mnhn.4359⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04025307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal Patterns of Mpox Index Cases, Africa, 1970–2021</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cedric-Stephane Bationo</w:t>
+                <w:t xml:space="preserve">Sustainable education should include Indigenous knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Hays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Dounias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Velina Ninkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Abels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonora Astete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (12), pp.2415-2417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41562-025-02288-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid3005.230293⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05281699v1</w:t>
+                <w:t xml:space="preserve">hal-05543424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A time of decline: An eco-anthropological and ethnohistorical investigation of mpox in the Central African Republic</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Seasonal Patterns of Mpox Index Cases, Africa, 1970–2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Festus Mbrenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yanina Borzykh</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ella Gonofio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Malaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric-Stephane Bationo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0002937⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (5), pp.1017-1021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid3005.230293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04519775v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05281699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour sur le colloque « L’animal à l’Anthropocène »</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A time of decline: An eco-anthropological and ethnohistorical investigation of mpox in the Central African Republic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Martial Betoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Festus Mbrenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanina Borzykh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/nss/2023011⟩</w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (3), pp.e0002937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0002937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04035135v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04519775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding and tackling snakebite envenoming with transdisciplinary research</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Retour sur le colloque « L’animal à l’Anthropocène »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leblan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Narat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0010897⟩</w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2023011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04122895v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04035135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating lay knowledge and practice into snakebite prevention and care in central Africa, a hotspot for envenomation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Understanding and tackling snakebite envenoming with transdisciplinary research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José María Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Borri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Giles-Vernick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrazaq G Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicon: X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxcx.2021.100077⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (11), pp.e0010897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0010897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03972839v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04122895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The life history of human foraging: Cross-cultural and individual variation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating lay knowledge and practice into snakebite prevention and care in central Africa, a hotspot for envenomation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wuelton M Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Giles-Vernick</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aax9070⟩</w:t>
+              <w:t xml:space="preserve">Toxicon: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.100077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxcx.2021.100077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972899v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les causes du mal : ethnographie des représentations de l’émergence de la 9e épidémie d’Ebola en RDC (province de l’Équateur, 8 mai-24 juillet 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The life history of human foraging: Cross-cultural and individual variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Koster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Mcelreath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Hill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Shepard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société de Pathologie Exotique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/bspe-2020-0140⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (26), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aax9070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972870v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Hunting Otherwise”. Women’s Hunting in Two Contemporary Forager-Horticulturalist Societies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les causes du mal : ethnographie des représentations de l’émergence de la 9e épidémie d’Ebola en RDC (province de l’Équateur, 8 mai-24 juillet 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Gallois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12110-020-09375-4⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société de Pathologie Exotique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 113 (4), pp.228-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/bspe-2020-0140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03989815v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnozoology of bushmeat. Importance of wildlife in diet, food avoidances and perception of health among the Baka (Cameroon)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">“Hunting Otherwise”. Women’s Hunting in Two Contemporary Forager-Horticulturalist Societies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Reyes-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Díaz-Reviriego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Álvaro Fernández-Llamazares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gallois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victoria Reyes-García</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d’ethnoécologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ethnoecologie.3976⟩</w:t>
+              <w:t xml:space="preserve">Human Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.203 - 221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12110-020-09375-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03780144v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03989815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hunting Techniques, Wildlife Offtake and Market Integration. A Perspective from Individual Variations among the Baka (Cameroon)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Ethnozoology of bushmeat. Importance of wildlife in diet, food avoidances and perception of health among the Baka (Cameroon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victoria Reyes-Garcia</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Reyes-García</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Study Monographs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14989/225259⟩</w:t>
+              <w:t xml:space="preserve">Revue d’ethnoécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ethnoecologie.3976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972856v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond productivity: The socio-cultural role of fishing among the Baka of southeastern Cameroon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Hunting Techniques, Wildlife Offtake and Market Integration. A Perspective from Individual Variations among the Baka (Cameroon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Duda</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Reyes-Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d’ethnoécologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ethnoecologie.2818⟩</w:t>
+              <w:t xml:space="preserve">African Study Monographs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38 (2), pp.97-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14989/225259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03990315v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schooling, Local Knowledge and Working Memory: A Study among Three Contemporary Hunter-Gatherer Societies</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Beyond productivity: The socio-cultural role of fishing among the Baka of southeastern Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0145265⟩</w:t>
+              <w:t xml:space="preserve">Revue d’ethnoécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ethnoecologie.2818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03990322v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03990315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Adaptive Nature of Culture: A Cross-Cultural Analysis of the Returns of Local Environmental Knowledge in Three Indigenous Societies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Schooling, Local Knowledge and Working Memory: A Study among Three Contemporary Hunter-Gatherer Societies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Reyes-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aili Pyhälä</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Díaz-Reviriego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edmond Dounias</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Romain Duda</w:t>
+                <w:t xml:space="preserve">Álvaro Fernández-Llamazares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/689307⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0145265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03123955v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03990322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences between Pygmy and Non-Pygmy Hunting in Congo Basin Forests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hirokazu Yasuoka</w:t>
+                <w:t xml:space="preserve">The Adaptive Nature of Culture: A Cross-Cultural Analysis of the Returns of Local Environmental Knowledge in Three Indigenous Societies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Dounias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Reyes-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Guèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Díaz-Reviriego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0161703⟩</w:t>
+              <w:t xml:space="preserve">Current Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (6), pp.761-784. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/689307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03990224v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03123955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Differences between Pygmy and Non-Pygmy Hunting in Congo Basin Forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia E Fa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Olivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Angel Farfán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirokazu Yasuoka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0161703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03990224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Children’s daily activities and knowledge acquisition: A case study among the Baka from southeastern Cameroon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barry Hewlett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Reyes-García</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Ethnobiology and Ethnomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13002-015-0072-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03990329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contacts humains-animaux face au risque zoonotique en Afrique centrale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Contact in context: animal profiles, human activities, and land use histories shape human-animal contacts with implications for zoonotic spillover in the Democratic Republic of Congo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03844325v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Monfura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Allassonnière Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05470225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contacts humains-animaux en Afrique Centrale et risques d’émergence zoonotique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les contacts humains-animaux face au risque zoonotique en Afrique centrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Narat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'animal à l'anthropocène</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03084350v1</w:t>
+              <w:t xml:space="preserve">L'Homme et l'Animal, l'invention de nouveaux liens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chasse, déclin de la faune et politiques de conservation au sud-est cameroun : Perceptions par les Baka et conséquences sur leur mode de vie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Contacts humains-animaux en Afrique Centrale et risques d’émergence zoonotique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Narat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quel avenir pour les Pygmées à l'orée du XXIe siècle ? : Qui sont-ils, que subissent-ils, comment font-ils face ?</w:t>
-[...103 lines deleted...]
-                <w:t xml:space="preserve">hal-04025307v1</w:t>
+              <w:t xml:space="preserve">L'animal à l'anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Paris - Visioconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key considerations: Engaging Twa communities in Équateur Province</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lys Alcayna-Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliet Bedford</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Social Science in Humanitarian Action. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04026162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2775,185 +3060,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnoecology of hunting in an 'empty forest'. Practices, local perceptions and social change among the Baka of Cameroon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Social Anthropology and ethnology. Universitat Autonoma de Barcelona, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04973119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnoecology of hunting in an &amp;quot;empty forest&amp;quot;. Practices, local perceptions, and social change among the Baka of Cameroon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environment and Society. Universitat Autonoma de Barcelona, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03780202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId88"/>
+      <w:footerReference w:type="default" r:id="rId101"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3021,51 +3306,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8182CACD"/>
+    <w:nsid w:val="03C521FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3169,51 +3454,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0E0EB56F"/>
+    <w:nsid w:val="2E39898E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3317,51 +3602,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="84EA37DB"/>
+    <w:nsid w:val="D81C5E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3554,51 +3839,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-duda" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4858-8942" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470225v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Langlois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Monfura" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re Tang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05281699v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Besombes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Festus Mbrenga" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Gonofio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malaka" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric-Stephane Bationo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3005.230293" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519775v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martial Betoulet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanina Borzykh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0002937" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035135v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023011" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04122895v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Borri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Giles-Vernick" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrazaq G Habib" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0010897" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972839v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuelton M Monteiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxcx.2021.100077" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972899v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Koster" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mcelreath" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hill" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Yu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Shepard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aax9070" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972870v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bspe-2020-0140" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989815v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel D&#237;az-Reviriego" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Fern&#225;ndez-Llamazares" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gallois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12110-020-09375-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780144v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3976" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972856v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reyes-Garcia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14989/225259" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990315v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2818" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990322v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aili Pyh&#228;l&#228;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145265" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123955v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Dounias" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Gu&#232;ze" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/689307" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990224v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia E Fa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Olivero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Farf&#225;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lewis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirokazu Yasuoka" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161703" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990329v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Hewlett" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13002-015-0072-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844325v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084350v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990132v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025307v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.mnhn.4359" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026162v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lys Alcayna-Stevens" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Bedford" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04973119v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03780202v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-duda" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4858-8942" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543428v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Cuni-Sanchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Fero Me&#241;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Beekman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hoyte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referencework/10.1007/978-3-032-02023-9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02023-9_9-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990132v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gallois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025307v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.mnhn.4359" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543424v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hays" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Dounias" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velina Ninkova" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Abels" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonora Astete" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-025-02288-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05281699v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Besombes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Festus Mbrenga" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Gonofio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malaka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric-Stephane Bationo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3005.230293" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519775v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martial Betoulet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanina Borzykh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0002937" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035135v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04122895v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Borri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Giles-Vernick" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrazaq G Habib" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0010897" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972839v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuelton M Monteiro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxcx.2021.100077" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972899v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Koster" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mcelreath" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hill" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Yu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Shepard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aax9070" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972870v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bspe-2020-0140" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989815v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel D&#237;az-Reviriego" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Fern&#225;ndez-Llamazares" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12110-020-09375-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780144v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3976" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972856v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reyes-Garcia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14989/225259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990315v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2818" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990322v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aili Pyh&#228;l&#228;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145265" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123955v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Gu&#232;ze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/689307" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990224v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia E Fa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Olivero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Farf&#225;n" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lewis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirokazu Yasuoka" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161703" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990329v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Hewlett" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13002-015-0072-9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470225v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Langlois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Monfura" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re Tang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844325v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084350v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026162v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lys Alcayna-Stevens" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Bedford" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04973119v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03780202v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>