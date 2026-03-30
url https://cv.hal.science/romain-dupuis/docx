--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -153,3123 +153,3257 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore-Scale Textural Changes upon Ion Adsorption in Voltage-Polarized Nanoporous Carbon Electrodes</w:t>
+                <w:t xml:space="preserve">Ion docking drives HER carbon-based electrocatalyst performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Javier Quílez-Bermejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Canevesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Ioannidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Celzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRX Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/prxenergy.4.023001⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 241, pp.120383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2025.120383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05368239v1</w:t>
+                <w:t xml:space="preserve">hal-05220983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the effect of electrolyte ions docked in subnanopores of metal-free carbon cathode on the ORR activity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Molecular mechanisms of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; mineralization on wetting nanoscale surfaces using molecular simulations and metadynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinping Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yining Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chi-Sun Poon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2025.120324⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.10758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-65794-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05368265v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ion docking drives HER carbon-based electrocatalyst performance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Pore-Scale Textural Changes upon Ion Adsorption in Voltage-Polarized Nanoporous Carbon Electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Ioannidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2025.120383⟩</w:t>
+              <w:t xml:space="preserve">PRX Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (2), pp.023001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/prxenergy.4.023001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05220983v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05368239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective molecular-scale carbonation path in aqueous solutions with sufficient structural sampling: From CO2 to CaCO3</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Insight into the effect of electrolyte ions docked in subnanopores of metal-free carbon cathode on the ORR activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Ioannidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland J.M. Pellenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa J Bandosz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0228805⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 239, pp.120324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2025.120324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04866277v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05368265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressure and temperature diagram of C&amp;lt;sub&amp;gt;60&amp;lt;/sub&amp;gt; from atomistic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bichara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.-J.-M. Pellenq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 161 (9), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0213022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient PFAS Removal Using Reusable and Non‐Toxic 3D Printed Porous Trianglamine Hydrogels</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Collective molecular-scale carbonation path in aqueous solutions with sufficient structural sampling: From CO2 to CaCO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinping Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katerina Ioannidou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.202410720⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 161 (18), pp.184502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0228805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04866268v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning potential for modelling H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; adsorption/diffusion in MOFs with open metal sites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient PFAS Removal Using Reusable and Non‐Toxic 3D Printed Porous Trianglamine Hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shanping Liu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Chaimaa Gomri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mickaele Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3SC05612K⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202410720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04760391v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal CO2 intake in metastable water film in mesoporous materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Machine learning potential for modelling H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; adsorption/diffusion in MOFs with open metal sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanping Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gen Li</w:t>
+                <w:t xml:space="preserve">Dong Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yong Tao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xinping Zhu</w:t>
+                <w:t xml:space="preserve">Salma Benzaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yining Gao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peiliang Shen</w:t>
+                <w:t xml:space="preserve">Mickaele Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-55125-w⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (14), pp.5294-5302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3SC05612K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04866242v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04760391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Water Pore Recognition and Transport through Self-Assembled Alkyl-Ureido-Trianglamine Artificial Water Channels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal CO2 intake in metastable water film in mesoporous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gen Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinping Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yining Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iuliana M Andrei</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Chaimaa Gomri</w:t>
+                <w:t xml:space="preserve">Peiliang Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.10790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.3c02815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-55125-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223106v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A squarate-pillared titanium oxide quantum sieve towards practical hydrogen isotope separation</w:t>
+                <w:t xml:space="preserve">Selective Water Pore Recognition and Transport through Self-Assembled Alkyl-Ureido-Trianglamine Artificial Water Channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qingqing Yan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Wahiduzzaman</w:t>
+                <w:t xml:space="preserve">Iuliana M Andrei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaimaa Gomri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-39871-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.3c02815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182483v1</w:t>
+                <w:t xml:space="preserve">hal-04223106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Condensation and growth of amorphous aluminosilicate nanoparticles via an aggregation process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Dupuis</w:t>
+                <w:t xml:space="preserve">A squarate-pillared titanium oxide quantum sieve towards practical hydrogen isotope separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingqing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiaqi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seung Ho Hahn</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mohammad Wahiduzzaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1cp05412k⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-39871-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920322v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How chemical defects influence the charging of nanoporous carbon supercapacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Valdenaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Pellenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Ioannidou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 119 (17), pp.121945119. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.2121945119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920236v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkali silica reaction: a view from the nanoscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 152, pp.106652. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the pore network and gas dynamics in highly adaptive rubbery organic frameworks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Condensation and growth of amorphous aluminosilicate nanoparticles via an aggregation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seung Ho Hahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adri van Duin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland J.M. Pellenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihail Barboiu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Maurin</w:t>
+                <w:t xml:space="preserve">Arnaud Poulesquen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2sc01355j⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (16), pp.9229 - 9235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1cp05412k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03681585v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normal and anomalous self-healing mechanism of crystalline calcium silicate hydrates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Unravelling the pore network and gas dynamics in highly adaptive rubbery organic frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihail Barboiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juhyuk Moon</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106356⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (18), pp.5141-5147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2sc01355j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05379429v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociation mechanisms of dissolved alkali silicates in sodium hydroxide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Normal and anomalous self-healing mechanism of crystalline calcium silicate hydrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juhyuk Moon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeonung Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rae Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Champenois</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sung-Hoon Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 124 (15), pp.8288-8294. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 142, pp.106356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c01495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03331870v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05379429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time resolved alkali silicate decondensation by sodium hydroxide solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dissociation mechanisms of dissolved alkali silicates in sodium hydroxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donatien Gomes Rodrigues</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Champenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Poulesquen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3 (1), pp.014012. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (15), pp.8288-8294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2515-7639/ab5ce9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c01495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429563v1</w:t>
+                <w:t xml:space="preserve">cea-03331870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular simulation of silica gels: Formation, dilution, and drying</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Time resolved alkali silicate decondensation by sodium hydroxide solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Karim Beland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
+                <w:t xml:space="preserve">Donatien Gomes Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Champenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Pellenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Poulesquen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 3 (7), </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (1), pp.014012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.3.075603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2515-7639/ab5ce9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02291526v1</w:t>
+                <w:t xml:space="preserve">hal-02429563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing Polymerization in Calcium Silicate Hydrates Using Si Isotopic Fractionation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Molecular simulation of silica gels: Formation, dilution, and drying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Dolado</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrés Ayuela</w:t>
+                <w:t xml:space="preserve">Laurent Karim Beland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland J.-M. Pellenq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b00307⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.3.075603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02293588v1</w:t>
+                <w:t xml:space="preserve">hal-02291526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doping as a Way To Protect Silicate Chains in Calcium Silicate Hydrates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Tracing Polymerization in Calcium Silicate Hydrates Using Si Isotopic Fractionation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Dolado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Surga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Ayuela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b03488⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (15), pp.8356-8363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b00307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02293587v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of a Fully Anharmonic Treatment of Equilibrium Isotope Fractionation Properties of Dissolved Ionic Species As Evidenced by Li + (aq)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Doping as a Way To Protect Silicate Chains in Calcium Silicate Hydrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Merlin Meheut</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Dolado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Surga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Ayuela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accounts of Chemical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.accounts.6b00607⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (11), pp.15015-15021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b03488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743607v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Nuclear Dynamics of Protons within Layered Hydroxides at High Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Dolado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Surga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Ayuela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), pp.4842. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-017-04080-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01821328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractionation of silicon isotopes in liquids: The importance of configurational disorder</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Importance of a Fully Anharmonic Treatment of Equilibrium Isotope Fractionation Properties of Dissolved Ionic Species As Evidenced by Li + (aq)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Tuckerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Nardin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Merlin Méheut</w:t>
+                <w:t xml:space="preserve">Merlin Meheut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2014.12.027⟩</w:t>
+              <w:t xml:space="preserve">Accounts of Chemical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (7), pp.1597 - 1605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.accounts.6b00607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01765160v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient calculation of free energy differences associated with isotopic substitution using path-integral molecular dynamics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Fractionation of silicon isotopes in liquids: The importance of configurational disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Nardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlin Méheut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ct400911m⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 396, pp.239-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2014.12.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765162v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Efficient calculation of free energy differences associated with isotopic substitution using path-integral molecular dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ondrej Marsalek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pei-Yang Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Méheut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (4), pp.1440-1453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ct400911m⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Development of Monte-Carlo simulations for nano-patterning surfaces associated with MM-EPES analysis Application to different Si (111) nanoporous surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Robert-Goumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Mahjoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bideux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chelda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 618, pp.72-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00919579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3279,114 +3413,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculs réalistes du fractionnement isotopique du silicium et du lithium pour des équilibres impliquant des phases liquides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Planète et Univers [physics]. Universit´e Toulouse 3 Paul Sabatier (UT3 Paul Sabatier), 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014TOU30310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01824462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId125"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3454,51 +3588,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C35832A"/>
+    <w:nsid w:val="18EBCDFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3685,51 +3819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-dupuis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9451-1132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189563281" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368239v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dupuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Ioannidou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J.-M. Pellenq" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/prxenergy.4.023001" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368265v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Florent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J.M. Pellenq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa J Bandosz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2025.120324" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05220983v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Qu&#237;lez-Bermejo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canevesi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Celzard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2025.120383" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866277v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinping Zhu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0228805" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735903v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hakim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bichara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-J.-M. Pellenq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0213022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866268v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaix" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimaa Gomri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202410720" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanping Liu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Fan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Benzaria" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickaele Bonneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SC05612K" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866242v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gen Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Tao" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yining Gao" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiliang Shen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55125-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04223106v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliana M Andrei" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c02815" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04182483v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Yan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Zhang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Liu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Wahiduzzaman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39871-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920322v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seung Ho Hahn" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri van Duin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp05412k" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920236v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Valdenaire" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pellenq" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2121945119" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920284v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106652" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03681585v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Barboiu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maurin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc01355j" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379429v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhyuk Moon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeonung Jeong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rae Taylor" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Hoon Kang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106356" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03331870v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Champenois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c01495" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429563v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Gomes Rodrigues" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab5ce9" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291526v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Karim Beland" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.075603" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293588v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Dolado" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Surga" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Ayuela" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b00307" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293587v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b03488" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743607v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Benoit" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Tuckerman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Meheut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.6b00607" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821328v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04080-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765160v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Nardin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin M&#233;heut" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2014.12.027" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VKBGL40-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765162v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Marsalek" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Yang Chen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct400911m" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919579v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Robert-Goumet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Mahjoub" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bideux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chelda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01824462v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014TOU30310" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-dupuis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9451-1132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189563281" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05220983v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Qu&#237;lez-Bermejo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dupuis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canevesi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Ioannidou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Celzard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2025.120383" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545145v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinping Zhu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Tao" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yining Gao" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Sun Poon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-65794-w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368239v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J.-M. Pellenq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/prxenergy.4.023001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368265v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Florent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J.M. Pellenq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa J Bandosz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2025.120324" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735903v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hakim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bichara" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-J.-M. Pellenq" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0213022" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866277v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0228805" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866268v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimaa Gomri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202410720" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760391v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanping Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Fan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Benzaria" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickaele Bonneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SC05612K" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866242v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gen Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiliang Shen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55125-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04223106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliana M Andrei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c02815" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04182483v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Yan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Zhang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Liu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Wahiduzzaman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39871-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920236v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Valdenaire" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pellenq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2121945119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920284v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106652" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920322v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seung Ho Hahn" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri van Duin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp05412k" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03681585v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Barboiu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maurin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc01355j" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379429v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhyuk Moon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeonung Jeong" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rae Taylor" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Hoon Kang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106356" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03331870v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Champenois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c01495" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429563v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Gomes Rodrigues" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab5ce9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291526v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Karim Beland" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.075603" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293588v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Dolado" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Surga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Ayuela" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b00307" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293587v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b03488" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Benoit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04080-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743607v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Tuckerman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Meheut" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.6b00607" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765160v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Nardin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin M&#233;heut" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2014.12.027" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VKBGL40-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765162v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Marsalek" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Yang Chen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct400911m" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919579v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Robert-Goumet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Mahjoub" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bideux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chelda" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01824462v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014TOU30310" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>