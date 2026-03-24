--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -847,295 +847,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05032862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic signature of spatial navigation in brains of desert ants</w:t>
+                <w:t xml:space="preserve">Ontogeny of superorganisms: Social control of queen specialization in ants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisa Maria Jaimes‐nino</w:t>
+                <w:t xml:space="preserve">Vahideh Majidifar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adi Bar</w:t>
+                <w:t xml:space="preserve">Marina N Psalti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziz Subach</w:t>
+                <w:t xml:space="preserve">Martin Coulm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marah Stoldt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Libbrecht</w:t>
+                <w:t xml:space="preserve">Ebru Fetzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva‐maria Teggers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.70365⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (5), pp.1044 - 1060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.14536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730392v1</w:t>
+                <w:t xml:space="preserve">hal-04730386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontogeny of superorganisms: Social control of queen specialization in ants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptomic signature of spatial navigation in brains of desert ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina N Psalti</w:t>
+                <w:t xml:space="preserve">Luisa Maria Jaimes‐nino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Coulm</w:t>
+                <w:t xml:space="preserve">Adi Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ebru Fetzer</w:t>
+                <w:t xml:space="preserve">Aziz Subach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva‐maria Teggers</w:t>
+                <w:t xml:space="preserve">Marah Stoldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 38 (5), pp.1044 - 1060. </w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (10), pp.e70365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.14536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.70365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730386v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task-specific odorant receptor expression in worker antennae indicates that sensory filters regulate division of labor in ants</w:t>
               </w:r>
@@ -1281,51 +1281,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Sistermans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Hartke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marah Stoldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1379,295 +1379,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for the effect of brief exposure to food, but not learning interference, on maze solving in desert ants</w:t>
+                <w:t xml:space="preserve">Annotation and analysis of 3902 odorant receptor protein sequences from 21 insect species provide insights into the evolution of odorant receptor gene families in solitary and social insects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomer Gilad</w:t>
+                <w:t xml:space="preserve">Pablo Mier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arik Dorfman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aziz Subach</w:t>
+                <w:t xml:space="preserve">Jean-Fred Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marah Stoldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Susanne Foitzik</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlotta Martelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1749-4877.12622⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (5), pp.919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes13050919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730500v1</w:t>
+                <w:t xml:space="preserve">hal-04730528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation and analysis of 3902 odorant receptor protein sequences from 21 insect species provide insights into the evolution of odorant receptor gene families in solitary and social insects</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence for the effect of brief exposure to food, but not learning interference, on maze solving in desert ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Fred Fontaine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marah Stoldt</w:t>
+                <w:t xml:space="preserve">Tomer Gilad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arik Dorfman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Subach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carlotta Martelli</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Foitzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (5), pp.919. </w:t>
+              <w:t xml:space="preserve">Integrative Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (5), pp.704 - 714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/genes13050919⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1749-4877.12622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730528v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidative stress and senescence in social insects: a significant but inconsistent link?</w:t>
               </w:r>
@@ -1781,754 +1781,754 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fecundity determines the outcome of founding queen associations in ants</w:t>
+                <w:t xml:space="preserve">Queen and worker phenotypic traits are associated with colony composition and environment in Temnothorax rugatulus (Hymenoptera: Formicidae), an ant with alternative reproductive strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva-Maria Teggers</w:t>
+                <w:t xml:space="preserve">Marina Choppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Falk Deegener</w:t>
+                <w:t xml:space="preserve">Stefan Graf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Feldmeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Menzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-82559-9⟩</w:t>
+              <w:t xml:space="preserve">Myrmecological News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25849/myrmecol.news_031:061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741781v1</w:t>
+                <w:t xml:space="preserve">hal-04741767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental increase of worker diversity benefits brood production in ants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dustin Gohlke</w:t>
+                <w:t xml:space="preserve">Queen loss increases worker survival in leaf-cutting ants under paraquat-induced oxidative stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megha Majoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Foitzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Nehring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 376 (1823), pp.20190735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12862-021-01890-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04730468v1</w:t>
+                <w:t xml:space="preserve">hal-04741740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative transcriptomic analysis of the mechanisms underpinning ageing and fecundity in social insects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fecundity determines the outcome of founding queen associations in ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denise Aumer</w:t>
+                <w:t xml:space="preserve">Eva-Maria Teggers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abel Bernadou</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Falk Deegener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Libbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0728⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.2986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-82559-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732168v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social isolation causes downregulation of immune and stress response genes and behavioural changes in a social insect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inon Scharf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marah Stoldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Libbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inon Scharf</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Romain Libbrecht</w:t>
+                <w:t xml:space="preserve">Anna Lena Höpfner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelien Jongepier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 30 (10), pp.2378-2389. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mec.15902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Queen loss increases worker survival in leaf-cutting ants under paraquat-induced oxidative stress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Megha Majoe</w:t>
+                <w:t xml:space="preserve">Experimental increase of worker diversity benefits brood production in ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina N Psalti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dustin Gohlke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Volker Nehring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 376 (1823), pp.20190735. </w:t>
+              <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0735⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12862-021-01890-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741740v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Queen and worker phenotypic traits are associated with colony composition and environment in Temnothorax rugatulus (Hymenoptera: Formicidae), an ant with alternative reproductive strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative transcriptomic analysis of the mechanisms underpinning ageing and fecundity in social insects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Korb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Choppin</w:t>
+                <w:t xml:space="preserve">Karen Meusemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Graf</w:t>
+                <w:t xml:space="preserve">Denise Aumer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Feldmeyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Libbrecht</w:t>
+                <w:t xml:space="preserve">Abel Bernadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Menzel</w:t>
+                <w:t xml:space="preserve">Daniel Elsner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Myrmecological News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 376 (1823), pp.20190728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25849/myrmecol.news_031:061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741767v1</w:t>
+                <w:t xml:space="preserve">hal-04732168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Offspring reverse transcriptome responses to maternal deprivation when reared with pathogens in an insect with facultative family life</w:t>
               </w:r>
@@ -2566,51 +2566,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Foitzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Feldmeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 287 (1926), pp.20200440. </w:t>
@@ -2804,51 +2804,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Foitzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Feldmeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 28 (3), pp.658-670. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3751,503 +3751,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic compatibility affects division of labor in the Argentine ant Linepithema humile</w:t>
+                <w:t xml:space="preserve">Ant genomics sheds light on the molecular regulation of social organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Oxley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jc Kronauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 67 (2), pp.517-524. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (7), pp.212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2012.01792.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/gb-2013-14-7-212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760094v1</w:t>
+                <w:t xml:space="preserve">hal-04760083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ant genomics sheds light on the molecular regulation of social organization</w:t>
+                <w:t xml:space="preserve">Genetic compatibility affects division of labor in the Argentine ant Linepithema humile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Jc Kronauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 14 (7), pp.212. </w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 67 (2), pp.517-524. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/gb-2013-14-7-212⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2012.01792.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760083v1</w:t>
+                <w:t xml:space="preserve">hal-04760094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitellogenin underwent subfunctionalization to acquire caste and behavioral specific expression in the harvester ant Pogonomyrmex barbatus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interplay between insulin signaling, juvenile hormone, and vitellogenin regulates maternal effects on polyphenism in ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Libbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Wurm</w:t>
+                <w:t xml:space="preserve">Franziska Wende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oksana Riba-Grognuz</w:t>
+                <w:t xml:space="preserve">Dihego Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain A Studer</w:t>
+                <w:t xml:space="preserve">Jose Serrão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 9 (8), pp.e1003730. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (27), pp.11050-11055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003730⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1221781110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760075v1</w:t>
+                <w:t xml:space="preserve">hal-04760080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between insulin signaling, juvenile hormone, and vitellogenin regulates maternal effects on polyphenism in ants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vitellogenin underwent subfunctionalization to acquire caste and behavioral specific expression in the harvester ant Pogonomyrmex barbatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Corona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Libbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franziska Wende</w:t>
+                <w:t xml:space="preserve">Yannick Wurm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dihego Azevedo</w:t>
+                <w:t xml:space="preserve">Oksana Riba-Grognuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Serrão</w:t>
+                <w:t xml:space="preserve">Romain A Studer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 110 (27), pp.11050-11055. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (8), pp.e1003730. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1221781110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760080v1</w:t>
+                <w:t xml:space="preserve">hal-04760075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic components to caste allocation in a multiple-queen ant species</w:t>
               </w:r>
@@ -4773,51 +4773,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="24449C3E"/>
+    <w:nsid w:val="06A1467B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4921,51 +4921,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1B7AFCDC"/>
+    <w:nsid w:val="500A3210"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5069,51 +5069,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="B069FB7A"/>
+    <w:nsid w:val="6415DE0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5217,51 +5217,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="D44C2ADC"/>
+    <w:nsid w:val="CD084F54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5457,51 +5457,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-libbrecht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4397-000X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533434v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sistermans" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Libbrecht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Foitzik" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-026-12581-6" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045920v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lenhart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megha Majoe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Selvi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Colgan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17679" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234789v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Darras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ronget" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Beros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Hartke" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evolut/qpaf118" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032862v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lenoir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dupont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Picquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2025a4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730392v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Maria Jaimes&#8208;nino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adi Bar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Subach" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marah Stoldt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70365" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730386v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahideh Majidifar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina N Psalti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Coulm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebru Fetzer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva&#8208;maria Teggers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14536" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel A Caminer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David V Ho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Baumann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05273-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16995" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730500v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomer Gilad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arik Dorfman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1749-4877.12622" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730528v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fred Fontaine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Martelli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13050919" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732184v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris H Kramer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Nehring" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Buttstedt" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heinze" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Korb" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0732" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741781v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Maria Teggers" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Deegener" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82559-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730468v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dustin Gohlke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-021-01890-x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732168v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Meusemann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Aumer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Bernadou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Elsner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0728" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730654v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inon Scharf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lena H&#246;pfner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien Jongepier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15902" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741740v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0735" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741767v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Choppin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Graf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Feldmeyer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Menzel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_031:061" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02565970v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian K&#246;rner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vogelweith" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2020.0440" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741803v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Nadrau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.100846" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Kohlmeier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin R Alleman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14971" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760008v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jc Kronauer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2018.03.009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759994v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter R Oxley" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J C Kronauer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-018-0558-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760016v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Chandra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fetter-Pruneda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Oxley" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Ritger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mckenzie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aar5723" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760031v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea A Weitekamp" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Keller" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-genet-120116-024515" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760052v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Corona" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Wheeler" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2015.12.003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760042v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Robert Oxley" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel JC Kronauer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.12.040" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760059v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Ulrich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Burns" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-015-2046-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760067v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Schwander" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.01.056" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760094v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2012.01792.x" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760083v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2013-14-7-212" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760075v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Wurm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Riba-Grognuz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain A Studer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003730" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760080v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Wende" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dihego Azevedo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Serr&#227;o" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1221781110" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760100v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2011.01348.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760108v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Gwynn" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark DE Fellowes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10905-006-9055-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W0MVXZJN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741808v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Psalti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-90306-4_21-1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04760125v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-libbrecht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4397-000X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533434v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sistermans" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Libbrecht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Foitzik" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-026-12581-6" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045920v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lenhart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megha Majoe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Selvi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Colgan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17679" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234789v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Darras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ronget" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Beros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Hartke" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evolut/qpaf118" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032862v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lenoir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dupont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Picquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2025a4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730386v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahideh Majidifar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina N Psalti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Coulm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebru Fetzer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva&#8208;maria Teggers" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14536" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730392v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Maria Jaimes&#8208;nino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adi Bar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Subach" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marah Stoldt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70365" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel A Caminer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David V Ho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Baumann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05273-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16995" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730528v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fred Fontaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Martelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13050919" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730500v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomer Gilad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arik Dorfman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1749-4877.12622" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732184v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris H Kramer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Nehring" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Buttstedt" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heinze" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Korb" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0732" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741767v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Choppin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Graf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Feldmeyer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Menzel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_031:061" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741740v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0735" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741781v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Maria Teggers" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Deegener" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82559-9" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730654v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inon Scharf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lena H&#246;pfner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien Jongepier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15902" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730468v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dustin Gohlke" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-021-01890-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732168v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Meusemann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Aumer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Bernadou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Elsner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0728" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02565970v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian K&#246;rner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vogelweith" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2020.0440" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741803v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Nadrau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.100846" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Kohlmeier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin R Alleman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14971" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760008v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jc Kronauer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2018.03.009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759994v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter R Oxley" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J C Kronauer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-018-0558-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760016v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Chandra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fetter-Pruneda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Oxley" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Ritger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mckenzie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aar5723" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760031v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea A Weitekamp" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Keller" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-genet-120116-024515" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760052v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Corona" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Wheeler" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2015.12.003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760042v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Robert Oxley" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel JC Kronauer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.12.040" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760059v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Ulrich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Burns" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-015-2046-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760067v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Schwander" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.01.056" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760083v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2013-14-7-212" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760094v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2012.01792.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760080v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Wende" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dihego Azevedo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Serr&#227;o" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1221781110" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760075v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Wurm" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Riba-Grognuz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain A Studer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003730" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760100v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2011.01348.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760108v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Gwynn" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark DE Fellowes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10905-006-9055-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W0MVXZJN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741808v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Psalti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-90306-4_21-1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04760125v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>