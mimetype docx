--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:172.19730941704px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Romain Lonceint </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences de gestion et du management, IMT Atlantique - LEMNA</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">romain-lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253135540</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing organizational paradox through conciliation: a metaphorical analysis based on legal conciliation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, XXIX (76), pp.27-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager les paradoxes organisationnels par la conciliation : une analyse métaphorique basée sur la conciliation juridique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, XXIX (76), pp.27-46. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.076.0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ressorts de l'adhésion à la simulation haute-fidélité en santé : de la ressemblance du mannequin au réalisme de la simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Lejus-Bourdeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de simulation en santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5, pp.6-13. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48562/revsims-2023-0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative SMEs in search of ambidexterity: a challenge for HRM!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employee Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 43 (2), pp.479-495. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/ER-04-2020-0176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner tout en se protégeant : la gestion des tensions dans l’activité de travail en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 2 (2), pp.159. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jges.192.0159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk Management Through an “Activity Contradictions” Lens: Exposure to Low Doses of Radiation in Nuclear Medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bodéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.228. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmed.2019.00228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02336947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’instrumentation des politiques locales de santé au prisme des activités de transcodage : le cas du Plan local de santé de la Ville de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 78, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1039342ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer collectivement les tensions organisationnelles du travail : les stratégies d’articulation des logiques de soin et de radioprotection en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Le management du soin, 25, pp.29-50. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.025.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (127), pp.15-26. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.127.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time is Ticking: French healthcare teams and their managers navigating time challenges with their collective competency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Academy of Management, Jun 2025, Firenze (Florence), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05144948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des professionnels de santé par la simulation : quelles perspectives de recherche en sciences de gestion ? Réflexions à partir de deux études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque ARAMOS "Travailler dans les organisations de santé et médico-sociales : Quels défis contemporains ? "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARAMOS, Nov 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction des plannings des équipes de soins à l'hôpital : une démarche collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appropriation temporelle d’un ensemble technique : le cas de l’usage des simulateurs haute-fidélité en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Congrès annuel de l'association francophone de gestion des ressources humaines (AGRH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-04382960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes et des mannequins. Étude exploratoire sur les impacts de la simulation haute-fidélité en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques de Nantes Université "Machine, quelle est ton humanité ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former par la simulation haute-fidélité en santé : quels rôles du mannequin en contexte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Colloque ARAMOS "Les organisations de santé face au défi de la personnalisation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La régulation des paradoxes organisationnels au prisme de la métaphore de la conciliation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de recherche RIPCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articulating the trajectory of innovation and the competences dynamics in SMEs: a challenge for HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème conférence EURAM : The business of now: the future starts here</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des PMO, stratégie d'innovation et dynamique des compétences: entre interdépendance et tensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Conférence de l'Association Internationale de Management Stratégique (congrès de l'AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03516429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe congrès TEPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche Théorie et Evaluation des Politiques Publiques, Oct 2019, Saint-Denis de la Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology & the constitution of competences: between alienation and invention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Organisation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Mykonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires des PMO technologiques et dynamique des compétences : l'analyse de deux cas dans le secteur de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème congrés ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de compétences et créativité dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03483578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of nuclear medicine: between differentiation and integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surprise in and around organizations: journeys to expected : 34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europe Group for organizational studies, Jun 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand soigner en contexte d’incertitude conduit à un travail de conciliation : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de recherche appliquée au management des organisations de santé, Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner tout en se protégeant. Le corps du patient entre objet de soins et source de risques en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Congrès de l'Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Versailles - Saint-Quentin-en-Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment gérer l'incertain ? Le cas des « faibles doses » en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Internationale des Sociologues de Langue Française (AISLF) "Science, innovation, technique et société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'activité discursive est au fondement des politiques locales : les mécanismes d'élaboration des politiques de promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Conférence TEPP "Territoires, espaces et politiques publiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les trajectoires des PME innovantes : le rôle de la GRH en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ludivine Adla; Virginie Gallego-Roquelaure; Marc-André Vilette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des ressources humaines en PME : approches stratégique et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 6, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vuibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105, 2022, 978-2-311-41122-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du risque à l'épreuve des pratiques professionnelles : l'exemple de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque environnemental : entre sciences physiques et sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-74, 2019, 2356715711</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La présence du chercheur sur le terrain. Retour sur un travail d'observation dans un service de médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales à l'épreuve du terrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-2-343-13464-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer les tensions organisationnelles dans un monde hybride : la conciliation en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université de Nantes, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03931344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId69"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:172.19730941704px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Romain Lonceint </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences de gestion et du management, IMT Atlantique - LEMNA</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">romain-lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253135540</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing organizational paradox through conciliation: a metaphorical analysis based on legal conciliation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, XXIX (76), pp.27-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ressorts de l'adhésion à la simulation haute-fidélité en santé : de la ressemblance du mannequin au réalisme de la simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Lejus-Bourdeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de simulation en santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5, pp.6-13. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48562/revsims-2023-0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager les paradoxes organisationnels par la conciliation : une analyse métaphorique basée sur la conciliation juridique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, XXIX (76), pp.27-46. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.076.0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative SMEs in search of ambidexterity: a challenge for HRM!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employee Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 43 (2), pp.479-495. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/ER-04-2020-0176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner tout en se protégeant : la gestion des tensions dans l’activité de travail en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 2 (2), pp.159. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jges.192.0159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk Management Through an “Activity Contradictions” Lens: Exposure to Low Doses of Radiation in Nuclear Medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bodéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.228. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmed.2019.00228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02336947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’instrumentation des politiques locales de santé au prisme des activités de transcodage : le cas du Plan local de santé de la Ville de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 78, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1039342ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer collectivement les tensions organisationnelles du travail : les stratégies d’articulation des logiques de soin et de radioprotection en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Le management du soin, 25, pp.29-50. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.025.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (127), pp.15-26. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.127.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time is Ticking: French healthcare teams and their managers navigating time challenges with their collective competency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Academy of Management, Jun 2025, Firenze (Florence), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05144948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des professionnels de santé par la simulation : quelles perspectives de recherche en sciences de gestion ? Réflexions à partir de deux études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque ARAMOS "Travailler dans les organisations de santé et médico-sociales : Quels défis contemporains ? "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARAMOS, Nov 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction des plannings des équipes de soins à l'hôpital : une démarche collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appropriation temporelle d’un ensemble technique : le cas de l’usage des simulateurs haute-fidélité en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Congrès annuel de l'association francophone de gestion des ressources humaines (AGRH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-04382960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes et des mannequins. Étude exploratoire sur les impacts de la simulation haute-fidélité en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques de Nantes Université "Machine, quelle est ton humanité ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former par la simulation haute-fidélité en santé : quels rôles du mannequin en contexte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Colloque ARAMOS "Les organisations de santé face au défi de la personnalisation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La régulation des paradoxes organisationnels au prisme de la métaphore de la conciliation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de recherche RIPCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articulating the trajectory of innovation and the competences dynamics in SMEs: a challenge for HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème conférence EURAM : The business of now: the future starts here</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des PMO, stratégie d'innovation et dynamique des compétences: entre interdépendance et tensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Conférence de l'Association Internationale de Management Stratégique (congrès de l'AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03516429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe congrès TEPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche Théorie et Evaluation des Politiques Publiques, Oct 2019, Saint-Denis de la Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology & the constitution of competences: between alienation and invention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Organisation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Mykonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires des PMO technologiques et dynamique des compétences : l'analyse de deux cas dans le secteur de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème congrés ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de compétences et créativité dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03483578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of nuclear medicine: between differentiation and integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surprise in and around organizations: journeys to expected : 34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europe Group for organizational studies, Jun 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand soigner en contexte d’incertitude conduit à un travail de conciliation : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de recherche appliquée au management des organisations de santé, Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner tout en se protégeant. Le corps du patient entre objet de soins et source de risques en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Congrès de l'Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Versailles - Saint-Quentin-en-Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment gérer l'incertain ? Le cas des « faibles doses » en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Internationale des Sociologues de Langue Française (AISLF) "Science, innovation, technique et société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'activité discursive est au fondement des politiques locales : les mécanismes d'élaboration des politiques de promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Conférence TEPP "Territoires, espaces et politiques publiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les trajectoires des PME innovantes : le rôle de la GRH en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ludivine Adla; Virginie Gallego-Roquelaure; Marc-André Vilette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des ressources humaines en PME : approches stratégique et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 6, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vuibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105, 2022, 978-2-311-41122-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du risque à l'épreuve des pratiques professionnelles : l'exemple de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque environnemental : entre sciences physiques et sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-74, 2019, 2356715711</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La présence du chercheur sur le terrain. Retour sur un travail d'observation dans un service de médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales à l'épreuve du terrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-2-343-13464-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer les tensions organisationnelles dans un monde hybride : la conciliation en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université de Nantes, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03931344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId69"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B332FFE"/>
+    <w:nsid w:val="606AFB44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-lonceint" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253135540" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396539v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lonceint" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943805v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.076.0027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382867v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jaujard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dumas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lejus-Bourdeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48562/revsims-2023-0002" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977520v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gastaldi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ER-04-2020-0176" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533848v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jges.192.0159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02336947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2019.00228" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928419v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1039342ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928479v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.025.0029" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616507v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bretesch&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.127.0015" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144948v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Hanna" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743580v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Cucharero Atienza" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Girault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388441v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04382960v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931529v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931515v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935680v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475068v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516429v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102751v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299936v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475085v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03483578v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083961v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084424v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943860v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943890v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931465v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782311411225-management-des-ressources-humaines-en-pme" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937110v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-risque-environnemental/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937096v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_sciences_sociales_a_l_epreuve_du_terrain_algerie_belgique_france_quebec_laos_vietnam_mohamed_mebtoul-9782343134642-58445.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03931344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-lonceint" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253135540" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396539v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lonceint" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382867v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jaujard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dumas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lejus-Bourdeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48562/revsims-2023-0002" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943805v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.076.0027" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977520v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gastaldi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ER-04-2020-0176" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533848v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jges.192.0159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02336947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2019.00228" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928419v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1039342ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928479v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.025.0029" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616507v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bretesch&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.127.0015" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144948v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Hanna" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743580v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Cucharero Atienza" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Girault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388441v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04382960v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931529v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931515v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935680v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475068v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516429v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102751v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299936v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475085v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03483578v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083961v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084424v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943860v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943890v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931465v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782311411225-management-des-ressources-humaines-en-pme" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937110v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-risque-environnemental/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937096v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_sciences_sociales_a_l_epreuve_du_terrain_algerie_belgique_france_quebec_laos_vietnam_mohamed_mebtoul-9782343134642-58445.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03931344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>