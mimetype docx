--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1564,456 +1564,456 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Réinterroger les liens entre urbain et rural : interconnexions et coordinations des territoires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corrigendum: What drives competition on the farmland market? A case study in Brittany (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Piet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukeyna Diop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/ges.2021.0021⟩</w:t>
+              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (5), pp.1251-1251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/erae/jbab031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942848v1</w:t>
+                <w:t xml:space="preserve">hal-04081101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Rouached</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Grouiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Levasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 378, pp.7-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/economierurale.9307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farmland management and sustainable development in the Mediterranean: land use changes, public policies, and collective resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Napoleone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Environmental Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10113-021-01748-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum: What drives competition on the farmland market? A case study in Brittany (France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Introduction. Réinterroger les liens entre urbain et rural : interconnexions et coordinations des territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soukeyna Diop</w:t>
+                <w:t xml:space="preserve">Lise Bourdeau-Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 48 (5), pp.1251-1251. </w:t>
+              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (4), pp.357-366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/erae/jbab031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/ges.2021.0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04081101v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La planification des espaces ruraux et périurbains à l’épreuve des contestations : une perspective sociologique sur les pratiques de recours en Île-de-France</w:t>
               </w:r>
@@ -2110,265 +2110,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03776400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What drives competition on the farmland market? A case study in Brittany (France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Piet</w:t>
+                <w:t xml:space="preserve">Le foncier comme actif du développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodosia Anthopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stavriani Koutsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/erae/jbaa019⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 102, pp.9-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdlm.14284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03275149v1</w:t>
+                <w:t xml:space="preserve">hal-04030101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le foncier comme actif du développement</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
+                <w:t xml:space="preserve">What drives competition on the farmland market? A case study in Brittany (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Piet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukeyna Diop</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de la Méditerranée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 102, pp.9-12. </w:t>
+              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (1), pp.60-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cdlm.14284⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/erae/jbaa019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04030101v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03275149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scheduling urbanization in rural municipalities: Local practices in land-use planning on the fringes of the Paris region</w:t>
               </w:r>
@@ -2592,51 +2592,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Napoleone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 201, pp.118-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2824,265 +2824,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing the waters of coastal urbanization: Contested projects on Corsica's protected lands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les conflits d’usage et de voisinage de l’espace. Bilan d’un programme de recherche pluridisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Vu Pham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Planning Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09654313.2016.1219698⟩</w:t>
+              <w:t xml:space="preserve">L'Information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 80 (4), pp.8-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lig.804.0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01374704v1</w:t>
+                <w:t xml:space="preserve">hal-01608090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conflits d’usage et de voisinage de l’espace. Bilan d’un programme de recherche pluridisciplinaire</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Testing the waters of coastal urbanization: Contested projects on Corsica's protected lands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hai Vu Pham</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information géographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 80 (4), pp.8-29. </w:t>
+              <w:t xml:space="preserve">European Planning Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (11), 19 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lig.804.0008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09654313.2016.1219698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608090v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie d’évaluation et d’analyse des conflits dans les espaces ruraux et périurbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3286,325 +3286,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droits de propriété et d'usage sur la terre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les facteurs réglementaires de l'étalement urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Laplaige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Delattre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2014/4 (342), pp.69-85</w:t>
+              <w:t xml:space="preserve">La revue foncière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.20-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190004v1</w:t>
+                <w:t xml:space="preserve">hal-01128556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying and measuring land-use and proximity conflicts : methods and identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habibullah Magsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SpringerPlus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/2193-1801-3-85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs réglementaires de l'étalement urbain</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Droits de propriété et d'usage sur la terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Delattre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue foncière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 1, pp.20-23</w:t>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014/4 (342), pp.69-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01128556v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en débat de l’étalement urbain : l’État face aux projets des collectivités</w:t>
               </w:r>
@@ -3672,51 +3672,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paris, métropole agricole?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste J. B. Traversac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3802,51 +3802,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces protégés, espaces sanctuarisés? Conflits autour de la loi littorale en Corse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 6 (332), pp.60-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3884,51 +3884,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : conflits d’usage dans les espaces ruraux et périurbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 6 (332), pp.4-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3966,51 +3966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection de l'environnement et stratégies contentieuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Vu Pham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (82), pp.621-641</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4242,77 +4242,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment évaluer et mesurer la conflictualité liée aux usages de l’espace ? Eléments de méthode et de repérage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4454,51 +4454,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'aménagement du littoral à l'épreuve de la décentralisation. Conflits et concertation en Corse et Sardaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fiori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4713,51 +4713,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflits et tensions autour des usages de l'espace dans les territoires ruraux et périurbains : Le cas de six zones géographiques françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aznar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6018,51 +6018,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflits et urbanisme littoral : le cas de la Corse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6116,256 +6116,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01370067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétaires et agriculteurs périurbains : pratiques contractuelles et stratégies contentieuses</w:t>
+                <w:t xml:space="preserve">La mise en débat de l'étalement urbain : l'État face aux projets des collectivités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gwenaëlle Ackermann</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Bransiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terres agricoles périurbaines : une gouvernance en construction</w:t>
+              <w:t xml:space="preserve">Terres agricoles périurbaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 256 p., 2013, Update Sciences and Technologies, 9782759220144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606727v1</w:t>
+                <w:t xml:space="preserve">hal-01603713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en débat de l'étalement urbain : l'État face aux projets des collectivités</w:t>
+                <w:t xml:space="preserve">Propriétaires et agriculteurs périurbains : pratiques contractuelles et stratégies contentieuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxence Bransiecq</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gueringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Alavoine-Mornas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Ackermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terres agricoles périurbaines</w:t>
+              <w:t xml:space="preserve">Terres agricoles périurbaines : une gouvernance en construction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 256 p., 2013, Update Sciences and Technologies, 9782759220144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603713v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'individu défini par ses droits : Les droits subjectifs, de la rationalisation des sociétés à la théorie de l'action</w:t>
               </w:r>
@@ -7773,77 +7773,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Drives Competition on the Farmland Market? A Case Study in Brittany (France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Piet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukeyna Diop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVI. Congress of the European Association of Agricultural Economists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8058,77 +8058,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What drives competition on the farmland market? A case study in Brittany (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Piet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukeyna Diop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., 2019, NA, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8419,243 +8419,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02793295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes d’analyse statistique des mobilités et stratégies foncières des exploitations agricoles à proximité de la ville</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ségolène Darly</w:t>
+                <w:t xml:space="preserve">L’ANR JASMINN vous est conté : des questions de justice dans la protection du foncier agricole périurbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Nougaredes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Baptiste Traversac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole chercheurs PSDR4 Repro-Innov</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Toulouse, France. 4 p</w:t>
+              <w:t xml:space="preserve">Assemblée générale du département SAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Arles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796796v1</w:t>
+                <w:t xml:space="preserve">hal-01533915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ANR JASMINN vous est conté : des questions de justice dans la protection du foncier agricole périurbain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Nougaredes</w:t>
+                <w:t xml:space="preserve">Méthodes d’analyse statistique des mobilités et stratégies foncières des exploitations agricoles à proximité de la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Delebarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Darly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste Traversac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée générale du département SAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Arles, France</w:t>
+              <w:t xml:space="preserve">Ecole chercheurs PSDR4 Repro-Innov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Toulouse, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533915v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart rural development, agriculture and building rights in the Paris region</w:t>
               </w:r>
@@ -9064,51 +9064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hakoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Laplaige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études « Pratiques réglementaires et planification d’urbanisme »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9133,51 +9133,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflits d'espace et dynamique des formes de gouvernance : essai de synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9461,51 +9461,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflicts and concertations on the use of littoral spaces in Corsica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Congrès international : Environnement et identités en Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Corte, France. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9593,217 +9593,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conflits et règles d'utilisation des espaces littoraux : le cas de la Corse.</w:t>
+                <w:t xml:space="preserve">Droit et statistiques en sociologie : L'étude des pratiques juridiques entre monographies et statistiques : réflexions méthodologiques à partir de l'objet &amp;quot;droit du travail&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Pélisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Colloque de l'Association de Sciences Régionale de Langue Française (ASRDLF). 12. Colloque du GRERBAM. Développement local, compétitivité et attractivité des territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Sfax, Tunisie. 11 p</w:t>
+              <w:t xml:space="preserve">2ème congrès de l'Association Française de sociologie. "Sociologie du droit et de la justice" Université Victor Segalen Bordeaux 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Bordeaux, France. 15p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02818188v1</w:t>
+                <w:t xml:space="preserve">hal-02814311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit et statistiques en sociologie : L'étude des pratiques juridiques entre monographies et statistiques : réflexions méthodologiques à partir de l'objet &amp;quot;droit du travail&amp;quot;.</w:t>
+                <w:t xml:space="preserve">Conflits et règles d'utilisation des espaces littoraux : le cas de la Corse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Pélisse</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Fiori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Serinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème congrès de l'Association Française de sociologie. "Sociologie du droit et de la justice" Université Victor Segalen Bordeaux 2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Bordeaux, France. 15p</w:t>
+              <w:t xml:space="preserve">42. Colloque de l'Association de Sciences Régionale de Langue Française (ASRDLF). 12. Colloque du GRERBAM. Développement local, compétitivité et attractivité des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Sfax, Tunisie. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814311v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02818188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9995,51 +9995,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jeanneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Vu Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -10183,51 +10183,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une analyse des modalités de résolution des tensions liées aux différents usages des espaces ruraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Aznar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10478,51 +10478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseau Foncimed Ciheam-Inra (montpellier, France)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Requier-Desjardins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10817,51 +10817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Requier-Desjardins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orlando Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11135,51 +11135,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modalités d'émergence et procédures de résolution des conflits d'usage autour de l'espace et des ressources naturelles. Analyse dans les espaces ruraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11285,51 +11285,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflits d'espaces et gouvernance foncière : méthodologie d'approche et enseignements du contentieux lié à la Loi littoral en Corse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Melot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valorisation des communications de l’école-chercheurs de Gabès (16-20 novembre 2009) et du cours spécialisé de Tataouine (21-25 novembre 2009) (Gouvernance foncière et usage des ressources naturelles), 2010, pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11516,51 +11516,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05206294v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhu Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perrin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48416/ijsaf.v31i1.608" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336541v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Idt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Bivic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/tpr.2025.14" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189708v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem K. Korthals Altes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2023.2244567" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638257v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Veenstra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13469" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843272v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Nougar&#232;des" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Vanel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Campardon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Hammond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2024.107361" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536324v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00063" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700840v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol86-art01-GB" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700878v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol86-art03-GB" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370701v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13449" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003396v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.10894" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132726v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Billows" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.030.0275" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art06" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03430589v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick DONGMO ZANGUE" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.114059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art02" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03942848v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bourdeau-Lepage" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2021.0021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03518790v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laroche-Dupraz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Rouached" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levasseur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.9307" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176016v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01748-4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081101v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukeyna Diop" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbab031" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03776400v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pepin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kirat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2021.0012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275149v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbaa019" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04030101v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodosia Anthopoulou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elloumi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavriani Koutsou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Paoli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.14284" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937962v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2020.105040" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900441v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clement" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Nougaredes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land9070223" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628213v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Delattre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531745v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.574.0711" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532651v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bransiecq" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.164.0767" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374704v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2016.1219698" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608090v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Torre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Vu Pham" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.804.0008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Bossuet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Caron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313278v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Prieto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouyssi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Monteiro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201510334" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JSDBWLB9-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190004v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189900v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibullah Magsi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bossuet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-3-85" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128556v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laplaige" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637730v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000698v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Traversac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene S. Darly" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.133.0561" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001637v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198195v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001638v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001628v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001111v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627705v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.9590" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198160v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.091.0177" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197796v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiori" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03162121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me P&#233;lisse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198161v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664873v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aznar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle A. Caron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Chia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Galman" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654719v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656199v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2006045" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681575v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677185v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488441v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Bouillot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394406296.ch1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382134v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/pandemic-recovery-9781802201109.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236540v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj-editions.fr/livres/vivre-en-copropriete/9782275029887" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236529v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-msh.fr/livre/travailler-avec-max-weber/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236534v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bignebat" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soullier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/191/9782759235766/sustainable-food-systems-for-food-security" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3576-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117118v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devisme" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.811" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03075343v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cardere.fr/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/gbmk-tc25_ch10" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603465v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hostiou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Struillou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370067v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publications.efrome.it/opencms/opencms/un_littoral_sans_nature_l'avenir_de_la_m%C3%A8diterran%C3%A8e_face_%C3%A0_l'urbanisation_7e0f8b4f-97cb-11e3-ad12-000c291eeace.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/216087" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606727v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gueringer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alavoine-Mornas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine L&#233;ger" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Ackermann" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3048-terres-agricoles-periurbaines.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603713v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819764v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833209v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522169v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mohamed" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659243v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893396v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyhia Brahimi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893442v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505736v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cnudde Corentin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484226v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Poinsot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166838v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501357v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236549v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236560v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Idt" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013091v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186727v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;sini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.eaef1n45" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03595900v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013073v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013055v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437647v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738376v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738375v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793295v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796796v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Delebarre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Traversac" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533915v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575334v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cabaret" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536589v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575332v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575333v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198196v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198188v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hakoua" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197809v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197741v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197777v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Darly" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197769v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816680v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813153v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818188v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fiori" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Serinelli" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814311v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04123500v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pouteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Javelle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mouret" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pignier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913890v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195181v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sayn" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia S. Bouabdallah" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cottin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Julliot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Laulom" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588103v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aznar" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Aviles" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176388v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narufumi Kadomatsu" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Kelly" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Pilniok" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-981-15-6641-7" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-6641-7" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148115v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;seau Foncimed Ciheam-Inra (montpellier, France)" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Requier-Desjardins" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rodrigues" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iamm.ciheam.org/download/38" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526896v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthopoulou Theodosia" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Bouraoui" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Buhot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198072v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454909v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Rodrigues" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Riaux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16341" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02789634v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03111668v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004202v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Aviles" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lefranc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05206294v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhu Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perrin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48416/ijsaf.v31i1.608" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336541v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Idt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Bivic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/tpr.2025.14" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189708v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem K. Korthals Altes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2023.2244567" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638257v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Veenstra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13469" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843272v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Nougar&#232;des" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Vanel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Campardon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Hammond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2024.107361" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536324v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00063" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700840v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol86-art01-GB" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700878v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol86-art03-GB" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370701v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13449" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003396v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.10894" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132726v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Billows" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.030.0275" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art06" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03430589v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick DONGMO ZANGUE" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.114059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art02" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081101v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukeyna Diop" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbab031" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03518790v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laroche-Dupraz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Rouached" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levasseur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.9307" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176016v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01748-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03942848v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bourdeau-Lepage" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2021.0021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03776400v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pepin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kirat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2021.0012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04030101v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodosia Anthopoulou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elloumi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavriani Koutsou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Paoli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.14284" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275149v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbaa019" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937962v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2020.105040" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900441v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clement" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Nougaredes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land9070223" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628213v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Delattre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531745v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.574.0711" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532651v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bransiecq" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.164.0767" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608090v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Torre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Vu Pham" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.804.0008" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374704v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2016.1219698" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Bossuet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Caron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313278v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Prieto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouyssi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Monteiro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201510334" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JSDBWLB9-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128556v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laplaige" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189900v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibullah Magsi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bossuet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-3-85" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190004v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637730v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000698v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Traversac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene S. Darly" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.133.0561" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001637v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198195v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001638v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001628v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001111v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627705v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.9590" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198160v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.091.0177" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197796v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiori" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03162121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me P&#233;lisse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198161v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664873v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aznar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle A. Caron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Chia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Galman" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654719v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656199v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2006045" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681575v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677185v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488441v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Bouillot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394406296.ch1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382134v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/pandemic-recovery-9781802201109.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236540v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj-editions.fr/livres/vivre-en-copropriete/9782275029887" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236529v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-msh.fr/livre/travailler-avec-max-weber/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236534v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bignebat" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soullier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/191/9782759235766/sustainable-food-systems-for-food-security" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3576-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117118v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devisme" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.811" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03075343v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cardere.fr/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/gbmk-tc25_ch10" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603465v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hostiou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Struillou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370067v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publications.efrome.it/opencms/opencms/un_littoral_sans_nature_l'avenir_de_la_m%C3%A8diterran%C3%A8e_face_%C3%A0_l'urbanisation_7e0f8b4f-97cb-11e3-ad12-000c291eeace.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/216087" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603713v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3048-terres-agricoles-periurbaines.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606727v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gueringer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alavoine-Mornas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine L&#233;ger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Ackermann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819764v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833209v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522169v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mohamed" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659243v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893396v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyhia Brahimi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893442v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505736v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cnudde Corentin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484226v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Poinsot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166838v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501357v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236549v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236560v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Idt" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013091v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186727v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;sini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.eaef1n45" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03595900v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013073v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013055v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437647v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738376v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738375v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793295v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533915v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796796v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Delebarre" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Traversac" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575334v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cabaret" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536589v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575332v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575333v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198196v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198188v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hakoua" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197809v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197741v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197777v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Darly" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197769v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816680v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813153v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814311v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818188v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fiori" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Serinelli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04123500v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pouteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Javelle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mouret" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pignier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913890v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195181v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sayn" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia S. Bouabdallah" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cottin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Julliot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Laulom" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588103v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aznar" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Aviles" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176388v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narufumi Kadomatsu" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Kelly" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Pilniok" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-981-15-6641-7" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-6641-7" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148115v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;seau Foncimed Ciheam-Inra (montpellier, France)" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Requier-Desjardins" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rodrigues" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iamm.ciheam.org/download/38" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526896v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthopoulou Theodosia" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Bouraoui" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Buhot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198072v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454909v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Rodrigues" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Riaux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16341" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02789634v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03111668v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004202v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Aviles" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lefranc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>