--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -744,887 +744,887 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 180 Myr-old female-specific genome region in sturgeon reveals the oldest known vertebrate sex determining system with undifferentiated sex chromosomes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sex identification in immature Eurasian perch ( Perca fluviatilis ) using ultrasonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Guiguen</w:t>
+                <w:t xml:space="preserve">Yannick Ledoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christin Höhne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kang Du</w:t>
+                <w:t xml:space="preserve">Maud Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0089⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (12), pp.6046-6051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/are.15465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03329961v1</w:t>
+                <w:t xml:space="preserve">hal-03346049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current status and potential of genomic selection to improve selective breeding in the main aquaculture species of International Council for the Exploration of the Sea (ICES) member countries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Boudry</w:t>
+                <w:t xml:space="preserve">Optimization of Genomic Selection to Improve Disease Resistance in Two Marine Fishes, the European Sea Bass (Dicentrarchus labrax) and the Gilthead Sea Bream (Sparus aurata)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Griot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Allal</w:t>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad L. Aslam</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tim P. Bean</w:t>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aqrep.2021.100700⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.665920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.665920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03411084v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Genomic Selection to Improve Disease Resistance in Two Marine Fishes, the European Sea Bass (Dicentrarchus labrax) and the Gilthead Sea Bream (Sparus aurata)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Current status and potential of genomic selection to improve selective breeding in the main aquaculture species of International Council for the Exploration of the Sea (ICES) member countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Allal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad L. Aslam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bargelloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Griot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Romain Morvezen</w:t>
+                <w:t xml:space="preserve">Tim P. Bean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.665920⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.100700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aqrep.2021.100700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360561v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex identification in immature Eurasian perch ( Perca fluviatilis ) using ultrasonography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 180 Myr-old female-specific genome region in sturgeon reveals the oldest known vertebrate sex determining system with undifferentiated sex chromosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heiner Kuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christin Höhne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Ledoré</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Romain Morvezen</w:t>
+                <w:t xml:space="preserve">Eva Kreuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Alix</w:t>
+                <w:t xml:space="preserve">Kang Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 52 (12), pp.6046-6051. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 376 (1832), pp.20200089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/are.15465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03346049v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a Y‐specific duplication/insertion of the anti‐Mullerian hormone type II receptor gene based on a chromosome‐scale genome assembly of yellow perch, Perca flavescens</w:t>
+                <w:t xml:space="preserve">Genetic architecture and genomic selection of female reproduction traits in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Feron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">J. D’ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Roques</w:t>
+                <w:t xml:space="preserve">S. Brard-Fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Acin Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13133⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-020-06955-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623895v1</w:t>
+                <w:t xml:space="preserve">hal-02938176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic architecture and genomic selection of female reproduction traits in rainbow trout</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of a Y‐specific duplication/insertion of the anti‐Mullerian hormone type II receptor gene based on a chromosome‐scale genome assembly of yellow perch, Perca flavescens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Brard-Fudulea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+                <w:t xml:space="preserve">Romain Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Zahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Acin Perez</w:t>
+                <w:t xml:space="preserve">Céline Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (1), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (2), pp.531-543. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-020-06955-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938176v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APIS: An auto-adaptive parentage inference software that tolerates missing parents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Griot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1682,278 +1682,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02434174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic by environment interactions for harvest traits of the Pacific Oyster Crassostrea gigas (Thunberg) across different environments on the West Coast, USA</w:t>
+                <w:t xml:space="preserve">Transcriptome based SNP discovery and validation for parentage assignment in hatchery progeny of the European abalone Haliotis tuberculata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Manoel Rodrigues De Melo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Morvezen</w:t>
+                <w:t xml:space="preserve">Ewan Harney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evan Durland</w:t>
+                <w:t xml:space="preserve">Sebastien Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Langdon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sabine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huchette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Enez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Shellfish Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2983/035.037.0104⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 491, pp.105-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2018.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03170828v1</w:t>
+                <w:t xml:space="preserve">hal-02626095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome based SNP discovery and validation for parentage assignment in hatchery progeny of the European abalone Haliotis tuberculata</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic by environment interactions for harvest traits of the Pacific Oyster Crassostrea gigas (Thunberg) across different environments on the West Coast, USA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Lachambre</w:t>
+                <w:t xml:space="preserve">Claudio Manoel Rodrigues De Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Roussel</w:t>
+                <w:t xml:space="preserve">Evan Durland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Huchette</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chris Langdon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 491, pp.105-113. </w:t>
+              <w:t xml:space="preserve">Journal of Shellfish Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (1), pp.49-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2018.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2983/035.037.0104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626095v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of bioactive extracellular compounds and paralytic shellfish toxins produced by Alexandrium minutum on growth and behaviour of juvenile great scallops Pecten maximus</w:t>
               </w:r>
@@ -2067,278 +2067,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01483131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stock enhancement or sea ranching? Insights from monitoring the genetic diversity, relatedness and effective population size in a seeded great scallop population (Pecten maximus)</w:t>
+                <w:t xml:space="preserve">Genetic structure of a commercially exploited bivalve, the great scallop pecten maximus, along the european coasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Laroche</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Chauvaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/hdy.2016.42⟩</w:t>
+              <w:t xml:space="preserve">Conservation Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.57 - 67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10592-015-0760-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01483284v1</w:t>
+                <w:t xml:space="preserve">hal-01483248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structure of a commercially exploited bivalve, the great scallop pecten maximus, along the european coasts</w:t>
+                <w:t xml:space="preserve">Stock enhancement or sea ranching? Insights from monitoring the genetic diversity, relatedness and effective population size in a seeded great scallop population (Pecten maximus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Charrier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (1), pp.57 - 67. </w:t>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (3), pp.142-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10592-015-0760-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/hdy.2016.42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483248v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New set of candidate gene SNPs and microsatellites to disentangle selective and neutral processes shaping population responses of European flounder (Platichthys flesus) to anthropogenic stress and contrasted environments</w:t>
               </w:r>
@@ -2631,51 +2631,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Calves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conservation Genetics Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 4 (4), pp.931-934. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2735,51 +2735,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des paramètres génétiques de la croissance et de la qualité dans la population d'Oso Farming de la crevette tigrée de Madagascar Penaeus monodon</w:t>
+                <w:t xml:space="preserve">Genetic parameter estimation of growth and quality traits in the Oso Farming population of Madagascar tiger shrimp Penaeus monodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Guillerm</w:t>
@@ -2814,97 +2814,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">AQUA 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724100v1</w:t>
+                <w:t xml:space="preserve">hal-04724394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameter estimation of growth and quality traits in the Oso Farming population of Madagascar tiger shrimp Penaeus monodon</w:t>
+                <w:t xml:space="preserve">Estimation des paramètres génétiques de la croissance et de la qualité dans la population d'Oso Farming de la crevette tigrée de Madagascar Penaeus monodon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Guillerm</w:t>
@@ -2939,73 +2939,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AQUA 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724394v1</w:t>
+                <w:t xml:space="preserve">hal-04724100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a breeding programme for oysters invited</w:t>
               </w:r>
@@ -3093,293 +3093,293 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can genomics improve the selection efficiency of sea bream (Sparus aurata) candidates reared in sanitary protected RAS when GxE exist with the production environment in open-sea cages?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cartographie fine de la résistance à la nécrose nerveuse virale chez le bar identifiée par séquençage du génome entier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Vergnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV. International Symposium on Genetics in Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t>
+              <w:t xml:space="preserve">7èmes Journées Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185868v1</w:t>
+                <w:t xml:space="preserve">hal-04185459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine mapping for Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax) identified by whole genome sequencing</w:t>
+                <w:t xml:space="preserve">WHOLE GENOME SEQUENCING TO REFINE THE DETECTION OF QTL FOR VIRAL NERVOUS NECROSIS IN EUROPEAN SEA BASS (DICENTRARCHUS LABRAX)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Rimini, Italy</w:t>
+              <w:t xml:space="preserve">6th symposium on Genomics in Aquaculture Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185721v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFI6, an interferon alpha induced protein, identified by whole genome sequencing as involved in Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3438,510 +3438,510 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Genetics in Aquaculture XIV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of genomic selection on production and quality traits and linkage disequilibrium in Crassostrea gigas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Chenier</w:t>
+                <w:t xml:space="preserve">Fine mapping for Viral Nervous Necrosis resistance in European sea bass (Dicentrarchus labrax) identified by whole genome sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Aquaculture Europe 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Rimini, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04013016v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie fine de la résistance à la nécrose nerveuse virale chez le bar identifiée par séquençage du génome entier</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can genomics improve the selection efficiency of sea bream (Sparus aurata) candidates reared in sanitary protected RAS when GxE exist with the production environment in open-sea cages?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan D’ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Massieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vergnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">XIV. International Symposium on Genetics in Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Puerto Varas, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185459v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WHOLE GENOME SEQUENCING TO REFINE THE DETECTION OF QTL FOR VIRAL NERVOUS NECROSIS IN EUROPEAN SEA BASS (DICENTRARCHUS LABRAX)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Besson</w:t>
+                <w:t xml:space="preserve">Implementation of genomic selection on production and quality traits and linkage disequilibrium in Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Enez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Chenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th symposium on Genomics in Aquaculture Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04116026v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome wide association studies revealed one strong effect QTL for viral nervous necrosis resistance in European sea bass (Dicentrarchus labrax)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Griot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Allal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Allal</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4134,51 +4134,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan d'Ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4259,51 +4259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan d'Ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4358,64 +4358,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des puces pour prédire l’avenir…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Griot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4496,51 +4496,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-family estimation of genetic parameters of growth, morphologic, immune and behavioral traits in the european abalone Haliotis tuberculata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Huchette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4733,64 +4733,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GENESEA : développement de la sélection génomique chez le bar et la daurade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Griot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4897,51 +4897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chauvaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Artigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5015,51 +5015,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficiency of genomic selection by imputation in sea bass and sea bream to improve processing traits and resistance to Viral Nervous Necrosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan D’ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5390,77 +5390,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors of variation of genomic selection accuracy for female reproduction traits with a constant reference population size of rainbow trouts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan D’ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5554,51 +5554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5640,77 +5640,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of genomic predictions for female reproduction traits in rainbow trout (Oncorhynchus mykiss)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan D’ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5765,90 +5765,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and characterization of a 57K Single Nucleotide Polymorphism array for European sea bass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Duranton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Morvezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5935,77 +5935,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 180 My-old female-specific genome region in sturgeon reveals the oldest known vertebrate sex determining system with undifferentiated sex chromosomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heiner Kuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guiguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christin Höhne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Kreuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6044,51 +6044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a Y-specific duplication/insertion of the anti-Mullerian hormone type II receptor gene based on a chromosome-scale genome assembly of yellow perch, Perca flavescens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6096,51 +6096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6359,51 +6359,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D6A1B841"/>
+    <w:nsid w:val="A7133BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6590,51 +6590,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-morvezen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9773-9359" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/266126162" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683671v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Enez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Puyo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lap&#232;gue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2024.741501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Kuhl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Euclide" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zahm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01935-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158060v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jourdan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Morvezen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haffray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739878" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116035v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delpuech" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bestin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00805-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329961v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christin H&#246;hne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kreuz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Du" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0089" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03411084v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad L. Aslam" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bargelloni" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim P. Bean" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2021.100700" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360561v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Griot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.665920" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346049v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ledor&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Alix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/are.15465" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623895v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feron" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roques" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13133" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938176v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brard-Fudulea" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acin Perez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06955-7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434174v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Allal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13103" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170828v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Manoel Rodrigues De Melo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Durland" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Langdon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2983/035.037.0104" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626095v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Harney" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lachambre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Roussel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huchette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.03.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Borcier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Charrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.01.009" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483284v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2016.42" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483248v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chauvaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Breton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-015-0760-y" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;dron" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Le Moan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guinand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-015-0492-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00946729v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cornette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lapegue" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2013052" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00816934v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calves" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-012-9676-8" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724100v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Guillerm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724394v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331651v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Boudry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185868v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Massieu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vergnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185721v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185918v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013016v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chenier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_567" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185459v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116026v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198222v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Labb&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Delhomme" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Depince" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gavin-Plagne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788345v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan d'Ambrosio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787972v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156824v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Gagnaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011386v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lachambre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huchette" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chenevert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03187102v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Tiriau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Pallandre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Cabon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156734v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bajek" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561356v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jolivet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185895v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525958v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lamy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282236v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386586v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193908v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. d'Ambrosio" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386578v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03187160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Duranton" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poncet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038088v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du Kang" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790966v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03885474v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BRES0097" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romain-morvezen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9773-9359" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/266126162" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683671v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Enez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Puyo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lap&#232;gue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2024.741501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Kuhl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Euclide" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zahm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01935-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158060v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jourdan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Morvezen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haffray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739878" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116035v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delpuech" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bestin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00805-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346049v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ledor&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Alix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/are.15465" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360561v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Griot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.665920" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03411084v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad L. Aslam" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bargelloni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim P. Bean" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2021.100700" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329961v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christin H&#246;hne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kreuz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Du" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0089" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938176v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brard-Fudulea" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acin Perez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06955-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623895v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roques" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13133" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434174v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Allal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13103" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626095v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Harney" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lachambre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Roussel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huchette" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.03.006" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170828v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Manoel Rodrigues De Melo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Durland" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Langdon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2983/035.037.0104" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Borcier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Charrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.01.009" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483248v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chauvaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Breton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-015-0760-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483284v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laroche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2016.42" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;dron" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Le Moan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guinand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-015-0492-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00946729v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cornette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lapegue" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2013052" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00816934v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calves" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-012-9676-8" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724394v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Guillerm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331651v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Boudry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185459v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116026v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185918v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185721v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185868v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Massieu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vergnet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013016v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chenier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_567" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198222v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Labb&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Delhomme" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Depince" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gavin-Plagne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788345v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan d'Ambrosio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787972v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156824v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Gagnaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011386v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lachambre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huchette" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chenevert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03187102v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Tiriau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Pallandre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Cabon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156734v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bajek" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561356v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jolivet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185895v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525958v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lamy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282236v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386586v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193908v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. d'Ambrosio" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386578v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03187160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Duranton" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poncet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038088v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du Kang" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790966v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03885474v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BRES0097" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>