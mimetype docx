--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -234,642 +234,642 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04198375v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of the genus Hippodamia (Coleoptera: Coccinellidae) in the Palearctic region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phylogeny and divergence dating of the ladybird beetle tribe Coccinellini Latreille (Coleoptera: Coccinellidae: Coccinellinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Nattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Biranvand</w:t>
+                <w:t xml:space="preserve">Alice Michel‐salzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oldřich Nedvěd</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Nattier</w:t>
+                <w:t xml:space="preserve">Lucia M. Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizaveta Nepaeva</w:t>
+                <w:t xml:space="preserve">Pascaline Chifflet‐belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danny Haelewaters</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandra Magro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oriental Insects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 55 (2), pp.293-304. </w:t>
+              <w:t xml:space="preserve">Systematic Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (3), pp.632-648. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00305316.2020.1763871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/syen.12480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03894615v1</w:t>
+                <w:t xml:space="preserve">hal-03211934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeny and divergence dating of the ladybird beetle tribe Coccinellini Latreille (Coleoptera: Coccinellidae: Coccinellinae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revision of the genus Coccidula Kugelann (Coleoptera, Coccinellidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karol Szawaryn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oldřich Nedvěd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Biranvand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz Czerwiński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (3), pp.632-648. </w:t>
+              <w:t xml:space="preserve">Zookeys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1043, pp.61 - 85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/syen.12480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3897/zookeys.1043.65829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03211934v1</w:t>
+                <w:t xml:space="preserve">hal-03272092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revision of the genus Coccidula Kugelann (Coleoptera, Coccinellidae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Review of the genus Hippodamia (Coleoptera: Coccinellidae) in the Palearctic region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Biranvand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oldřich Nedvěd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Nattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karol Szawaryn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amir Biranvand</w:t>
+                <w:t xml:space="preserve">Elizaveta Nepaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomasz Czerwiński</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Nattier</w:t>
+                <w:t xml:space="preserve">Danny Haelewaters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zookeys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1043, pp.61 - 85. </w:t>
+              <w:t xml:space="preserve">Oriental Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (2), pp.293-304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/zookeys.1043.65829⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00305316.2020.1763871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03272092v1</w:t>
+                <w:t xml:space="preserve">hal-03894615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Light on Historical Specimens Reveals a New Species of Ladybird (Coleoptera: Coccinellidae): Morphological, Museomic, and Phylogenetic Analyses</w:t>
+                <w:t xml:space="preserve">Pseudolebinthus lunipterus sp. nov.: a striking deaf and mute new cricket from Malawi (Orthoptera, Gryllidae, Eneopterinae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond J Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Robillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/insects11110766⟩</w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.e8204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.8204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03060593v1</w:t>
+                <w:t xml:space="preserve">hal-02465114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudolebinthus lunipterus sp. nov.: a striking deaf and mute new cricket from Malawi (Orthoptera, Gryllidae, Eneopterinae)</w:t>
+                <w:t xml:space="preserve">New Light on Historical Specimens Reveals a New Species of Ladybird (Coleoptera: Coccinellidae): Morphological, Museomic, and Phylogenetic Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tony Robillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, pp.e8204. </w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (11), pp.766. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.8204⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/insects11110766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465114v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Next-generation sequencing yields mitochondrial genome of Coccidophilus cariba Gordon (Coleoptera: Coccinellidae) from museum specimen</w:t>
               </w:r>
@@ -1057,295 +1057,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02164609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In and out of the Neotropics: historical biogeography of Eneopterinae crickets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Updating the phylogenetic dating of New Caledonian biodiversity with a meta-analysis of the available evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Nattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natállia Vicente</w:t>
+                <w:t xml:space="preserve">Roseli Pellens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Robillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gael G. Kergoat</w:t>
+                <w:t xml:space="preserve">Hervé Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.13026⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-02964-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02520966v1</w:t>
+                <w:t xml:space="preserve">mnhn-02164534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updating the phylogenetic dating of New Caledonian biodiversity with a meta-analysis of the available evidence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Nattier</w:t>
+                <w:t xml:space="preserve">In and out of the Neotropics: historical biogeography of Eneopterinae crickets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natállia Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael G. Kergoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roseli Pellens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tony Robillard</w:t>
+                <w:t xml:space="preserve">Jiajia Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Jourdan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Karla Yotoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (10), pp.2199-2210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-02964-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jbi.13026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02164534v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02520966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogeny and diversification of the cloud forest Morpho sulkowskyi group (Lepidoptera, Nymphalidae) in the evolving Andes</w:t>
               </w:r>
@@ -1478,51 +1478,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An annotated checklist of the Coccinellidae (Coleoptera) from New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1599,64 +1599,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grandcolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseli Pellens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cladistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 27 (2), pp.181-185. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1950,51 +1950,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Robillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Deleporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Desutter-Grandcolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2081,51 +2081,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts de l’urbanisation sur la diversité génétique et phénotypique de la coccinelle à deux points (Adalia bipunctata)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Papinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Magro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérangère Trouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2422,191 +2422,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity in Natural History Collections: a Source of Data for the Study of Evolution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">10 - Biodiversity in Natural History Collections: A Source of Data for the Study of Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grandcolas, Philippe and Maurel, Marie-Christine. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Elsevier, pp.175-187, 2018, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Elsevier, pp.175--187, 2018, 978-1-78548-277-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02977871v1</w:t>
+                <w:t xml:space="preserve">hal-03854965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 - Biodiversity in Natural History Collections: A Source of Data for the Study of Evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biodiversity in Natural History Collections: a Source of Data for the Study of Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Nattier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Elsevier, pp.175--187, 2018, 978-1-78548-277-9</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Elsevier, pp.175-187, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-277-9.50010-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03854965v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02977871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2761,51 +2761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198375v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Malem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Robillard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cluzel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bellier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Nattier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14673" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894615v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Biranvand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Old&#345;ich Nedv&#283;d" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Nepaeva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Haelewaters" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00305316.2020.1763871" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211934v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michel&#8208;salzat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia M. Almeida" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Chifflet&#8208;belle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Magro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/syen.12480" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03272092v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Szawaryn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Czerwi&#324;ski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/zookeys.1043.65829" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03060593v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Salazar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11110766" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02465114v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond J Murphy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guillaume" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8204" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02363704v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2019.1679684" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02164609v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Jouveau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Delaunay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Vignes-Lebbe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/zookeys.758.22171" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02520966v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;llia Vicente" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael G. Kergoat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajia Dong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Yotoko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Legendre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13026" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02164534v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseli Pellens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourdan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02964-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01416573v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Capdevielle-Dulac" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cassild&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zsc.12226" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444727v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chazeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02520994v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grandcolas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1096-0031.2010.00324.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2GHGJ1KN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997784v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Vignes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997778v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01334935v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Robillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deleporte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Desutter-Grandcolas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003841v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Papinot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Trouv&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997727v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997766v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Dubois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977871v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Maurel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-277-9.50010-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854965v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198375v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Malem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Robillard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cluzel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bellier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Nattier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14673" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211934v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michel&#8208;salzat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia M. Almeida" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Chifflet&#8208;belle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Magro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/syen.12480" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03272092v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Szawaryn" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Old&#345;ich Nedv&#283;d" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Biranvand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Czerwi&#324;ski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/zookeys.1043.65829" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894615v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Nepaeva" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Haelewaters" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00305316.2020.1763871" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02465114v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Salazar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond J Murphy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guillaume" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8204" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03060593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11110766" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02363704v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2019.1679684" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02164609v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Jouveau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Delaunay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Vignes-Lebbe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/zookeys.758.22171" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02164534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseli Pellens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourdan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Legendre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02964-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02520966v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;llia Vicente" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael G. Kergoat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajia Dong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Yotoko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13026" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01416573v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Capdevielle-Dulac" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cassild&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zsc.12226" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444727v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chazeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02520994v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grandcolas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1096-0031.2010.00324.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2GHGJ1KN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997784v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Vignes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997778v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01334935v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Robillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deleporte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Desutter-Grandcolas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003841v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Papinot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Trouv&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997727v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997766v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Dubois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977871v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Maurel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-277-9.50010-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>