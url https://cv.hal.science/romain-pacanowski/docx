--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,416 +66,416 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance Sampling of the Micrograin Visible NDF</w:t>
+                <w:t xml:space="preserve">La Coupole: an SVBRDF measurement device for large and non-planar objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Lucas</w:t>
+                <w:t xml:space="preserve">Antoine Lucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Pacanowski</w:t>
+                <w:t xml:space="preserve">Pierre Mézières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Barla</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Margall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.70174⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 34 (7), pp.11695. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.587877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05295492v1</w:t>
+                <w:t xml:space="preserve">hal-05565298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fully-correlated Anisotropic Micrograin BSDF Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Importance Sampling of the Micrograin Visible NDF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.70174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3658224⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04567402v1</w:t>
+                <w:t xml:space="preserve">hal-05295492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring the visual appearance with disordered metasurfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Fully-correlated Anisotropic Micrograin BSDF Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Ribardière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miao Chen</w:t>
+                <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tong Wu</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12990, pp.129900D. </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (4), pp.111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3016137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3658224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720531v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04567402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging device to measure the reflective and transmissive part of isotropic BSSRDF</w:t>
               </w:r>
@@ -487,51 +487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Paulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 32 (22), pp.39267-39292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -559,2007 +559,2141 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactive Exploration of Vivid Material Iridescence using Bragg Mirrors</w:t>
+                <w:t xml:space="preserve">Tailoring the visual appearance with disordered metasurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gary Fourneau</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Miao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuhao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Tréguer-Delapierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenna L. Drisko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.15017⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12990, pp.129900D. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3016137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04562423v2</w:t>
+                <w:t xml:space="preserve">hal-04720531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercontinuum laser-based gonio-scatterometer for in and out-of-plane spectral BRDF measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Interactive Exploration of Vivid Material Iridescence using Bragg Mirrors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Fourneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.520655⟩</w:t>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.15017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637085v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562423v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The visual appearances of disordered optical metasurfaces</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Supercontinuum laser-based gonio-scatterometer for in and out-of-plane spectral BRDF measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Margall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Lemineur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Dufay</w:t>
+                <w:t xml:space="preserve">Sébastien Mavromatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Granier</w:t>
+                <w:t xml:space="preserve">Eric Coiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 21, pp.1035-1041. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (15), pp.25581-25597. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41563-022-01255-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.520655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03454350v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An OpenEXR Layout for Spectral Images</w:t>
+                <w:t xml:space="preserve">The visual appearances of disordered optical metasurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Fichet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Kevin Vynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Wilkie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adrian Agreda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Dufay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computer Graphics Techniques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, pp.1035-1041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41563-022-01255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03252797v2</w:t>
+                <w:t xml:space="preserve">hal-03454350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Inverse Method for the Exploration of Layered Material Appearance</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">An OpenEXR Layout for Spectral Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Fichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Wilkie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Computer Graphics Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03255469v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252797v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of the lost polychromy of English medieval alabaster panels in the Southwest of France.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">An Inverse Method for the Exploration of Layered Material Appearance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Bati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Color Research and Application</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (4), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/col.22482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3450626.3459857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02468719v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03255469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les couleurs des albâtres</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">In search of the lost polychromy of English medieval alabaster panels in the Southwest of France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Festin (Bordeaux)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Color Research and Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/col.22482⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02955891v1</w:t>
+                <w:t xml:space="preserve">hal-02468719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Composite BRDF Model for Hazy Gloss</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Les couleurs des albâtres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Schlicht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter Vangorp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Festin (Bordeaux)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 115</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01818666v2</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02955891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction effects detection for HDR image-based measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Composite BRDF Model for Hazy Gloss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vangorp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.13475⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.25.027146⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01637417v1</w:t>
+                <w:t xml:space="preserve">hal-01818666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two-Scale Microfacet Reflectance Model Combining Reflection and Diffraction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Diffraction effects detection for HDR image-based measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Hegedus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (22), pp.2921 - 2929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.25.027146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3072959.3073621⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01515948v1</w:t>
+                <w:t xml:space="preserve">hal-01637417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Position-Dependent Importance Sampling of Light Field Luminaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Two-Scale Microfacet Reflectance Model Combining Reflection and Diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzschuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36 (4), pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3072959.3073621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2014.2359466⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01103782v1</w:t>
+                <w:t xml:space="preserve">hal-01515948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing BRDF Orientations for the Manipulation of Anisotropic Highlights</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Position-Dependent Importance Sampling of Light Field Luminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heqi Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.12300⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (2), pp.241 - 251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2014.2359466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933264v2</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second-Order Approximation for Variance Reduction in Multiple Importance Sampling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Optimizing BRDF Orientations for the Manipulation of Anisotropic Highlights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Guennebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 32 (7), pp.131-136. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 33 (2), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.12300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cgf.12220⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00878654v1</w:t>
+                <w:t xml:space="preserve">hal-00933264v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rational BRDF</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Second-Order Approximation for Variance Reduction in Multiple Importance Sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heqi Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (7), pp.131-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.12220⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2012.73⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00678885v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Shape Depiction under Arbitrary Rendering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rational BRDF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pacanowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Vergne</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Oliver Salazar-Celis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schlick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Poulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 17 (8), pp.1071 - 1081. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2010.252⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 18 (11), pp.1824-1835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2012.73⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00585144v1</w:t>
+                <w:t xml:space="preserve">hal-00678885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volumetric Vector-based Representation for Indirect Illumination Caching</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Improving Shape Depiction under Arbitrary Rendering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Poulin Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computer Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (8), pp.1071 - 1081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2010.252⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11390-010-9377-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00505132v2</w:t>
+                <w:t xml:space="preserve">inria-00585144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Volumetric Vector-based Representation for Indirect Illumination Caching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pacanowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schlick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poulin Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computer Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 25 (5), pp.925-932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11390-010-9377-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00505132v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Light Warping for Enhanced Surface Depiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 28 (3), pp.25:1--25:8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/1531326.1531331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00400829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2569,3633 +2703,3633 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silica’s role in creating vivid structural color</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina El Aissati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Kochtcheev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Rumyantseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESD 2025 - 11th European Silicon Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicola Hüsing, Jul 2025, Salzburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05164237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Modeling and Rendering of Iridescence from Cholesteric Liquid Crystals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Beyond color: in-situ acquisition of monumental ornaments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Cou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGSR 2025 - 36th Eurographics Symposium on Rendering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polychromy, Cross views on the use, the extent, and the materiality of colours in ancient societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vincent Baillet; Aurélie Mounier; Rémy Chapoulie, Jun 2024, Pessac, France. pp.127-134, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/archeovision1.9782356134554.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126010v2</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond color: in-situ acquisition of monumental ornaments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Efficient Modeling and Rendering of Iridescence from Cholesteric Liquid Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Fourneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polychromy, Cross views on the use, the extent, and the materiality of colours in ancient societies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EGSR 2025 - 36th Eurographics Symposium on Rendering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurographics Association, Jun 2025, Copenhagen, Denmark</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314312v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126010v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquérir l'apparence de décors monumentaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JC3DSHS 2023 - Les Journées du Consortium 3D SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590528v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of visual appearance with disordered plasmonic resonant metasurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Agreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Hereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Dufay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPP 2023 - The International Conference on Surface Plasmon Photonics 10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Houston, TX,, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring the visual appearance with disordered arrays of resonant metaatoms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supercontinuum laser-based gonio-scatterometer for spectral in- and out-of-plane BRDF measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Margall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Agreda</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Gérald Lemineur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Dufay</w:t>
+                <w:t xml:space="preserve">Sébastien Mavromatis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Coiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOC 2023 - 28th Microoptics Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">J.FIG 2023 - Journées Françaises de l’Informatique Graphique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282970v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04970662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercontinuum laser-based gonio-scatterometer for spectral in- and out-of-plane BRDF measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Tailoring the visual appearance with disordered arrays of resonant metaatoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Agreda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Hereu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Coiro</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Dufay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.FIG 2023 - Journées Françaises de l’Informatique Graphique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MOC 2023 - 28th Microoptics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Miyazaki, Japan. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/MOC58607.2023.10302921⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04970662v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ and highly portable SVBRDF acquisition method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IS&amp;T/Appamat International Workshop on Material Appearance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Micrograin BSDF Model for the Rendering of Porous Layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Ribardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Siggraph Asia 2023 - The 16th ACM SIGGRAPH Conference and Exhibition on Computer Graphics and Interactive Techniques in Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Sydney, Australia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3610548.3618241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse Numérique de Modèles de Matériaux Poreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFIG 2022 - Journées Françaises de l'Informatique Graphique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Bordeaux (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03952096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disordered metasurfaces to shape visual appearance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Agreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Hereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Carcenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque NanoApp 2022 : Apparence visuelle de milieux nanostructurés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; Faculté des Sciences de l'Université Claude Bernard Lyon 1, Nov 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D for Studying Reuse in 19th Century Cairo: the Case of Saint-Maurice Residence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Volait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GCH 2021 - Eurographics Workshop on Graphics and Cultural Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Bournemouth, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/gch.20211414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Learning the Best Local Balancing Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benzait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurographics 2020 - Annual Conference of the European Association for Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Norrköping / Virtual, Sweden. pp.1 - 4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/egs.20201009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02494950v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of layered material models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Bati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Material Appearance Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02184562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disorder Engineering in Complex Nanostructured Surfaces to Control Light Scattering and Trapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Vynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lalanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Correlated Disorder, Hyperuniformity and Local Self-Uniformity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Guildford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction Removal in an Image-based BRDF Measurement Setup</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Engineering nanostructured surfaces with correlated disorder for visual appearance design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Vynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lalanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EI 2018 - Electronic Imaging Material Appearance 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Burlingame, California, United States. pp.1-6</w:t>
+              <w:t xml:space="preserve">Workshop on “Correlated Disorder and hyperuniformity in soft matter and photonics”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01739276v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering nanostructured surfaces with correlated disorder for visual appearance design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Diffraction Removal in an Image-based BRDF Measurement Setup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Hegedus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lalanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on “Correlated Disorder and hyperuniformity in soft matter and photonics”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">EI 2018 - Electronic Imaging Material Appearance 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Burlingame, California, United States. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02397328v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01739276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Digital Cameras Optics and Electronics for Material Acquisition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Material Appearance Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Helsinki, Finland. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffraction Prediction in HDR measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramon Hegedus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROGRAPHICS WORKSHOP ON MATERIAL APPEARANCE MODELING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01586466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotropic BRDF Measurements with Quantified Uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramon Hegedus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROGRAPHICS WORKSHOP ON MATERIAL APPEARANCE MODELING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01342568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cache-friendly micro-jittered sampling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Dufay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Marvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGGRAPH 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Anaheim, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2897839.2927392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01325702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying diffraction effects in measured reflectances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurographics Workshop on Material Appearance Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Darmstadt, Germany. pp.31-34, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/mam.20151201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Praise of an Alternative BRDF Parametrization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Material Appearance Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01172118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing surface features with the Radiance Scaling Meshlab Plugin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Reuter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Applications and Quantitative Methods in Archaeology (CAA) 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Southampton, United Kingdom. pp.417--421</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00877158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALTA: A BRDF analysis library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGSR Workshop on Material Appearance Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01016531v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I3D Presentation of TVCG Paper Rational BRDF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Siggraph Symposium on Interactive 3D Graphics and Games</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00808828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Importance Sampling of Dynamic Environment Maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heqi Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurographics 2013 - Short Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Girona, Spain. pp.65-68, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/conf/EG2013/short/065-068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00803998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiance Scaling for Versatile Surface Enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I3D '10: Proc. symposium on Interactive 3D graphics and games</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, Boston, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/1730804.1730827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00449828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sketch and Paint-based Interfacefor Highlight Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poulin Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifth Eurographics conference on Sketch-Based Interfaces and Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Annecy, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/SBM/SBM08/017-023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00277102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing Geometry Complexity for Illumination Computation of Cultural Heritage Scenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Retrospect 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Robert Vergnieux, Nov 2007, Pessac, France. pp.109-113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compact Structures for Interactive Global Illumination on Large Cultural Objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Reuter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 9th International Symposium on Virtual Reality, Archaeology and Cultural Heritage VAST (2008): Short and Project Paper</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EUROGRAPHICS - EPOCH, Dec 2008, Braga, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00341654v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Streaming of 3D Scenes with Complex Geometry and Complex Lighting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Reuter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Web3D '08: Proceedings of the 13th international symposium on 3D web technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Los Angeles, California, United States. pp.11-17, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/1394209.1394214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00294716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle représentation directionnelle pour l'éclairage global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ièmes Journées de l'Association Française d'Informatique Graphique (AFIG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00000860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6205,415 +6339,415 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polychromie. Regards croisés sur l’usage, l’emploi et la matérialité de la polychromie dans les sociétés anciennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ausonius Editions. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un@ éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, https://una-editions.fr/polychromie-societes-anciennes/, 2025, Archéovision - Virtual Retrospect, Rémy Chapoulie, 978-2-35613-457-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/archeovision1.9782356134554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05370974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Colours of medieval English Alabaster Panels. Polychromy, production and perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">un@éditions, 2023, PrimaLun@, 978-2-35613-515-5 and 978-2-35613-517-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna22.9782356135155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ausonius Éditions, 2021, 978-2-35613-405-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463050v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6623,154 +6757,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JC3DSHS 10 ans d'expérience, 10 ans à venir ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Sorin-Mazouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Verriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JC3DSHS 2023 - Les Journées du Consortium 3D SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Lyon, France. 95 p., 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04604789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6780,396 +6914,396 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of sparse hyperspectral BRDF measurements preserving their physical and topological properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Margall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ceolato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Coiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mavromatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROGRAPHICS 2024 - 45th Annual Conference of the European Association for computer graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Limassol, Cyprus. The Eurographics Association, EG 2024 - Posters, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/egp.20241041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la redécouverte de L'hôtel particulier de Gaston Saint-Maurice Smart 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Volait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Granier; Mehdi Chayani. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les rencontres du Consortium 3D SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Anisotropic Highlights for Interactive Appearance Editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRISM2: The science of light &amp; shade</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Bordeaux, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00976697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7179,91 +7313,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a complete predictive rendering pipeline for numerical prototyping and cultural heritage applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université de Bordeaux (UB), 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04380582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7273,143 +7407,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polychromie, pigments, perception : les albâtres anglais de la fin du Moyen Âge conservés sur le territoire aquitain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7419,130 +7553,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructured surface coating to generate new visual appearances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Vynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2022162297. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7552,1288 +7686,1288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude et restitution des polychromies des albatres : historiographie et méthodologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Markus Schlicht, Aurélie Mounier, Maud Mulliez, avec la collaboration de Pascal Mora et Romain Pacanowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.15-22, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">UNE MISE EN COULEUR ATYPIQUE : L'ASSOMPTION DU MUSÉE D'AQUITAINE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Markus Schlicht, Aurélie Mounier, Maud Mulliez, avec la collaboration de Pascal Mora et Romain Pacanowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales.</w:t>
+              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03495802v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Markus Schlicht</w:t>
+                <w:t xml:space="preserve">Efficient Spectral Rendering on the GPU for Predictive Rendering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Mounier</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Alban Fichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.9⟩</w:t>
+              <w:t xml:space="preserve">Ray Tracing Gems II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.673 - 698, 2021, 978-1-4842-7185-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4842-7185-8_42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463175v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNE MISE EN COULEUR ATYPIQUE : L'ASSOMPTION DU MUSÉE D'AQUITAINE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Introduction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Markus Schlicht, Aurélie Mounier, Maud Mulliez, avec la collaboration de Pascal Mora et Romain Pacanowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
+              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463114v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03495802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Spectral Rendering on the GPU for Predictive Rendering</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Schlicht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ray Tracing Gems II</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4842-7185-8_42⟩</w:t>
+              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius Éditions, pp.109-116, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03331619v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sculpter et peindre un panneau d'albâtre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.79-98, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une mise en couleur typique : L’entrée du Paradis de Libourne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.23-34, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes régissant la mise en couleur des panneaux aquitains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.35-64, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regarder un albâtre anglais à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.99-108, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles de BRDF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meneveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ribardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bringier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Simonot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand la matière diffuse la lumière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mines ParisTech - PSL, pp.221-242, 2019, 978-2-35671-556-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02091192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8843,594 +8977,594 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visually-Uniform Reparametrization of Material Appearance through Density Redistribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9424, Inria Bordeaux - Sud Ouest; Unity Technologies. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367475v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Analysis of Layered Materials Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Bati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Institut d'Optique Graduate School; Université de Bordeaux; CNRS; INRIA. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157966v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A physically accurate reflectance model combining reflection and diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8807, INRIA. 2015, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01224702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Addendum to Rational Function Fitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Salazar-Celis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] p. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00913516v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flat Bidirectional Texture Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Hadim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7144, INRIA. 2009, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00440042v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volumetric Vector-Based Representation for Indirect Illumination Caching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schlick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-6983, INRIA. 2009, pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00402817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9440,111 +9574,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle de BRDF bi-échelle combinant : Diffraction et Micro-facettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée "Tout sur les BRDF"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9554,114 +9688,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation Modes for Lighting in Image Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Graphics [cs.GR]. Université de Bordeaux 1, 2009. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01948900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId203"/>
+      <w:footerReference w:type="default" r:id="rId208"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9808,51 +9942,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lucas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pacanowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barla" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.70174" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567402v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3658224" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720531v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Wu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Xu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenna L. Drisko" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3016137" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04736931v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gerardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Paulin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.538429" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562423v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Fourneau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.15017" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637085v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Margall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Lemineur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mavromatis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coiro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.520655" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454350v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Agreda" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dufay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-022-01255-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03252797v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Fichet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Wilkie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03255469v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450626.3459857" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468719v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schlicht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mulliez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22482" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02955891v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01818666v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vangorp" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.13475" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637417v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Hegedus" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.027146" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01515948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzschuch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3072959.3073621" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01103782v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heqi Lu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2014.2359466" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933264v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Raymond" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guennebaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12300" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00878654v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12220" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FW1W3WG3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00678885v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Salazar-Celis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schlick" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2012.73" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00585144v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2010.252" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00505132v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poulin Pierre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11390-010-9377-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00400829v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1531326.1531331" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164237v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castets" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dussard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina El Aissati" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kochtcheev" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126010v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314312v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/archeovision1.9782356134554.8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590528v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177866v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Hereu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282970v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/MOC58607.2023.10302921" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970662v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291656v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220006v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3610548.3618241" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952096v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567981v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carcenac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02494950v4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Murray" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Benzait" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egs.20201009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184562v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824241v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739276v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397328v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01576742v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586466v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01342568v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Redon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01325702v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecocq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Marvie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2897839.2927392" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170614v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/mam.20151201" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01172118v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Belcour" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00877158v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Reuter" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01016531v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00808828v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00803998v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/conf/EG2013/short/065-068" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00449828v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1730804.1730827" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00277102v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/SBM/SBM08/017-023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770056v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00341654v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Raynaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lacoste" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00294716v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1394209.1394214" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000860v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370974v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/polychromie-societes-anciennes/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/archeovision1.9782356134554" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354361v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna22.9782356135155" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463050v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604789v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Verriez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thivet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646334v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ceolato" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egp.20241041" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402398v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976697v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-04380582v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369808v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760594v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463069v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495802v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463175v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.9" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463114v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03331619v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4842-7185-8_42" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463153v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463087v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.4" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463101v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.5" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463162v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091192v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Meneveaux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bringier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Simonot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03367475v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02157966v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01224702v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00913516v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00440042v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hadim" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00402817v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01545440v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01948900v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565298v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#233;zi&#232;res" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Margall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Oliveira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Paillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.587877" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295492v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lucas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pacanowski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barla" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.70174" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567402v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3658224" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04736931v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gerardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Paulin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.538429" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720531v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Chen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Wu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Xu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenna L. Drisko" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3016137" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562423v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Fourneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.15017" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637085v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Lemineur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mavromatis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coiro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.520655" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454350v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Agreda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dufay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-022-01255-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03252797v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Fichet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Wilkie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03255469v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450626.3459857" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468719v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schlicht" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mulliez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22482" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02955891v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01818666v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vangorp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.13475" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637417v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Hegedus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.027146" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01515948v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzschuch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3072959.3073621" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01103782v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heqi Lu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2014.2359466" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933264v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Raymond" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guennebaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12300" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00878654v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12220" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FW1W3WG3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00678885v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Salazar-Celis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schlick" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2012.73" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00585144v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2010.252" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00505132v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poulin Pierre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11390-010-9377-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00400829v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1531326.1531331" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164237v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castets" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dussard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina El Aissati" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kochtcheev" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/archeovision1.9782356134554.8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126010v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590528v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177866v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Hereu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970662v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282970v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/MOC58607.2023.10302921" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291656v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220006v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3610548.3618241" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952096v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567981v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carcenac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02494950v4" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Murray" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Benzait" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egs.20201009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184562v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824241v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397328v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739276v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01576742v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586466v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01342568v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Redon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01325702v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecocq" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Marvie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2897839.2927392" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170614v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/mam.20151201" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01172118v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Belcour" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00877158v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Reuter" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01016531v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00808828v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00803998v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/conf/EG2013/short/065-068" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00449828v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1730804.1730827" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00277102v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/SBM/SBM08/017-023" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770056v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00341654v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Raynaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lacoste" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00294716v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1394209.1394214" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000860v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370974v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/polychromie-societes-anciennes/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/archeovision1.9782356134554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354361v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna22.9782356135155" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463050v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604789v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Verriez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thivet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646334v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ceolato" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egp.20241041" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402398v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976697v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-04380582v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369808v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760594v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463069v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463114v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03331619v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4842-7185-8_42" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495802v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463175v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.9" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463153v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.7" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463087v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.4" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463101v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.5" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463162v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.8" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091192v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Meneveaux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bringier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Simonot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03367475v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02157966v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01224702v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00913516v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00440042v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hadim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00402817v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01545440v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01948900v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>