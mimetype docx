--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -477,1256 +477,1252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05202894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability in Wood Quality and Moisture Content Measured by an Industrial X-Ray Scanner Across 700,000 Sawlogs of Picea abies, Abies alba, and Pinus sylvestris</w:t>
+                <w:t xml:space="preserve">A model-based advanced control system to cope with energy fluctuations in industrial wood drying</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tojo Ravoajanahary</w:t>
+                <w:t xml:space="preserve">Antoine Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément L’hostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Leban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forests</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/f16091457⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 (9), pp.1418-1428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2025.2528881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252389v1</w:t>
+                <w:t xml:space="preserve">hal-05554184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fork device: a test for estimating the memory creep of wood under load during moisture variation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variability in Wood Quality and Moisture Content Measured by an Industrial X-Ray Scanner Across 700,000 Sawlogs of Picea abies, Abies alba, and Pinus sylvestris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tojo Ravoajanahary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Stéphan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perré</w:t>
+                <w:t xml:space="preserve">Renaud Daquitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément L’hostis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Rémond</w:t>
+                <w:t xml:space="preserve">Enrico Ursella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Leban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00226-024-01606-6⟩</w:t>
+              <w:t xml:space="preserve">Forests</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (9), pp.1457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/f16091457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05203611v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction, experimental study and mathematical modelling of the solar dryer for tropical woods species under the dry month of Maroua (Cameroon)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interlaboratory study of automated sorption measurements in wood: method for correcting systematic errors with the commonly used 0.002% min−1 stop criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanenbé Teussingka</w:t>
+                <w:t xml:space="preserve">Samuel L Zelinka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macmanus Chinenye Ndukwu</w:t>
+                <w:t xml:space="preserve">Samuel V Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nnaemeka Reginald Nwakuba</w:t>
+                <w:t xml:space="preserve">Natalia Farkas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aboubakar Compaore</w:t>
+                <w:t xml:space="preserve">Emil E Thybring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Altgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Ambient Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01430750.2025.2471399⟩</w:t>
+              <w:t xml:space="preserve">Adsorption - Journal of the International Adsorption Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (7), pp.99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10450-025-00655-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04983796v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interlaboratory study of automated sorption measurements in wood: method for correcting systematic errors with the commonly used 0.002% min−1 stop criterion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The fork device: a test for estimating the memory creep of wood under load during moisture variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adsorption - Journal of the International Adsorption Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10450-025-00655-y⟩</w:t>
+              <w:t xml:space="preserve">Wood Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (22), 21 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00226-024-01606-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05320003v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05203611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-sawing detection of heart cracks in Norway spruce ( Picea abies (L.) H. Karst.) and silver fir ( Abies alba Mill.): variability and industrial implications</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Construction, experimental study and mathematical modelling of the solar dryer for tropical woods species under the dry month of Maroua (Cameroon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Daquitaine</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanenbé Teussingka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macmanus Chinenye Ndukwu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nnaemeka Reginald Nwakuba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aboubakar Compaore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-13. </w:t>
+              <w:t xml:space="preserve">International Journal of Ambient Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17480272.2025.2540030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01430750.2025.2471399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05211015v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interlaboratory study of the quality of water vapor sorption data for wood from automated sorption balances</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pre-sawing detection of heart cracks in Norway spruce ( Picea abies (L.) H. Karst.) and silver fir ( Abies alba Mill.): variability and industrial implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tojo Ravoajanahary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Leban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Daquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Ursella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adsorption - Journal of the International Adsorption Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10450-025-00627-2⟩</w:t>
+              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17480272.2025.2540030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05044893v1</w:t>
+                <w:t xml:space="preserve">hal-05211015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal analysis of five flat air solar collectors in Epinal (France) using modelling and simulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lyes Bennamoun</w:t>
+                <w:t xml:space="preserve">Interlaboratory study of the quality of water vapor sorption data for wood from automated sorption balances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Zelinka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Glass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Farkas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Thybring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Altgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Modelling and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02286203.2024.2377902⟩</w:t>
+              <w:t xml:space="preserve">Adsorption - Journal of the International Adsorption Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (4), pp.74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10450-025-00627-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04983797v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating moisture transfer properties of wood by inverse analysis of moisture content profiles determined during drying by X-ray attenuation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Clément L’hostis</w:t>
+                <w:t xml:space="preserve">Computational characterisation of the heat flow meter method applied to moist bio-based insulating building materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 42, pp.168-181. </w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 201 (7), pp.109038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373937.2023.2279164⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2024.109038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448743v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic-based probabilistic optimization of industrial wood drying considering energy consumption, process duration, quality and cost</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Evaluating moisture transfer properties of wood by inverse analysis of moisture content profiles determined during drying by X-ray attenuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahbi Ouertani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément L’hostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drying Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 42 (7), pp.1178-1187. </w:t>
+              <w:t xml:space="preserve">, 2024, 42, pp.168-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373937.2024.2323095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2023.2279164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759271v1</w:t>
+                <w:t xml:space="preserve">hal-04448743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-line evaluation of moisture transfer properties for a feed-forward control of a wood drying kiln with a mechanistic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément L’hostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1767,4642 +1763,4997 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-migration of moisture in Norway spruce assessed by in-situ micro-tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal analysis of five flat air solar collectors in Epinal (France) using modelling and simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macmanus Chinenye Ndukwu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Martin</w:t>
+                <w:t xml:space="preserve">Naoual Bekkioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Colin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ablain Tagne Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyes Bennamoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133209⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Modelling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02286203.2024.2377902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04448721v1</w:t>
+                <w:t xml:space="preserve">hal-04983797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended hygrothermal characterization of unstabilized rammed earth for modern construction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanistic-based probabilistic optimization of industrial wood drying considering energy consumption, process duration, quality and cost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133904⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (7), pp.1178-1187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2024.2323095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301821v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties improvement of seven hardwood species by combination of thermal and chemical modifications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermo-migration of moisture in Norway spruce assessed by in-situ micro-tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Casalinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Wood and Wood Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00107-023-02000-y⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 404, pp.133209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902395v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04448721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic multi-objective optimization of wood torrefaction conditions using a validated mechanistic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 335, pp.126932. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fuel.2022.126932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-of-the-art in the mechanistic modeling of the drying of solids: A review of 40 years of progress and perspectives</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Properties improvement of seven hardwood species by combination of thermal and chemical modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Damay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Bender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Munk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Jousserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Creton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2022.2159974⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Wood and Wood Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 82 (1), pp.93-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00107-023-02000-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922881v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CT investigation of 3D liquid pathways in the anatomical structure of Norway spruce wood during imbibition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mahamadou Mounkaila</w:t>
+                <w:t xml:space="preserve">Extended hygrothermal characterization of unstabilized rammed earth for modern construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Emanuela Losini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Woloszyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taini Chitimbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pelé-Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahbi Ouertani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Holzforschung</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/hf-2021-0154⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 409, 409, pp.133904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448689v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale analysis of water vapor diffusion in low density fiberboard: implications as a building material</w:t>
+                <w:t xml:space="preserve">State-of-the-art in the mechanistic modeling of the drying of solids: A review of 40 years of progress and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Turner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.127047⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2022.2159974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886912v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring imbibition dynamics at tissue level in Norway spruce using X-ray imaging</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sorption isotherms and moisture transfer properties of seven Central Africa hardwood species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahbi Ouertani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Holzforschung</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 75 (12), pp.1081-1096. </w:t>
+              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (2), pp.507-516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/hf-2020-0269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17480272.2022.2051736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03487090v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the stability of beech wood with polyester treatment based on malic acid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CT investigation of 3D liquid pathways in the anatomical structure of Norway spruce wood during imbibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Casalinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Chabert</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mahamadou Mounkaila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Holzforschung</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/hf-2021-0030⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 76 (7), pp.592-603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/hf-2021-0154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03581123v1</w:t>
+                <w:t xml:space="preserve">hal-04448689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling, numerical simulation and validation of the hygrothermal transfer through a wooden building wall in Nancy, France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiscale analysis of water vapor diffusion in low density fiberboard: implications as a building material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsep.2020.100808⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 329, pp.127047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.127047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03493039v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water migration in wood during imbibition assessed by X-ray imaging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Monitoring imbibition dynamics at tissue level in Norway spruce using X-ray imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pin Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahamadou Mounkaila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Casalinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/202017214007⟩</w:t>
+              <w:t xml:space="preserve">Holzforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 75 (12), pp.1081-1096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/hf-2020-0269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02955184v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03487090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convective drying of onion: modeling of drying kinetics parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the stability of beech wood with polyester treatment based on malic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aboubakar Compaoré</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Fredon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13197-019-03817-3⟩</w:t>
+              <w:t xml:space="preserve">Holzforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/hf-2021-0030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02521221v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03581123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gripped-box model: A simple and robust formulation of sorption hysteresis for lignocellulosic materials</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modeling, numerical simulation and validation of the hygrothermal transfer through a wooden building wall in Nancy, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razika Kharchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyes Bennamoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macmanus Chinenye Ndukwu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.02.116⟩</w:t>
+              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.100808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsep.2020.100808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01829790v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03493039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hygroscopic behaviour of lignocellulosic materials : Dataset at oscillating relative humidity variations</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Water migration in wood during imbibition assessed by X-ray imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pin Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahamadou Mounkaila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Casalinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2018.05.005⟩</w:t>
+              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 172, pp.14007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202017214007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01959242v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisture transport and sorption in beech and spruce barks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convective drying of onion: modeling of drying kinetics parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aboubakar Compaoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aditya Putranto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Ouoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Holzforschung</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/hf-2017-0066⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 56 (7), pp.3347-3354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13197-019-03817-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03110758v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonsymmetrical drying tests—Experimental and numerical results for free and constrained spruce samples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ottaviano Allegretti</w:t>
+                <w:t xml:space="preserve">Hygroscopic behaviour of lignocellulosic materials : Dataset at oscillating relative humidity variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 36 (13), pp.1554-1562. </w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.320-333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373937.2017.1417869⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2018.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01959215v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical modelling and numerical simulation of a simple solar dryer for tropical wood using a collector</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonsymmetrical drying tests—Experimental and numerical results for free and constrained spruce samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Zoulalian</w:t>
+                <w:t xml:space="preserve">Ottaviano Allegretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Rogaume</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2017.12.014⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (13), pp.1554-1562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2017.1417869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02521746v1</w:t>
+                <w:t xml:space="preserve">hal-01959215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation of intermittent drying of timber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thouraya Salem</w:t>
+                <w:t xml:space="preserve">The gripped-box model: A simple and robust formulation of sorption hysteresis for lignocellulosic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2016.1195842⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 170, pp.716-724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.02.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01652622v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and simulation of an industrial indirect solar dryer for Iroko wood (Chlorophora excelsa) in a tropical environment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Beguidé Bonoma</w:t>
+                <w:t xml:space="preserve">Moisture transport and sorption in beech and spruce barks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livia Cipriano Almeida Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4067/S0718-221X2017005000009⟩</w:t>
+              <w:t xml:space="preserve">Holzforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 72 (2), pp.105-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/hf-2017-0066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02521823v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisture sorption isotherms and thermodynamic properties of Oak wood (Quercus robur and Quercus canariensis): optimization of the processing parameters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Soufien Azzouz</w:t>
+                <w:t xml:space="preserve">Mathematical modelling and numerical simulation of a simple solar dryer for tropical wood using a collector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zoulalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rogaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00231-016-1916-0⟩</w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 131, pp.356-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2017.12.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03096877v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the reaction engineering approach (REA) for modeling of the convective drying of onion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental and numerical investigation of intermittent drying of timber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Bouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drying Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 35 (4), pp.500-508. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2016.1192189⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 35 (5), pp.593 - 605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2016.1195842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595425v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Determination of the Global Mass Transfer Coefficients of the Tropical Woods in order to Deduce the Drying Curves at the Lower Temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Modeling and simulation of an industrial indirect solar dryer for Iroko wood (Chlorophora excelsa) in a tropical environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louis Monkam</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zoulalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rogaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beguidé Bonoma</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of thermal and environmental engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5383/ijtee.12.01.002⟩</w:t>
+              <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (1), pp.95-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4067/S0718-221X2017005000009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599426v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of coupled heat and mass transfer during drying of tropical woods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+                <w:t xml:space="preserve">Moisture sorption isotherms and thermodynamic properties of Oak wood (Quercus robur and Quercus canariensis): optimization of the processing parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Bahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Azzouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahbi Ouertani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Taher Elaieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2016.06.012⟩</w:t>
+              <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (5), pp.1541-1552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00231-016-1916-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02521993v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03096877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of sorption behavior and mass transfer properties of four central africa tropical woods: Ayous, Sapele, Frake, Lotofa</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Application of the reaction engineering approach (REA) for modeling of the convective drying of onion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Compaore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. O. Dissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rogaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aditya Putranto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao Dong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4067/S0718-221X2016005000020⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 35 (4), pp.500-508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2016.1192189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01378513v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorption behavior of four tropical woods using a dynamic vapor sorption standard analysis system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rogaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zoulalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beguidé Bonoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (3), pp.403-412. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4067/S0718-221X2016005000036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02521999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and optimization of industrial woody biomass pretreatment addressed by DryKiln_CRP, a multiscale computational model: Particle, bed, and dryer levels</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental Determination of the Global Mass Transfer Coefficients of the Tropical Woods in order to Deduce the Drying Curves at the Lower Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Monkam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zoulalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rogaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International journal of thermal and environmental engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12, pp.9-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5383/ijtee.12.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373937.2016.1143483⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01430298v1</w:t>
+                <w:t xml:space="preserve">hal-01599426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Fickian moisture diffusion in thermally modified beech wood analyzed by the inverse method</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perre</w:t>
+                <w:t xml:space="preserve">Modeling of coupled heat and mass transfer during drying of tropical woods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rogaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zoulalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beguidé Bonoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 109, pp.291-298. </w:t>
+              <w:t xml:space="preserve">, 2016, 109, pp.299-308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2016.06.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2016.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342970v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dataset for validating 1-D heat and mass transfer models within building walls with hygroscopic materials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Mougel</w:t>
+                <w:t xml:space="preserve">Characterization of sorption behavior and mass transfer properties of four central africa tropical woods: Ayous, Sapele, Frake, Lotofa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo-Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rogaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zoulalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2015.03.008⟩</w:t>
+              <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (1), pp.207-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4067/S0718-221X2016005000020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01598447v1</w:t>
+                <w:t xml:space="preserve">hal-01378513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the Coupled Heat and Mass Transfer during the Drying of the Tropical Woods Coming From Cameroon: The Case of Lotofa and Sapelle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">André Zoulalian</w:t>
+                <w:t xml:space="preserve">Design and optimization of industrial woody biomass pretreatment addressed by DryKiln_CRP, a multiscale computational model: Particle, bed, and dryer levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Emerging Technology and Advanced Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 34 (15), pp.1820-1830. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2016.1143483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01593077v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01430298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of oscillating climates for wood drying using the flying wood test and loaded beams: need for a new mechano-sorptive model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-Fickian moisture diffusion in thermally modified beech wood analyzed by the inverse method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiesław Olek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain R. Remond</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Aléon</w:t>
+                <w:t xml:space="preserve">Jerzy Weres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4067/S0718-221X2013005000021⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109, pp.291-298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2016.06.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240807v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisture diffusion coefficient of reaction woods: compression wood of Picea abies L. and tension wood of Fagus sylvatica L.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Asghar Tarmian</w:t>
+                <w:t xml:space="preserve">Dataset for validating 1-D heat and mass transfer models within building walls with hygroscopic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helisoa Rafidiarison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perre</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mougel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00226-011-0413-3⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89 (2), pp.356-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2015.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01264354v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Consumption in the Convective Drying of Timber Analyzed by a Multiscale Computational Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Giana Almeida</w:t>
+                <w:t xml:space="preserve">Modeling of the Coupled Heat and Mass Transfer during the Drying of the Tropical Woods Coming From Cameroon: The Case of Lotofa and Sapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Simo Tagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rogaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zoulalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Emerging Technology and Advanced Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (4), pp.385-390</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00804240v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass diffusivity of low-density fibreboard determined under steady- and unsteady-state conditions: evidence of dual-scale mechanisms in the diffusion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">Investigation of oscillating climates for wood drying using the flying wood test and loaded beams: need for a new mechano-sorptive model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain R. Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giana Almeida</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariella de La Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Aléon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17480272.2010.515035⟩</w:t>
+              <w:t xml:space="preserve">MADERAS: Ciencia y Tecnología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4067/S0718-221X2013005000021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04516010v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass diffusivity of low-density fibreboard determined under steady- and unsteady-state conditions: evidence of dual-scale mechanisms in the diffusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain R. Remond</w:t>
+                <w:t xml:space="preserve">Moisture diffusion coefficient of reaction woods: compression wood of Picea abies L. and tension wood of Fagus sylvatica L.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asghar Tarmian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giana G. Almeida</w:t>
+                <w:t xml:space="preserve">Hadi Dashti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Wood Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 46 (1-3), pp.405-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00226-011-0413-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17480272.2010.515035⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01001388v1</w:t>
+                <w:t xml:space="preserve">hal-01264354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of temperature and moisture content on the mechanical behaviour of wood: a comprehensive model applied to drying and bending</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perré</w:t>
+                <w:t xml:space="preserve">Energy Consumption in the Convective Drying of Timber Analyzed by a Multiscale Computational Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30 (11-12), pp.1136-1146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2012.705205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2006.09.008⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02666163v1</w:t>
+                <w:t xml:space="preserve">hal-00804240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy saving in industrial wood drying addressed by a multiscale computational model: board, stack, and kiln</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Remond</w:t>
+                <w:t xml:space="preserve">Mass diffusivity of low-density fibreboard determined under steady- and unsteady-state conditions: evidence of dual-scale mechanisms in the diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain R. Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Aléon</w:t>
+                <w:t xml:space="preserve">Giana G. Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 25 (1), pp.75-84. </w:t>
+              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (1/2), pp.23-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373930601160841⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17480272.2010.515035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02665557v1</w:t>
+                <w:t xml:space="preserve">hal-01001388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring moisture content profiles in a board during drying: a polychromatic X-ray system interfaced with a vacuum/pressure laboratory kiln</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perré</w:t>
+                <w:t xml:space="preserve">Mass diffusivity of low-density fibreboard determined under steady- and unsteady-state conditions: evidence of dual-scale mechanisms in the diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain R. Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00226-006-0068-7⟩</w:t>
+              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (1/2), pp.23-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17480272.2010.515035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02665918v1</w:t>
+                <w:t xml:space="preserve">hal-04516010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dual-Scale Computational Model of Kiln Wood Drying Including Single Board and Stack Level Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of temperature and moisture content on the mechanical behaviour of wood: a comprehensive model applied to drying and bending</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Passard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373930600778106⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (3), pp.558-572. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2006.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02655293v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the concept of thin dry layer to explain the evolution of thickness, temperature, and moisture content during convective drying of Norway spruce boards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy saving in industrial wood drying addressed by a multiscale computational model: board, stack, and kiln</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Mougel</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aléon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drying Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 25 (1), pp.75-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373930601160841⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dual-Scale Computational Model of Kiln Wood Drying Including Single Board and Stack Level Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24 (9), pp.1069-1074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373930600778106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measuring moisture content profiles in a board during drying: a polychromatic X-ray system interfaced with a vacuum/pressure laboratory kiln</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Baettig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wood Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 40 (4), pp.261-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00226-006-0068-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using the concept of thin dry layer to explain the evolution of thickness, temperature, and moisture content during convective drying of Norway spruce boards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2005, 23, pp.249-271</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6412,147 +6763,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability in Wood Quality and Moisture Content Measured by an Industrial X-Ray Scanner on 726,000 Sawlogs of Picea abies, Abies alba, Pinus sylvestris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tojo Ravoajanahary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Daquitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Ursella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Leban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05220844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6562,91 +6913,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la migration d'humidité en condition non-isotherme dans le bois massif par tomographie à rayons X</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pin Lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Casalinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6665,670 +7016,670 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmes Journées du GDR 3544 Sciences du bois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring moisture content distribution in wood during imbibition by micro-tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pin Lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahamadou Mounkaila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Casalinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Drying Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Marne la Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-comparison of measured behavior of highly hygroscopic and vapor permeable walls exposed to different real climates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helisoa Rafidiarison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick-Ariel Kêdowidé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Woloszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timea Béjat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Building Physics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Torino, Italy, Italy. pp.1431-1436, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.egypro.2015.11.166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des énergies intermittentes pour le séchage du bois : Étude expérimentale et numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouraya Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées du GDR 3544 Sciences du Bois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Clermond-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of wood drying with intermittent energy source at low exergy content</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perre</w:t>
+                <w:t xml:space="preserve">Procédés de séchage du bois adaptés à l’utilisation d’énergies intermittentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Alem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Bouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Drying Symposium IDS'2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">3èmes Journées du GDR 3544 Sciences du Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824485v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procédés de séchage du bois adaptés à l’utilisation d’énergies intermittentes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Remond</w:t>
+                <w:t xml:space="preserve">Numerical investigation of wood drying with intermittent energy source at low exergy content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées du GDR 3544 Sciences du Bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
+              <w:t xml:space="preserve">19th International Drying Symposium IDS'2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824091v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and optimization of industrial woody biomass pretreatment addressed by a multiscale computational model: particle, bed and dryer levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7343,73 +7694,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Drying Symposium IDS'2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permanent deformation of wooden panel paintings: what is the contribution of residual drying stresses ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7425,526 +7776,526 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurodrying'2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental studies on the wooden support of the &amp;quot;Mona Lisa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Uzielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Cocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colmars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Dionisi Vici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Safeguard of Cultural Heritage. A Challenge From the Past for the Europe of Tomorrow. COST strategic workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Florence, Italy. 367 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/2.1.1021.1525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00945958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring and modeling deformation of the &amp;quot;Mona Lisa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Uzielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Cocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colmars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Dionisi Vici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Congress on Science and Technology for the Safeguard of Cultural Heritage in the Mediterranean Basin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00945943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass diffusivity of low-density fibreboard determined under steady- and unsteady-state conditions: evidence of dual-scale mechanisms in the diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida Perré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International IUFRO Wood Drying Conference, Part II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Skelleftea, Sweden. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17480272.2010.515035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01003255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hygromechanical response of a panel painting in a church, monitoring and computer modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Colmars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference on wooden cultural heritage, Evaluation of deterioration and management of change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Hamburg, Germany. 9p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7954,124 +8305,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beech wood improvement by in-situ polyesterification using bio based polycarboxylic acids and polyols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WoodChem 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03216448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8081,260 +8432,354 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes des 8èmes Journées Scientifiques du GDR 3544 Sciences du Bois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Besserer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nov 2019, Epinal, France. 8, pp.323, 2019, Journées Annuelles du GDR3544 Sciences du Bois</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution à la modélisation multiphysique et multiéchelle du comportement du bois mis en oeuvre ou pendant sa transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Lorraine, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05553937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche déterministe du séchage des avivés de résineux de fortes épaisseurs pour proposer des conduites industrielles adaptées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Engineering Sciences [physics]. ENGREF (AgroParisTech), 2004. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00001132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId233"/>
+      <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8481,51 +8926,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511086v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Ferreira da Silva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mazian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E.D. Augusto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Remond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2026.121069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202945v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gratien Kiki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R&#233;mond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahbi Ouertani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Houngan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.141495" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202894v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Casalinho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia P Lancha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.126569" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252389v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tojo Ravoajanahary" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Daquitaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Ursella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leban" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f16091457" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203611v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine St&#233;phan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment L&#8217;hostis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-024-01606-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983796v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Simo-Tagne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanenb&#233; Teussingka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macmanus Chinenye Ndukwu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nnaemeka Reginald Nwakuba" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakar Compaore" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01430750.2025.2471399" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320003v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel L Zelinka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel V Glass" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Farkas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil E Thybring" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Altgen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-025-00655-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05211015v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2025.2540030" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05044893v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Zelinka" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Glass" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Thybring" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-025-00627-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983797v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Bekkioui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ablain Tagne Tagne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Bennamoun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02286203.2024.2377902" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448743v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2023.2279164" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04759271v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2024.2323095" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380092v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2024.2420873" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448721v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Colin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133209" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301821v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Emanuela Losini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Woloszyn" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taini Chitimbo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pel&#233;-Peltier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133904" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04902395v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Damay" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bender" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Munk" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jousserand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Creton" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00107-023-02000-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448705v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Florez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2022.126932" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922881v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Turner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2022.2159974" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448689v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Mounkaila" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2021-0154" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886912v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127047" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487090v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2020-0269" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03581123v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Chabert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fredon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2021-0030" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493039v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razika Kharchi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2020.100808" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955184v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202017214007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521221v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakar Compaor&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Putranto" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dissa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ouoba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-019-03817-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829790v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.02.116" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959242v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2018.05.005" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03110758v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Cipriano Almeida Barros" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2017-0066" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959215v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottaviano Allegretti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2017.1417869" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521746v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zoulalian" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rogaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.12.014" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01652622v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Salem" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bouali" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1195842" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521823v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beguid&#233; Bonoma" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2017005000009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03096877v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Bahar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Azzouz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taher Elaieb" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-016-1916-0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595425v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Compaore" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. O. Dissa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1192189" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01599426v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Monkam" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5383/ijtee.12.01.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521993v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.06.012" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378513v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2016005000020" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521999v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2016005000036" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430298v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1143483" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342970v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wies&#322;aw Olek" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Weres" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.06.023" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01598447v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helisoa Rafidiarison" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2015.03.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593077v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Simo Tagne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240807v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Remond" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella de La Cruz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Al&#233;on" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2013005000021" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264354v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Tarmian" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Dashti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-011-0413-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CB9FQKHQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804240v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2012.705205" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516010v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2010.515035" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001388v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana G. Almeida" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666163v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Passard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2006.09.008" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TP6LCG3K-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665557v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Al&#233;on" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373930601160841" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665918v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Baettig" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-006-0068-7" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3137FFCB8C45A6C831C4C4C2D814342EB7262B8E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655293v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373930600778106" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675054v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perr&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220844v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462929v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lv" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462868v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673861v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick-Ariel K&#234;dowid&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timea B&#233;jat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2015.11.166" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819544v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824485v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824091v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Alem" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824101v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804830v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945958v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Uzielli" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Cocchi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Colmars" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dionisi Vici" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.1021.1525" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945943v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003255v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida Perr&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795990v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Marcon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maurin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morestin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03216448v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939251v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Besserer" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;rardin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00001132v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511086v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Ferreira da Silva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mazian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E.D. Augusto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Remond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2026.121069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202945v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gratien Kiki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R&#233;mond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahbi Ouertani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Houngan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.141495" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202894v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Casalinho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia P Lancha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.126569" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554184v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine St&#233;phan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Simo-Tagne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment L&#8217;hostis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2025.2528881" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252389v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tojo Ravoajanahary" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Daquitaine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Ursella" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leban" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f16091457" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320003v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel L Zelinka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel V Glass" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Farkas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil E Thybring" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Altgen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-025-00655-y" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203611v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-024-01606-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983796v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanenb&#233; Teussingka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macmanus Chinenye Ndukwu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nnaemeka Reginald Nwakuba" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakar Compaore" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01430750.2025.2471399" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05211015v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2025.2540030" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05044893v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Zelinka" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Glass" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Thybring" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-025-00627-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554053v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Florez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partrick Perr&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Segovia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.109038" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448743v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2023.2279164" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380092v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2024.2420873" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983797v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Bekkioui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ablain Tagne Tagne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Bennamoun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02286203.2024.2377902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554158v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2024.2323095" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448721v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Martin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Colin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133209" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448705v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2022.126932" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04902395v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Damay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bender" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Munk" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jousserand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Creton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00107-023-02000-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301821v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Emanuela Losini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Woloszyn" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taini Chitimbo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pel&#233;-Peltier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133904" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922881v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Turner" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2022.2159974" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554116v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2022.2051736" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448689v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Mounkaila" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2021-0154" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886912v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127047" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487090v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2020-0269" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03581123v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Chabert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fredon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2021-0030" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493039v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razika Kharchi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2020.100808" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955184v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202017214007" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521221v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakar Compaor&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Putranto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dissa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ouoba" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-019-03817-3" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959242v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2018.05.005" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959215v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottaviano Allegretti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2017.1417869" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829790v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.02.116" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554243v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Cipriano Almeida Barros" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2017-0066" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521746v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zoulalian" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rogaume" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.12.014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01652622v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Salem" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bouali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1195842" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521823v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beguid&#233; Bonoma" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2017005000009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03096877v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Bahar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Azzouz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taher Elaieb" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-016-1916-0" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595425v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Compaore" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. O. Dissa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1192189" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521999v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2016005000036" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01599426v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Monkam" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5383/ijtee.12.01.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521993v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.06.012" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378513v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2016005000020" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430298v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1143483" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342970v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wies&#322;aw Olek" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Weres" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.06.023" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01598447v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helisoa Rafidiarison" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2015.03.008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593077v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Simo Tagne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240807v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Remond" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella de La Cruz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Al&#233;on" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-221X2013005000021" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264354v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Tarmian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Dashti" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-011-0413-3" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CB9FQKHQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804240v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2012.705205" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001388v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana G. Almeida" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2010.515035" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516010v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666163v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Passard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2006.09.008" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TP6LCG3K-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665557v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Al&#233;on" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373930601160841" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655293v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373930600778106" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665918v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Baettig" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-006-0068-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3137FFCB8C45A6C831C4C4C2D814342EB7262B8E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675054v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perr&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220844v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462929v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lv" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462868v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673861v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick-Ariel K&#234;dowid&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timea B&#233;jat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2015.11.166" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819544v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824091v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Alem" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824485v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824101v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804830v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945958v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Uzielli" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Cocchi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Colmars" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dionisi Vici" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.1021.1525" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945943v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003255v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida Perr&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795990v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Marcon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maurin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morestin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03216448v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939251v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Besserer" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;rardin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05553937v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00001132v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>