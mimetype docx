--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2973,230 +2973,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeation of gas through single-layer nanoporous graphene membranes: theory and molecular simulations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Permeation and separation of CH4/CO2 mixtures through single- layer nanoporous graphene membranes : theory and molecular simulations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juncheng Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vermorel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juncheng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Galliero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">InterPore 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02478815v1</w:t>
+                <w:t xml:space="preserve">hal-02478755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeation and separation of CH4/CO2 mixtures through single- layer nanoporous graphene membranes : theory and molecular simulations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Permeation of gas through single-layer nanoporous graphene membranes: theory and molecular simulations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vermorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Oulebsir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juncheng Guo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Vermorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Galliero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">InterPore 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02478755v1</w:t>
+                <w:t xml:space="preserve">hal-02478815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport Properties Of Fluid Mixtures In Micro- And Mesoporous Kerogen Membranes</w:t>
               </w:r>
@@ -3392,230 +3392,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02116159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular simulations of the micro-porous organic matter in shales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Collell</w:t>
+                <w:t xml:space="preserve">Molecular Simulations of Transport and Separation of Fluids through Nanoporous Materials: from Toy Models to Kerogen Molecular Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Oulebsir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Collel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vermorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Galliero</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Vermorel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Petrophase, Le Havre, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Le Havre, France</w:t>
+              <w:t xml:space="preserve">9th INTERPORE conference, Rotterdam, Pays-Bas, 8-11 Mai 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02044051v1</w:t>
+                <w:t xml:space="preserve">hal-01816744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Simulations of Transport and Separation of Fluids through Nanoporous Materials: from Toy Models to Kerogen Molecular Models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Collel</w:t>
+                <w:t xml:space="preserve">Molecular simulations of the micro-porous organic matter in shales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Collell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Galliero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vermorel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Galliero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th INTERPORE conference, Rotterdam, Pays-Bas, 8-11 Mai 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">Petrophase, Le Havre, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816744v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02044051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noble Gases Isotopic and Elemental Fractionation by Diffusion in Oil and Gas Under Reservoir Conditions: A Molecular Dynamics Perspective</w:t>
               </w:r>
@@ -6460,51 +6460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868111v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Enrico" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le H&#233;cho" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Galliero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#233;lia Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.12.015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juncheng Guo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vermorel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c03580" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04230017v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Galli&#233;ro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0161980" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04613863v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dono Toussaint" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hantal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104903" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04230023v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Oulebsir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.129020" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03961496v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0128632" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02418855v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braibanti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. -A. Artola" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baaske" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bataller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Bazile" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2019-11849-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816742v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oulebsir" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4997865" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816749v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804368v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diaz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Croccolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-017-0026-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804384v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Artola" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-015-9465-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278630v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collell" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ungerer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Yiannourakou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b07242" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2013.10.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856240v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Botan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz-Josef Ulm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J.-M. Pellenq" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la402087r" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857239v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vandenberghe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Villermaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.174302" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643305v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Miqueu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mendiboure" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2011.09.003" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566658v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.175502" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462960v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2008.0297" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-V3LFWGLN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857254v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087503v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2006.1781" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322383v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter Johansson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322393v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.9900" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755274v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madura Pathirage" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322372v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322410v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Hoang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Pujol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478815v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478755v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116153v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Bonnaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collell" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116159v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Oulebsir" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044051v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816744v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815877v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hoang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pujol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394503v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394557v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394474v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyorgy Hantal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816768v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749847v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vermorel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816782v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816777v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916630v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828490v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.087" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916624v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993587v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.078" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863962v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863972v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Khaddour" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643767v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865621v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391015v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497483v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497464v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497445v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478806v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322369v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322361v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354282v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-1340-0_8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856277v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118562086.ch2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868111v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Enrico" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le H&#233;cho" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Galliero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#233;lia Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.12.015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juncheng Guo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vermorel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c03580" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04230017v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Galli&#233;ro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0161980" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04613863v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dono Toussaint" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hantal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104903" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04230023v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Oulebsir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.129020" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03961496v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0128632" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02418855v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braibanti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. -A. Artola" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baaske" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bataller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Bazile" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2019-11849-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816742v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oulebsir" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4997865" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816749v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804368v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diaz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Croccolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-017-0026-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804384v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Artola" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-015-9465-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278630v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collell" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ungerer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Yiannourakou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b07242" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2013.10.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856240v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Botan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz-Josef Ulm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J.-M. Pellenq" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la402087r" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857239v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vandenberghe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Villermaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.174302" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643305v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Miqueu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mendiboure" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2011.09.003" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566658v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.175502" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462960v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2008.0297" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-V3LFWGLN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857254v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087503v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2006.1781" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322383v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter Johansson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322393v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.9900" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755274v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madura Pathirage" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322372v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322410v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Hoang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Pujol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478755v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478815v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116153v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Bonnaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collell" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116159v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Oulebsir" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816744v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044051v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815877v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hoang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pujol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394503v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394557v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394474v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyorgy Hantal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816768v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749847v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vermorel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816782v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816777v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916630v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828490v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.087" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916624v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993587v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.078" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863962v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863972v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Khaddour" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643767v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865621v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391015v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497483v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497464v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497445v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478806v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322369v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322361v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354282v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-1340-0_8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856277v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118562086.ch2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>