--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1184,187 +1184,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypertextualisation</w:t>
+                <w:t xml:space="preserve">Des outils automatiques pour le signalement en bibliothèque. Expérimentations autour du projet data.bnf.fr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Wenz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de la Bibliothèque nationale de France</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin des Bibliothèques de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 57 (5)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03226262v1</w:t>
+                <w:t xml:space="preserve">hal-04349034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des outils automatiques pour le signalement en bibliothèque. Expérimentations autour du projet data.bnf.fr</w:t>
+                <w:t xml:space="preserve">Hypertextualisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Wenz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agnès Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin des Bibliothèques de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de la Bibliothèque nationale de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n° 42 (3), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rbnf.042.0036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04349034v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1912,51 +1912,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032592v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wenz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032792v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035160v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226286v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/elec.berme.2016.01.0013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Simon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Di Mascio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38288-8_38" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03225066v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226285v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2500410.2500418" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474557v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Bideran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226278v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.2206" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226281v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/gazar.2017.5533" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226282v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.143.0547" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246010v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4403/jlis.it-5509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226262v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rbnf.042.0036" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04349034v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04176085v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246107v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054065v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-04082581v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032592v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wenz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032792v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035160v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226286v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/elec.berme.2016.01.0013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Simon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Di Mascio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38288-8_38" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03225066v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226285v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2500410.2500418" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474557v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Bideran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226278v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.2206" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226281v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/gazar.2017.5533" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226282v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.143.0547" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246010v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4403/jlis.it-5509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04349034v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226262v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rbnf.042.0036" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04176085v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246107v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054065v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-04082581v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>