--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -3079,51 +3079,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00271653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3227,564 +3227,678 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing far from equilibrium states of the one-dimensional nonlinear Schrödinger equation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abhik Kumar Saha</w:t>
+                <w:t xml:space="preserve">Soliton turbulence of a strongly driven one-dimensional Bose gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Ballu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dubessy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Minguzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03818497v4</w:t>
+                <w:t xml:space="preserve">hal-05569322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotope shifts of natural Sr+ measured by laser fluorescence in a sympathetically cooled Coulomb crystal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterizing far from equilibrium states of the one-dimensional nonlinear Schrödinger equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhik Kumar Saha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dubessy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Dubost</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-00946205v1</w:t>
+                <w:t xml:space="preserve">hal-03818497v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust preparation and manipulation of protected qubits using time--varying Hamiltonians</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Coudreau</w:t>
+                <w:t xml:space="preserve">Isotope shifts of natural Sr+ measured by laser fluorescence in a sympathetically cooled Coulomb crystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dubessy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Szymanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Douçot</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Likforman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00601629v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00946205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double-lambda microscopic model for entangled light generation by four-wave-mixing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust preparation and manipulation of protected qubits using time--varying Hamiltonians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Douçot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dubessy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Glorieux</w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">2010</w:t>
+                <w:t xml:space="preserve">Pérola Milman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00499509v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00601629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Double-lambda microscopic model for entangled light generation by four-wave-mixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Glorieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dubessy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guibal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Guidoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Likforman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00499509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Photoionisation loading of large Sr+ ion clouds with ultrafast pulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Removille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dubessy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Removille</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Quentin Glorieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00340119v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3794,114 +3908,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réalisation, étude et exploitation d'ensembles d'ions refroidis par laser stockés dans des pièges micro-fabriqués pour l'information quantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dubessy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique Atomique [physics.atom-ph]. Université Paris-Diderot - Paris VII, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00609884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId106"/>
+      <w:footerReference w:type="default" r:id="rId108"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3969,51 +4083,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DF615C40"/>
+    <w:nsid w:val="8A25416C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4200,51 +4314,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romaindubessy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9448-2535" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154798703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733609v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dubessy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Perrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/5.0242948" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534835v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishabh Sharma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longchambon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.143401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238032v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanliang Guo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mercado Gutierrez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Badr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ac919f" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765118v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thomas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0123440" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895522v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Polo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Minguzzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Olshanii" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.013098" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181695v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla de Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avinash Kumar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201469v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhik Kumar Saha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169160v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.025301" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876159v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Ben Ali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Seaward" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangliang Guo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Wiotte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-019-7213-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078189v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pedri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.195301" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683635v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.043615" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631211v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5025465" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493077v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Merloti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/793/1/012023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369631v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Br&#233;zillon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aa5a6a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280816v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071947v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/12/122001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798935v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Eric Pottie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/3/033007" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879881v3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.061603" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647857v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Liennard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.013643" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691912v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.011602" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347985v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Guidoni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.031402" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362423v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sangouard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Simon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.79.042340" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271653v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morizot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghavan Kollengode Easwaran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Knyazchyan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2008-00050-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05528326v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;lvio Jacob Bereta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Madeira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica A. Caracanhas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818497v4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946205v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Dubost" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Szymanski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guibal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Likforman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601629v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dou&#231;ot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Andreoli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rola Milman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499509v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Glorieux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340119v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Removille" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00609884v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romaindubessy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9448-2535" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154798703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733609v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dubessy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Perrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/5.0242948" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534835v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishabh Sharma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longchambon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.143401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238032v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanliang Guo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mercado Gutierrez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Badr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ac919f" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765118v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thomas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0123440" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895522v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Polo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Minguzzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Olshanii" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.013098" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181695v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla de Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avinash Kumar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201469v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhik Kumar Saha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169160v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.025301" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876159v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Ben Ali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Seaward" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangliang Guo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Wiotte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-019-7213-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078189v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pedri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.195301" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683635v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.043615" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631211v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5025465" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493077v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Merloti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/793/1/012023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369631v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Br&#233;zillon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aa5a6a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280816v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071947v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/12/122001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798935v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Eric Pottie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/3/033007" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879881v3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.061603" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647857v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Liennard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.013643" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691912v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.011602" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347985v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Guidoni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.031402" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362423v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sangouard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Simon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.79.042340" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271653v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morizot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghavan Kollengode Easwaran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Knyazchyan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2008-00050-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05528326v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;lvio Jacob Bereta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Madeira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica A. Caracanhas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05569322v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ballu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818497v4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946205v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Dubost" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Szymanski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guibal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Likforman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601629v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dou&#231;ot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Andreoli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rola Milman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499509v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Glorieux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340119v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Removille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00609884v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>