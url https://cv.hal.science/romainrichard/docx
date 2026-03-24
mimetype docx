--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Romain RICHARD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deactivation by coking of industrial ZSM-5 catalysts used in LDPE pyrolysis and regeneration by ozonation process – Bench scale studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Gallego Mylène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Ruaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Pinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 671, pp.119581. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2024.119581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regeneration of coked catalysts via ozonation: Experimental study of diffusion–reaction mechanisms at pellet and reactor scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 476, pp.146446. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.146446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Composite TiO2/Activated Carbon Fibers as a Photocatalyst in a Sequential Adsorption/Photocatalysis Process for the Elimination of Ciprofloxacin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (1), pp.1-1. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21926/cr.2201007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozonized 2-hydroxypropyl-β-cyclodextrins as novel materials with oxidative and bactericidal properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marsan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 291, pp.119516. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deactivation and Regeneration of Zeolite Catalysts Used in Pyrolysis of Plastic Wastes—A Process and Analytical Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (7), pp.770. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11070770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of ciprofloxacin degradation in aqueous system by heterogeneous catalytic ozonation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héctor Valdés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulises J. Jáuregui-Haza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-018-3559-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01980447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recovery of borassus palm tree and bamboo waste into activated carbon: application to the phenolic compound removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.B. Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials and Environmental Science </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen sulphide quantification by SIFT/MS: highlighting the influence of gas moisture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 100 (10), pp.1133-1145. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03067319.2019.1650919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A catalyst-free process for gas ozonation of reduced sulfur compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 387, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2019.123416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TiO2 MOCVD coating for photocatalytic degradation of ciprofloxacin using 365 nm UV LEDs - kinetics and mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (6), pp.104544. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jece.2020.104544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02975294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozone Quantification by Selected Ion Flow Tube Mass Spectrometry: Influence of Humidity and Manufacturing Gas of Ozone Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (24), pp.15518-15524. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.9b03337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldehydes gas ozonation monitoring: Interest of SIFT/MS versus GC/FID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.06.186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-cost activated carbon for adsorption and heterogeneous ozonation of phenolic wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouassi Benjamin Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 163, pp.336-346. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5004/dwt.2019.24479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a new oxidation process using ozone to regenerate coked catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ozone: Science &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 39 (n° 5), pp. 366-373. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01919512.2017.1326005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethyl biodiesels derived from non-edible oils within the biorefinery concept – Pilot scale production & engine emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nitièma-Yefanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Tschamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouyssière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 109, pp.634-645. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2017.03.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desorption experiments and modeling of micropollutants on activated carbon in water phase: application to transient concentrations mitigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séda Bourneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Albasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (1), pp.1-10. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13762-015-0834-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics Modeling of the Heterogeneously Catalyzed Esterification of 2,3-Butanediol with Acetic Acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 55 (n° 18), pp. 5247-5256. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.iecr.6b00133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry Purification by Natural Adsorbents of Ethyl Biodiesels Derived from Nonedible Oils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svitlana Nitiema-Yefanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouyssière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonne L. Bonzi-Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy &amp; Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, vol. 29 (1), pp. 150-159. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ef501365u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid-liquid equilibria for ternary systems acetic acid + n-butyl acetate + hydrocarbons at 293.15 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Phase Equilibria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 356, pp. 264-270. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fluid.2013.07.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of continuous processes for vegetable oil alcoholysis in microfluidic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 20 (1), pp.23-32. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ocl.2012.0479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the kinetics of transesterification reaction of sunflower oil with ethanol in microreactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 87, pp. 258-269. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ces.2012.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00757631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line monitoring of the transesterification reaction carried out in microreactors using near infrared spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 104, pp. 318-325. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fuel.2012.07.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line monitoring of the transesterification reaction between triglycerides and ethanol using near infrared spectroscopy combined with gas chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioresource Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 102 (12), pp.6702-6709. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biortech.2011.03.111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régénération par ozonation et réutilisation de catalyseurs cokés lors de la pyrolyse de polyéthylène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Gallego Mylène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regeneration of coked catalysts used in plastics pyrolysis: ozonation as an alternative process to oxygen oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Global Summit on Catalysis and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozonation process as an alternative method for coked catalysts regeneration: a combined experimental and numeric approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCCE11 - 11th World Congress of Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recyclage chimique du polyéthylène par pyrolyse catalytique : désactivation et régénération des zéolithes ZSM-5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Gallego Mylène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gas/solid synthesis of ozonized cyclodextrins and their application for extending the conservation period of tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Volmerange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Visciano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IOA-PAG Conference. International Ozone Association Pan American Group (PAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Las Végas, Nevada (NV), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel materials with antimicrobial and antifungal properties obtained by ozonation of cyclodextrins: from synthesis to practical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Coppel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOA Conference &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of ozonized cyclodextrins as new bio-based oxidizing materials for biological applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marsan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th World Congress of the International Ozone Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciprofloxacin photocatalytic degradation present in water using MOCVD deposition of TiO2 and UVA LEDs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 12 - The 12th EUROPEAN CONGRESS OF CHEMICAL ENGINEERING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative analytical method to measure ozone in gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOA 24th Ozone World Congress and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement d'une eau chargée en ciprofloxacine par photocatalyse sous UVA avec TiO2 supporté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement des COV et des composés soufrés par l'ozone en phase gaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Valérie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and use of palm tree waste-based activated carbon as adsorbent for the removal of 2,4-dimethylphenol from aqueous solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Yao Kouassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Congress on Green Process Engineering (GPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Oxidation Process as one of the leading ‘‘green’’ technologies for environmental remediation. Ciprofloxacin degradation in wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Rosa Alcorta Cuello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Manduca Artiles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Congress on Green Process Engineering (GPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promising photocatalytic process using Activated Carbon Fiber/ TiO2 materials for wasterwater treatment will be filled in by SPEA10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Yoel Quintero-Castañeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Meeting on Solar Chemistry and Photocatalysis: Environmental Apllications (SPEA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Almeria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozone-aldehydes reaction in gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEAC-40, Environmental &amp; Food Monitoring Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a new process using ozone to regenerate coked zeolite and bi-functional catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Congress on Green Process Engineering (GPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procesos avanzados de oxidación en la remediación ambiental. Degradación de la ciprofloxacina en aguas residuales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Rosa Alcorta Cuello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Manduca Artiles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33th Latin-American Congress of Chemistry (33-CLAQ). IX Congreso de Ciencias Químicas, Tecnología e Innovación. QUIMICUBA’2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, La Habana, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozonation of Aldehydes in Gas Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Advanced Oxidation Technologies for Treatment of Water, Air and Soil (AOTs-23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Clearwater, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation of ciprofloxacin in aqueous system by heterogeneous catalytic ozonation with iron oxide supported on zeolite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulises Javier Jáuregui-Haza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héctor Valdés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th World Congress of Chemical Engineering (WCCE10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of odorous molecules in the gas emitted from fertilizer plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Summer School on Environmental applications of AOPs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regeneration of coked catalysts by an oxidation process using ozone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st TransPyrenean Meeting in Catalysis (TraPCat1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new oxidation process using ozone to regenerate coked catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOA International Conference on Ozone &amp; Advanced Oxidation (IOA-EA3G2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Swansea, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lab-scale regeneration of coked catalysts by an ozonation process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supaporn Khangkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE10+ECAB3+EPIC5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load variations buffering by adsorption/desorption experiments and modelling: innovative application to aqueous effluents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séda Bourneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Albasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Congress of Chemical Engineering (ECCE10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France. pp. 1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of continuous processes for vegetable oil alcoholysis in microfluidic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Chevreul 2012 : Chimie du Végétal et Lipochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française pour l'Etude des Lipides (SFEL). FRA., Jun 2012, Maisons-Alfort, France. pp.24 slides</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line monitoring of the transesterification reaction between triglycerides and ethanol using near infrared (NIR) spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">102. AOCS Annual Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Oil Chemists' Society (AOCS). USA., May 2011, Cincinnati, Ohio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microreactors - An innovative tool for development of transesterification reaction continuous processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">102. AOCS Annual Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Oil Chemists' Society (AOCS). USA., May 2011, Cincinnati, Ohio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de nouveaux procédés de transestérification de triglycérides en microréacteurs - Applications : biocarburants, biodétergents, biosolvants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque final du Réseau de Recherches 1 (RDR1) du programme interdisciplinaire INRA/CNRS "Chimie Pour le Développement Durable"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Versailles-Grignon, France. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04027184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de préparation d’un matériau solide de stockage de l’ozone à base de glucides, ledit matériau et ses utilisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Torré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 2007474 - PCT/FR2021/051323. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de préparation d'un matériau solide de stockage de l'ozone, ledit matériau et ses utilisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Torré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR1900325 - PCT/FR2020/050038. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04120012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d’estérification d’un diol mettant en œuvre une distillation réactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Leinekugel Le Cocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Dorato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3032707 A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de production de 1,3-butadiène à partir de 1,4-butanediol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Dorato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rannoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3032704B1 - PCT/EP2016/053301. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de production de dioléfines à partir d'une charge diol diluée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR-3032705-A1 - PCT/EP2016/053299. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transestérification éthanolique d'huile végétale dans des microréacteurs : transposition du batch au continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Institut National Polytechnique de Toulouse - INPT, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011INPT0136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04240304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId149"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Romain RICHARD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deactivation by coking of industrial ZSM-5 catalysts used in LDPE pyrolysis and regeneration by ozonation process – Bench scale studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Gallego Mylène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Ruaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Pinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 671, pp.119581. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2024.119581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regeneration of coked catalysts via ozonation: Experimental study of diffusion–reaction mechanisms at pellet and reactor scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 476, pp.146446. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.146446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Composite TiO2/Activated Carbon Fibers as a Photocatalyst in a Sequential Adsorption/Photocatalysis Process for the Elimination of Ciprofloxacin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (1), pp.1-1. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21926/cr.2201007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozonized 2-hydroxypropyl-β-cyclodextrins as novel materials with oxidative and bactericidal properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marsan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 291, pp.119516. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deactivation and Regeneration of Zeolite Catalysts Used in Pyrolysis of Plastic Wastes—A Process and Analytical Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (7), pp.770. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11070770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recovery of borassus palm tree and bamboo waste into activated carbon: application to the phenolic compound removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.B. Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials and Environmental Science </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen sulphide quantification by SIFT/MS: highlighting the influence of gas moisture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 100 (10), pp.1133-1145. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03067319.2019.1650919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of ciprofloxacin degradation in aqueous system by heterogeneous catalytic ozonation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héctor Valdés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulises J. Jáuregui-Haza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-018-3559-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01980447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A catalyst-free process for gas ozonation of reduced sulfur compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 387, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2019.123416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TiO2 MOCVD coating for photocatalytic degradation of ciprofloxacin using 365 nm UV LEDs - kinetics and mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (6), pp.104544. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jece.2020.104544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02975294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozone Quantification by Selected Ion Flow Tube Mass Spectrometry: Influence of Humidity and Manufacturing Gas of Ozone Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (24), pp.15518-15524. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.9b03337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldehydes gas ozonation monitoring: Interest of SIFT/MS versus GC/FID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.06.186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-cost activated carbon for adsorption and heterogeneous ozonation of phenolic wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouassi Benjamin Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 163, pp.336-346. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5004/dwt.2019.24479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethyl biodiesels derived from non-edible oils within the biorefinery concept – Pilot scale production & engine emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nitièma-Yefanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Tschamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouyssière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 109, pp.634-645. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2017.03.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a new oxidation process using ozone to regenerate coked catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ozone: Science &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 39 (n° 5), pp. 366-373. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01919512.2017.1326005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics Modeling of the Heterogeneously Catalyzed Esterification of 2,3-Butanediol with Acetic Acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 55 (n° 18), pp. 5247-5256. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.iecr.6b00133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desorption experiments and modeling of micropollutants on activated carbon in water phase: application to transient concentrations mitigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séda Bourneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Albasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (1), pp.1-10. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13762-015-0834-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry Purification by Natural Adsorbents of Ethyl Biodiesels Derived from Nonedible Oils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svitlana Nitiema-Yefanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouyssière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonne L. Bonzi-Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy &amp; Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, vol. 29 (1), pp. 150-159. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ef501365u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid-liquid equilibria for ternary systems acetic acid + n-butyl acetate + hydrocarbons at 293.15 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Phase Equilibria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 356, pp. 264-270. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fluid.2013.07.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of continuous processes for vegetable oil alcoholysis in microfluidic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 20 (1), pp.23-32. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ocl.2012.0479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the kinetics of transesterification reaction of sunflower oil with ethanol in microreactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 87, pp. 258-269. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ces.2012.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00757631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line monitoring of the transesterification reaction carried out in microreactors using near infrared spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 104, pp. 318-325. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fuel.2012.07.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line monitoring of the transesterification reaction between triglycerides and ethanol using near infrared spectroscopy combined with gas chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioresource Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 102 (12), pp.6702-6709. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biortech.2011.03.111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régénération par ozonation et réutilisation de catalyseurs cokés lors de la pyrolyse de polyéthylène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Gallego Mylène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozonation process as an alternative method for coked catalysts regeneration: a combined experimental and numeric approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCCE11 - 11th World Congress of Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regeneration of coked catalysts used in plastics pyrolysis: ozonation as an alternative process to oxygen oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Global Summit on Catalysis and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recyclage chimique du polyéthylène par pyrolyse catalytique : désactivation et régénération des zéolithes ZSM-5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Daligaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Gallego Mylène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gas/solid synthesis of ozonized cyclodextrins and their application for extending the conservation period of tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Volmerange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Visciano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IOA-PAG Conference. International Ozone Association Pan American Group (PAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Las Végas, Nevada (NV), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel materials with antimicrobial and antifungal properties obtained by ozonation of cyclodextrins: from synthesis to practical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Coppel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOA Conference &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of ozonized cyclodextrins as new bio-based oxidizing materials for biological applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsi Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marsan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th World Congress of the International Ozone Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative analytical method to measure ozone in gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOA 24th Ozone World Congress and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement d'une eau chargée en ciprofloxacine par photocatalyse sous UVA avec TiO2 supporté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement des COV et des composés soufrés par l'ozone en phase gaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Valérie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciprofloxacin photocatalytic degradation present in water using MOCVD deposition of TiO2 and UVA LEDs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 12 - The 12th EUROPEAN CONGRESS OF CHEMICAL ENGINEERING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and use of palm tree waste-based activated carbon as adsorbent for the removal of 2,4-dimethylphenol from aqueous solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Yao Kouassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Congress on Green Process Engineering (GPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Oxidation Process as one of the leading ‘‘green’’ technologies for environmental remediation. Ciprofloxacin degradation in wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Rosa Alcorta Cuello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Manduca Artiles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Congress on Green Process Engineering (GPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozone-aldehydes reaction in gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEAC-40, Environmental &amp; Food Monitoring Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promising photocatalytic process using Activated Carbon Fiber/ TiO2 materials for wasterwater treatment will be filled in by SPEA10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Yoel Quintero-Castañeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affoué Tindo Sylvie Konan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tendero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Meeting on Solar Chemistry and Photocatalysis: Environmental Apllications (SPEA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Almeria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a new process using ozone to regenerate coked zeolite and bi-functional catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Congress on Green Process Engineering (GPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procesos avanzados de oxidación en la remediación ambiental. Degradación de la ciprofloxacina en aguas residuales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Rosa Alcorta Cuello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Manduca Artiles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33th Latin-American Congress of Chemistry (33-CLAQ). IX Congreso de Ciencias Químicas, Tecnología e Innovación. QUIMICUBA’2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, La Habana, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation of ciprofloxacin in aqueous system by heterogeneous catalytic ozonation with iron oxide supported on zeolite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia González-Labrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Andriantsiferana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulises Javier Jáuregui-Haza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héctor Valdés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th World Congress of Chemical Engineering (WCCE10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of odorous molecules in the gas emitted from fertilizer plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Summer School on Environmental applications of AOPs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozonation of Aldehydes in Gas Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Vitola Pasetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Pic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Advanced Oxidation Technologies for Treatment of Water, Air and Soil (AOTs-23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Clearwater, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regeneration of coked catalysts by an oxidation process using ozone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st TransPyrenean Meeting in Catalysis (TraPCat1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new oxidation process using ozone to regenerate coked catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOA International Conference on Ozone &amp; Advanced Oxidation (IOA-EA3G2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Swansea, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lab-scale regeneration of coked catalysts by an ozonation process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supaporn Khangkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Julcour-Lebigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE10+ECAB3+EPIC5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load variations buffering by adsorption/desorption experiments and modelling: innovative application to aqueous effluents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séda Bourneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Albasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Congress of Chemical Engineering (ECCE10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France. pp. 1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of continuous processes for vegetable oil alcoholysis in microfluidic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Chevreul 2012 : Chimie du Végétal et Lipochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française pour l'Etude des Lipides (SFEL). FRA., Jun 2012, Maisons-Alfort, France. pp.24 slides</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line monitoring of the transesterification reaction between triglycerides and ethanol using near infrared (NIR) spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">102. AOCS Annual Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Oil Chemists' Society (AOCS). USA., May 2011, Cincinnati, Ohio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microreactors - An innovative tool for development of transesterification reaction continuous processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent E. Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">102. AOCS Annual Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Oil Chemists' Society (AOCS). USA., May 2011, Cincinnati, Ohio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de nouveaux procédés de transestérification de triglycérides en microréacteurs - Applications : biocarburants, biodétergents, biosolvants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thiebaud-Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque final du Réseau de Recherches 1 (RDR1) du programme interdisciplinaire INRA/CNRS "Chimie Pour le Développement Durable"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Versailles-Grignon, France. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04027184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de préparation d'un matériau solide de stockage de l'ozone, ledit matériau et ses utilisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Torré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR1900325 - PCT/FR2020/050038. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04120012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de préparation d’un matériau solide de stockage de l’ozone à base de glucides, ledit matériau et ses utilisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Torré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Violleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Manero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 2007474 - PCT/FR2021/051323. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d’estérification d’un diol mettant en œuvre une distillation réactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Leinekugel Le Cocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Dorato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3032707 A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de production de 1,3-butadiène à partir de 1,4-butanediol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Dorato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rannoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3032704B1 - PCT/EP2016/053301. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de production de dioléfines à partir d'une charge diol diluée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR-3032705-A1 - PCT/EP2016/053299. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transestérification éthanolique d'huile végétale dans des microréacteurs : transposition du batch au continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Institut National Polytechnique de Toulouse - INPT, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011INPT0136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04240304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId149"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Daligaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Richard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Gallego Myl&#232;ne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ruaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pinard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2024.119581" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320710v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Richard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Manero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.146446" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930724v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Triquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tendero" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latapie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andriantsiferana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/cr.2201007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03675958v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsi Haddad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Pag&#232;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Violleau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119516" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336014v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Daligaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11070770" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980447v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Gonz&#225;lez-Labrada" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Vald&#233;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises J. J&#225;uregui-Haza" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-3559-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772801v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Affou&#233; Tindo Sylvie Konan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Yao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278814v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Vitola Pasetto" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Pic" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2019.1650919" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02573074v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.123416" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975294v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104544" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458601v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b03337" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170451v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.06.186" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Benjamin Yao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2019.24479" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709021v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.2017.1326005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535435v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Niti&#232;ma-Yefanova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tschamber" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thiebaud-Roux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bouyssi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2017.03.058" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264371v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;da Bourneuf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jacob" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Albasi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sochard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-015-0834-x" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516568v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaume" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jacquin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.6b00133" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107245v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svitlana Nitiema-Yefanova" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne L. Bonzi-Coulibaly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef501365u" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065438v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferrando" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2013.07.032" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642931v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dubreuil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl.2012.0479" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757631v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent E. Prat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.10.014" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782855v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2012.07.054" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545157v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Li" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2011.03.111" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823891v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823830v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823859v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823851v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764098v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Volmerange" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Breton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Visciano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764104v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sanchez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764088v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773092v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786099v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774195v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786118v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Val&#233;rie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Violleau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834385v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Yao Kouassi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834572v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rosa Alcorta Cuello" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Manduca Artiles" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834317v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Yoel Quintero-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834273v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834402v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834197v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833380v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834029v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Javier J&#225;uregui-Haza" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834423v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834458v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834443v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supaporn Khangkham" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295681v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748761v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thiebaud Roux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749589v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027184v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764115v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Torr&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120012v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403676v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Leinekugel Le Cocq" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Dorato" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Pacheco" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773072v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rannoux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773114v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04240304v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011INPT0136" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Daligaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Richard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Gallego Myl&#232;ne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ruaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pinard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2024.119581" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320710v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Richard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Manero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.146446" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930724v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Triquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tendero" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latapie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andriantsiferana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/cr.2201007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03675958v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsi Haddad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Pag&#232;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Violleau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119516" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336014v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Daligaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11070770" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772801v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Affou&#233; Tindo Sylvie Konan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Yao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278814v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Vitola Pasetto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Pic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2019.1650919" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980447v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Gonz&#225;lez-Labrada" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Vald&#233;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises J. J&#225;uregui-Haza" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-3559-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02573074v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.123416" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975294v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104544" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458601v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b03337" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170451v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.06.186" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Benjamin Yao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2019.24479" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535435v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Niti&#232;ma-Yefanova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tschamber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thiebaud-Roux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bouyssi&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2017.03.058" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709021v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.2017.1326005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaume" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jacquin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.6b00133" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;da Bourneuf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jacob" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Albasi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sochard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-015-0834-x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107245v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svitlana Nitiema-Yefanova" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne L. Bonzi-Coulibaly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef501365u" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065438v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferrando" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2013.07.032" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642931v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dubreuil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl.2012.0479" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757631v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent E. Prat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.10.014" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782855v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2012.07.054" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545157v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Li" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2011.03.111" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823891v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823859v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823830v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823851v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764098v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Volmerange" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Breton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Visciano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764104v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sanchez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764088v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786099v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774195v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786118v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Val&#233;rie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Violleau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773092v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834385v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Yao Kouassi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834572v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rosa Alcorta Cuello" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Manduca Artiles" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834273v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834317v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Yoel Quintero-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834402v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834197v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834029v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Javier J&#225;uregui-Haza" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834423v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833380v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834458v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834443v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supaporn Khangkham" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295681v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748761v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thiebaud Roux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749589v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027184v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120012v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Torr&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764115v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403676v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Leinekugel Le Cocq" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Dorato" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Pacheco" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773072v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rannoux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773114v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04240304v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011INPT0136" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>