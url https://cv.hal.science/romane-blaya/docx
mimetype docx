--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1279,77 +1279,180 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04615544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réponse de la structure et de la dynamique temporelle des communautés de fourmis aux caractéristiques spatiales et aux habitats sur les petites îles méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Blaya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences agricoles. Université d'Avignon, 2024. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2024AVIG0378⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05084291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed responses of ant communities to the eradication of black rats and iceplants on a small Mediterranean island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1371,466 +1474,363 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Braschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Berville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 33 (6-7), pp.2037-2053. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10531-024-02838-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous flowering vegetation favours hoverflies and parasitoid wasps in apple orchards but has low cascading effects on biological pest control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Franck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 359, pp.108766. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.agee.2023.108766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Species and functional responses of ants to inter-row tillage and vegetation in organic Mediterranean vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 65, pp.126-135. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.11.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.11.009⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03889624v1</w:t>
-              </w:r>
-[...101 lines deleted...]
-                <w:t xml:space="preserve">tel-05084291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2139,51 +2139,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825921v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C M Hess" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blaya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natan Huberson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326684v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rocher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kubien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Melloul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406595v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aurelle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390619v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Braschi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Helard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Torres" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825972v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C.M. Hess" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406614v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397259v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie H&#233;lard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Torr&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615544v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003285793-17" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753435v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-024-02838-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466909v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Bischoff" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Franck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108766" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03889624v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.11.009" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05084291v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AVIG0378" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919080v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheylan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Corti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Jean Delaugerre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825921v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C M Hess" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blaya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natan Huberson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326684v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rocher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kubien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Melloul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406595v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aurelle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390619v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Braschi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Helard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Torres" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825972v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C.M. Hess" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406614v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397259v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie H&#233;lard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Torr&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615544v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003285793-17" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05084291v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AVIG0378" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753435v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berville" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-024-02838-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466909v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Bischoff" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Franck" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108766" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03889624v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.11.009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919080v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheylan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Corti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Jean Delaugerre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>