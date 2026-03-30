--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -126,1612 +126,1746 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of pesticide ecotoxicity through interspecies comparaison of individual and population biomarkers in gammarids caged in a drained agricultural catchment (Oracle Observatory)</w:t>
+                <w:t xml:space="preserve">3D near-surface geophysics and geostatistics for heterogeneities characterization and water table monitoring on the Orgeval critical zone observatory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Persat</w:t>
+                <w:t xml:space="preserve">Maxime Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hocine Henine</w:t>
+                <w:t xml:space="preserve">Sylvain Pasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Tournebize</w:t>
+                <w:t xml:space="preserve">Nicolas Radic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+                <w:t xml:space="preserve">Didier Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Joly</w:t>
+                <w:t xml:space="preserve">Roland Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OZCAR TERENO International Conference</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu26-9657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05303664v1</w:t>
+                <w:t xml:space="preserve">hal-05552389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysics and geo-statistics for a 3D estimation of physical properties within the critical zone sub-surface</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation de l'écotoxicité des pesticides par comparaison inter-espèces de biomarqueurs individuels et populationnels chez des gammares encagés dans un bassin versant agricole drainé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Rivière</w:t>
+                <w:t xml:space="preserve">Léo Persat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Radic</w:t>
+                <w:t xml:space="preserve">Hocine Henine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+                <w:t xml:space="preserve">Julien Tournebize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Renard</w:t>
+                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">terreno ozcar</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05517955v1</w:t>
+              <w:t xml:space="preserve">Société d’Ecotoxicologie Fondamentale et Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, La Roche-sur-Yon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05303606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term assessment of water and heat stream-aquifer exchanges in Avenelles Critical Zone Observatory, France (2013-2025</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Géophysique et géostatistique pour une estimation 3D des propriétés physiques de la proche surface de la Zone Critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Radic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Maxime Gautier</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renard Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd OZCAR TERENO Conference</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05415898v1</w:t>
+              <w:t xml:space="preserve">RST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying the impacts of land use and sedimentary structures on hydrobiogeochemical functioning in nested catchments (Orgeval CZO, France): continuous monitoring of carbon fluxes (DIC, DOC, POC)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Oracle-Orgeval, Long-term Research observatory of the critical zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocine Henine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérémie D. Lebrun</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OZCAR TERENO 2025</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tampere (Finlande), Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/aca.8.e153511⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of pesticide ecotoxicity using multi-level biomarkers through interspecies comparison in gammarids caged in a drained agricultural catchment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Persat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocine Henine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tournebize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Meeting on Environmental Chemestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, School of Chemical and Environmental Engineering, Nov 2025, Chania Crète, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05387883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrating Data into Hydrogeophysical Models to Unveil Fluxes and River Interactions: Insights from the Orgeval Critical Zone Observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Radic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vita Clinquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05392420v1</w:t>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paulina Rajewicz, Jaana Bäck, Jun 2025, Tampere (Finlande), Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/aca.8.e152222⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l'écotoxicité des pesticides par comparaison inter-espèces de biomarqueurs individuels et populationnels chez des gammares encagés dans un bassin versant agricole drainé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Assessment of pesticide ecotoxicity through interspecies comparaison of individual and population biomarkers in gammarids caged in a drained agricultural catchment (Oracle Observatory)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Persat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hocine Henine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Tournebize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société d’Ecotoxicologie Fondamentale et Appliquée</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05303606v1</w:t>
+              <w:t xml:space="preserve">OZCAR TERENO International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05303664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oracle-Orgeval, Long-term Research observatory of the critical zone</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Geophysics and geo-statistics for a 3D estimation of physical properties within the critical zone sub-surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Radic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+                <w:t xml:space="preserve">Didier Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05145213v1</w:t>
+              <w:t xml:space="preserve">terreno ozcar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, PARIS, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of pesticide ecotoxicity using multi-level biomarkers through interspecies comparison in gammarids caged in a drained agricultural catchment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term assessment of water and heat stream-aquifer exchanges in Avenelles Critical Zone Observatory, France (2013-2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Radic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vita Clinquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Gesret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Persat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Fatima Joly</w:t>
+                <w:t xml:space="preserve">Maxime Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Meeting on Environmental Chemestry</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05387883v1</w:t>
+              <w:t xml:space="preserve">3rd OZCAR TERENO Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, PARIS, France. , 2025, 3rd OZCAR TERENO Conference</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géophysique et géostatistique pour une estimation 3D des propriétés physiques de la proche surface de la Zone Critique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Gautier</w:t>
+                <w:t xml:space="preserve">Identifying the impacts of land use and sedimentary structures on hydrobiogeochemical functioning in nested catchments (Orgeval CZO, France): continuous monitoring of carbon fluxes (DIC, DOC, POC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Rivière</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Renard Didier</w:t>
+                <w:t xml:space="preserve">Léo Persat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie D. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RST</w:t>
-[...155 lines deleted...]
-                <w:t xml:space="preserve">hal-05145215v1</w:t>
+              <w:t xml:space="preserve">OZCAR TERENO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassin versant de l'Orgeval. Observatoire de recherche ORACLE. Annuaire graphique des données de base de l'année hydrologique 2022-2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Nespoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Derlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angéline Guenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04395031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassin versant de l'Orgeval. Observatoire de recherche ORACLE. Annuaire graphique des données de base de l'année hydrologique 2019-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Nespoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Derlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angéline Guenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delaigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04394247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassin versant de l'Orgeval. Observatoire de recherche ORACLE. Annuaire graphique des données de base de l'année hydrologique 2018-2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ansart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Nespoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Derlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Ansart</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Angéline Guenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IRSTEA. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04394275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1741,161 +1875,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt des préleveurs passifs pour la caractérisation de la contamination par les pesticides sur le bassin de l’Orgeval et comparaison avec les méthodes directes d’échantillonnage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Blanchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferreux Teo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sira Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Alliot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Ansart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId50"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1963,51 +2097,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3C01F636"/>
+    <w:nsid w:val="688E2597"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2194,51 +2328,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romane-nespoulet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9066-8463" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303664v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Persat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Joly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05517955v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Radic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bodet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Renard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05415898v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Clinquart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Gesret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05392420v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie D. Lebrun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303606v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e153511" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387883v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537061v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renard Didier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145215v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e152222" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395031v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Nespoulet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Derlet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Guenne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04394247v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04394275v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ansart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04357625v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Blanchoud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreux Teo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sira Traor&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romane-nespoulet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9066-8463" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552389v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Radic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Renard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu26-9657" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303606v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Persat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Joly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537061v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bodet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renard Didier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145213v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e153511" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387883v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145215v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Clinquart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e152222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303664v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05517955v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05415898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Gesret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05392420v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie D. Lebrun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395031v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Nespoulet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Derlet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Guenne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04394247v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04394275v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ansart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04357625v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Blanchoud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreux Teo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sira Traor&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>