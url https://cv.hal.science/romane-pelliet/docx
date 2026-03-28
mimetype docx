--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -627,91 +627,399 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outils numériques comme instruments d’intermédiation : des attentes multiples aux réalités contrastées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Aboueldahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Mazawan Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.107-117, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages et pratiques du numérique par les agriculteurs : quels enseignements pour les liens entre digitalisation et écologisation de l’agriculture ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Bechtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Guillot-Pelliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.93-105, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Survival of Food Platforms : the Crucial Role of Alliance Strategies in Supply Control for French platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot-Pelliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -726,73 +1034,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Marketing Science 49th</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incertitude commerciale des agriculteurs : le numérique permet-il de la limiter ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -821,263 +1129,263 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Colloque Etienne Thil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do the different functions of ICTs reduce transaction costs for direct and indirect sales? Analysis based on French market gardeners</w:t>
+                <w:t xml:space="preserve">Le numérique est-il conciliable avec le management responsable des exploitations agricoles ? Enquête auprès des maraîchers français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Aubert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Journées de Recherche en Sciences Sociales (JRSS 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFER; INRAE; CIRAD, Dec 2023, Saclay, France</w:t>
+              <w:t xml:space="preserve">32. Conférence de l’AIMS : Les mutations du management stratégique face aux défis écologiques, numériques et géopolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale de Management Stratégique (AIMS); Bureau d'Economie Théorique et Appliquée (BETA); Humanis (EM Strasbourg Business School); Université de Strasbourg, Jun 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04361949v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04204678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique est-il conciliable avec le management responsable des exploitations agricoles ? Enquête auprès des maraîchers français</w:t>
+                <w:t xml:space="preserve">Do the different functions of ICTs reduce transaction costs for direct and indirect sales? Analysis based on French market gardeners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Magali Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. Conférence de l’AIMS : Les mutations du management stratégique face aux défis écologiques, numériques et géopolitiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Internationale de Management Stratégique (AIMS); Bureau d'Economie Théorique et Appliquée (BETA); Humanis (EM Strasbourg Business School); Université de Strasbourg, Jun 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">17. Journées de Recherche en Sciences Sociales (JRSS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER; INRAE; CIRAD, Dec 2023, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204678v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04361949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plateformes alimentaires survivront elles après la Covid ? Le rôle clé des stratégies d’alliances pour contrôler l’approvisionnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1106,73 +1414,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Colloque International Etienne Thil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are we all equal when it comes to reducing transaction costs through ICT? Reflection based on French farmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1201,155 +1509,168 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. EAAE Congress: Agri-food systems in a changing world: connecting science and society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economics (EAAE); INRAE; L'Institut Agro Rennes, Aug 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04204654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circuits courts alimentaires : diversité des modèles de sites de vente en ligne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Résilience des plateformes alimentaires : analyse du rôle clé des stratégies d'intermédiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Grégori Akermann</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les outils numériques de commercialisation : adoption et usages par les producteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RMT Alimentation locale, Jul 2022, Online, France</w:t>
+              <w:t xml:space="preserve">27. Conférence de l'Association Information et Management (AIM 2022) : Les systèmes d'information face à la crise : en quête de résilience ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Carry-Le-Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889897v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages et perceptions du numérique, quels liens avec la durabilité des exploitations maraîchères ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1378,263 +1699,250 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de Recherche en Sciences Sociales (JRSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03927449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résilience des plateformes alimentaires : analyse du rôle clé des stratégies d'intermédiation</w:t>
+                <w:t xml:space="preserve">Commercialisation digitale : l’environnement organisationnel au cœur des arrangements entre plateformes et producteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Conférence de l'Association Information et Management (AIM 2022) : Les systèmes d'information face à la crise : en quête de résilience ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Carry-Le-Rouet, France</w:t>
+              <w:t xml:space="preserve">Colloque SFER "Agriculture et numérique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER; #DigitAg, Mar 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709939v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commercialisation digitale : l’environnement organisationnel au cœur des arrangements entre plateformes et producteurs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Circuits courts alimentaires : diversité des modèles de sites de vente en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Mione</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégori Akermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque SFER "Agriculture et numérique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFER; #DigitAg, Mar 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Les outils numériques de commercialisation : adoption et usages par les producteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RMT Alimentation locale, Jul 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03614841v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commercialiser via les plateformes, une stratégie de résilience des producteurs face aux mutations des systèmes alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1663,51 +1971,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organiser la résilience alimentaire à l'heure de l'anthropocène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03560780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1717,161 +2025,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer la biodiversité cultivée. Faire commun autour de la gestion des semences paysannes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Proix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hallot-Charmasson Amélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia de Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03327141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId48"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2018,51 +2326,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613134v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guillot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Aubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mione" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11s0y" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04614494v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-11-2022-0448" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04003788v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2023.2169780" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772689v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844772v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Commandr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491883v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guillot-Pelliet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913817v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04361949v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04204678v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397589v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04204654v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889897v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gori Akermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927449v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709939v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03614841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560780v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327141v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Proix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hallot-Charmasson Am&#233;lie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia de Guibert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613134v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guillot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Aubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mione" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11s0y" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04614494v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-11-2022-0448" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04003788v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2023.2169780" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772689v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844772v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Commandr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562761v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mignon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Mazawan Coulibaly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4255-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562659v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Alexandre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Bechtet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guillot-Pelliet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labarthe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491883v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913817v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04204678v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04361949v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397589v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04204654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709939v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927449v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03614841v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889897v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gori Akermann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560780v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327141v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Proix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hallot-Charmasson Am&#233;lie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia de Guibert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>