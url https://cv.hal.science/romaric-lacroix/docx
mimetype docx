--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -315,429 +315,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitamin D modulates the content of inflammatory microRNAs in extracellular vesicles from human adipocyte cells in inflammatory context</w:t>
+                <w:t xml:space="preserve">The Procoagulant and Fibrinolytic Balance of Extracellular Vesicles Predicts Mortality in Septic Shock Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Payet</w:t>
+                <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Astier</w:t>
+                <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorrine Bournot</w:t>
+                <w:t xml:space="preserve">Karim Harti Souab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Sicard</w:t>
+                <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Robert</w:t>
+                <w:t xml:space="preserve">Anderson Loundou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioFactors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 51 (1), pp.e70003. </w:t>
+              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/biof.70003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jev2.70073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05106010v1</w:t>
+                <w:t xml:space="preserve">hal-05512631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Procoagulant and Fibrinolytic Balance of Extracellular Vesicles Predicts Mortality in Septic Shock Patients</w:t>
+                <w:t xml:space="preserve">Caspase-1 activation, IL-1/IL-6 signature and IFNγ-induced chemokines in lungs of COVID-19 patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romaric Lacroix</w:t>
+                <w:t xml:space="preserve">Audrey Cambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Judicone</w:t>
+                <w:t xml:space="preserve">Christophe Guervilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Harti Souab</w:t>
+                <w:t xml:space="preserve">Clémence Delteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Bonifay</w:t>
+                <w:t xml:space="preserve">Nicola Potere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anderson Loundou</w:t>
+                <w:t xml:space="preserve">Richard Bachelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14 (6), </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, pp.1493306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jev2.70073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1493306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05512631v1</w:t>
+                <w:t xml:space="preserve">hal-04957423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caspase-1 activation, IL-1/IL-6 signature and IFNγ-induced chemokines in lungs of COVID-19 patients</w:t>
+                <w:t xml:space="preserve">Vitamin D modulates the content of inflammatory microRNAs in extracellular vesicles from human adipocyte cells in inflammatory context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Cambon</w:t>
+                <w:t xml:space="preserve">Thomas Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Guervilly</w:t>
+                <w:t xml:space="preserve">Julien Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Delteil</w:t>
+                <w:t xml:space="preserve">Lorrine Bournot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Potere</w:t>
+                <w:t xml:space="preserve">Flavie Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Bachelier</w:t>
+                <w:t xml:space="preserve">Stéphane Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15, pp.1493306. </w:t>
+              <w:t xml:space="preserve">BioFactors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 51 (1), pp.e70003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1493306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/biof.70003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957423v1</w:t>
+                <w:t xml:space="preserve">hal-05106010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thrombomodulin (p.Cys537Stop) is released from cells by an unusual membrane insertion/leakage mechanism</w:t>
               </w:r>
@@ -857,51 +857,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of assays measuring extracellular vesicle tissue factor in plasma samples: communication from the ISTH SSC Subcommittee on Vascular Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nigel Mackman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -991,90 +991,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Update on Tissue Factor Detection in Blood in 2024: A Narrative Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plantureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dignat-George</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1383,429 +1383,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04423721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A compendium of single extracellular vesicle flow cytometry</w:t>
+                <w:t xml:space="preserve">Plasma levels of E‐selectin are associated with retinopathy in sickle cell disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joshua Welsh</w:t>
+                <w:t xml:space="preserve">Imane Agouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ger Arkesteijn</w:t>
+                <w:t xml:space="preserve">Elodie Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Loundou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Bremer</w:t>
+                <w:t xml:space="preserve">Estelle Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Cimorelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Françoise Dignat-George</w:t>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (2), </w:t>
+              <w:t xml:space="preserve">European Journal of Haematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 110 (3), pp.271-279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jev2.12299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ejh.13902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04423760v1</w:t>
+                <w:t xml:space="preserve">hal-03922604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macrophage IL-1β-positive microvesicles exhibit thrombo-inflammatory properties and are detectable in patients with active juvenile idiopathic arthritis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A compendium of single extracellular vesicle flow cytometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Rebelle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Bachelier</w:t>
+                <w:t xml:space="preserve">Joshua Welsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Arnaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Robert</w:t>
+                <w:t xml:space="preserve">Ger Arkesteijn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Cimorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Dignat-George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1228122⟩</w:t>
+              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jev2.12299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391329v1</w:t>
+                <w:t xml:space="preserve">hal-04423760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma levels of E‐selectin are associated with retinopathy in sickle cell disease</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elodie Masson</w:t>
+                <w:t xml:space="preserve">Macrophage IL-1β-positive microvesicles exhibit thrombo-inflammatory properties and are detectable in patients with active juvenile idiopathic arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rebelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anderson Loundou</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Richard Bachelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Haematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 110 (3), pp.271-279. </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ejh.13902⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1228122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922604v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating microvesicles correlate with radiation proctitis complication after radiotherapy</w:t>
               </w:r>
@@ -1830,64 +1830,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amine Benadjaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Squiban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.2033. </w:t>
@@ -1925,77 +1925,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microvesicles Are Associated with Early Veno Venous ECMO Circuit Change during Severe ARDS: A Prospective Observational Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Guervilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Gragueb-Chatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2245,51 +2245,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Dacos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 139 (15), pp.2377-2391. </w:t>
@@ -2461,90 +2461,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-lung-protective ventilation and biotrauma in severe ARDS patients on veno-venous extracorporeal membrane oxygenation: a randomized controlled study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Guervilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théotime Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Chommeloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pinglis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2595,64 +2595,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new strategy to count and sort neutrophil‐derived extracellular vesicles: Validation in infectious disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belinda Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2742,64 +2742,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheopheresis Performed in Hemodialysis Patients Targets Endothelium and Has an Acute Anti-Inflammatory Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Solignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Abdili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2863,77 +2863,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs vésiculaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ghayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Dignat-George</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3114,64 +3114,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissemination of extreme levels of extracellular vesicles: tissue factor activity in patients with severe COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Guervilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Burtey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3261,64 +3261,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les microvésicules cellulaires : biomarqueurs émergents en pathologie cardiovasculaire : intérêt dans le risque thrombotique de la COVID 19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dignat-George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Académie Nationale de Médecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 205 (2), pp.166-179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3525,51 +3525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin van Der Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ger J. A. Arkesteijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3620,51 +3620,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating Endothelial Cells as a Marker of Endothelial Injury in Severe COVID -19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Guervilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Burtey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4303,77 +4303,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new hybrid immunocapture bioassay with improved reproducibility to measure tissue factor-dependent procoagulant activity of microvesicles from body fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Bouriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4418,289 +4418,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the sensitivity of the human microvesicle tissue factor activity assay</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Extracellular vesicles from T cells overexpress miR-146b-5p in HIV-1 infection and repress endothelial activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Bez</w:t>
+                <w:t xml:space="preserve">Estelle Balducci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie S. Leroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaric Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilyana Todorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.thromres.2019.07.011⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (10299), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-44743-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02571424v1</w:t>
+                <w:t xml:space="preserve">hal-02478896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular vesicles from T cells overexpress miR-146b-5p in HIV-1 infection and repress endothelial activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Balducci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Leroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaric Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilyana Todorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-019-44743-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03504362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -4820,161 +4820,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02442440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles from T cells overexpress miR-146b-5p in HIV-1 infection and repress endothelial activation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Balducci</w:t>
+                <w:t xml:space="preserve">Increasing the sensitivity of the human microvesicle tissue factor activity assay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Bouriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Bonifay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie S. Leroyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dilyana Todorova</w:t>
+                <w:t xml:space="preserve">Jeremy Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-44743-w⟩</w:t>
+              <w:t xml:space="preserve">Thrombosis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 182, pp.64-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.thromres.2019.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02478896v1</w:t>
+                <w:t xml:space="preserve">hal-02571424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the Response to Rituximab between Myelin Oligodendrocyte Glycoprotein and Aquaporin‐4 Antibody Diseases</w:t>
               </w:r>
@@ -5012,51 +5012,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Boutière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adil Maarouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 87 (2), pp.256-266. </w:t>
@@ -5107,51 +5107,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular vesicles and coagulation in blood from healthy humans revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René J Berckmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi M Hau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5224,77 +5224,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microvesicles and Cancer Associated Thrombosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Simoncini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5384,51 +5384,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Mege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Dignat-George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5505,90 +5505,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new assay to evaluate microvesicle plasmin generation capacity: validation in disease with fibrinolysis imbalance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Harti Souab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Bouriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 7 (1), pp.1494482. </w:t>
@@ -5754,295 +5754,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04463152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Title page: Increased Mean Corpuscular Haemoglobin Concentration: Artefact or true abnormality? Short running title: Increased MCHC: Artefact or pathology?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biogenesis of Pro-senescent Microparticles by Endothelial Colony Forming Cells from Premature Neonates is driven by SIRT1-Dependent Epigenetic Regulation of MKK6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Simoncini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yael Berda-Haddad</w:t>
+                <w:t xml:space="preserve">Anne-Line Château</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilyana Todorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Faure</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cointe</w:t>
+                <w:t xml:space="preserve">Catherine Yzydorzick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ijlh.12565⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.8277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-08883-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788939v1</w:t>
+                <w:t xml:space="preserve">hal-01663685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogenesis of Pro-senescent Microparticles by Endothelial Colony Forming Cells from Premature Neonates is driven by SIRT1-Dependent Epigenetic Regulation of MKK6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Simoncini</w:t>
+                <w:t xml:space="preserve">Title page: Increased Mean Corpuscular Haemoglobin Concentration: Artefact or true abnormality? Short running title: Increased MCHC: Artefact or pathology?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Berda-Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Line Château</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dilyana Todorova</w:t>
+                <w:t xml:space="preserve">M. Boubaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Yzydorzick</w:t>
+                <w:t xml:space="preserve">M. Arpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.8277. </w:t>
+              <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39 (1), pp.32 - 41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-08883-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ijlh.12565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01663685v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased serum levels of fractalkine and mobilisation of CD34+CD45− endothelial progenitor cells in systemic sclerosis</w:t>
               </w:r>
@@ -6067,64 +6067,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Magalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arthritis Research and Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (1), </w:t>
@@ -6188,51 +6188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Sellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6309,64 +6309,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standardization of microparticle enumeration across different flow cytometry platforms: results of a multicenter collaborative workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mj Mooberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6692,368 +6692,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microparticles and Fibrinolysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Standardized counting of circulating platelet microparticles using currently available flow cytometers and scatter-based triggering: Forward or side scatter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Bouriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Bez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminars in Thrombosis and Hemostasis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cytometry Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 89A, pp.148-58</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01460632v1</w:t>
+                <w:t xml:space="preserve">hal-01455517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardized counting of circulating platelet microparticles using currently available flow cytometers and scatter-based triggering: Forward or side scatter?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Microparticles and Fibrinolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cointe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Bonifay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytometry Part A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Seminars in Thrombosis and Hemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (2), pp.129-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0036-1592301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455517v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01460632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of EpCAM-positive microparticles in pleural fluid: A new approach to mini-invasively identify patients with malignant pleural effusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Laroumagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7, pp.3357-66</w:t>
@@ -7121,64 +7121,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barlogis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (26), </w:t>
@@ -7501,51 +7501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Sarlon-Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Bennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dominique Piercecchi-Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7609,77 +7609,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leukocyte- and endothelial-derived microparticles: a circulating source for fibrinolysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Plawinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Doeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7743,64 +7743,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High levels of circulating leukocyte microparticles are associated with better outcome in acute respiratory distress syndrome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Guervilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7903,51 +7903,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Dejouvencel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Doeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Plawinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8011,51 +8011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation of plasminogen into plasmin at the surface of endothelial microparticles: a mechanism that modulates angiogenic properties of endothelial progenitor cells in vitro.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8350,51 +8350,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Boutiere Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8462,51 +8462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Sellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8587,64 +8587,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Bouriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8805,195 +8805,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01461666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambivalent Role of Microvesicles in Hemostasis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Standardization of microparticle enumeration across different flow cytometry platforms : results of a multicenter collaborative workshop and future directions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference - Extracellular Vesicles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, NEWRY, United States</w:t>
+              <w:t xml:space="preserve">ISTH SSC 2016 - 62nd Annual Meeting of the International Society on Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, MONTPELLIER, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464712v1</w:t>
+                <w:t xml:space="preserve">hal-01464697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardization of microparticle enumeration across different flow cytometry platforms : results of a multicenter collaborative workshop and future directions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Ambivalent Role of Microvesicles in Hemostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTH SSC 2016 - 62nd Annual Meeting of the International Society on Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, MONTPELLIER, France</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference - Extracellular Vesicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, NEWRY, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464697v1</w:t>
+                <w:t xml:space="preserve">hal-01464712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balance coagulo-lytique des microparticules: implications dans la thrombose associée au cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36ème Congrès Annuel de la Société Française d’hématologie 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9018,77 +9018,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microparticles from acute promyelocytic leukemia generate plasmin in a urokinase-dependent manner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Judicone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Franckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9175,77 +9175,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular Vesicles in Angiogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilyana Todorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Simoncini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9388,51 +9388,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="988C3748"/>
+    <w:nsid w:val="8A7D6FE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9619,51 +9619,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romaric-lacroix" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5756-470X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/R-1282-2016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05513495v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britta A Bettin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Li" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Falkena" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton G van Leeuwen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gollwitzer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70189" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05106010v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Payet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Astier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorrine Bournot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Sicard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biof.70003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05512631v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Lacroix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Judicone" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Harti Souab" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bonifay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Loundou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70073" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957423v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cambon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guervilly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Delteil" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Potere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bachelier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1493306" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04927283v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bernard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Pin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie H&#233;zard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ernest" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Falaise" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2024013546" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04939814v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Mackman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohei Hisada" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Azevedo Sachetto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Hau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtha.2024.05.037" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04931804v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cointe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Plantureux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dignat-George" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2381-6854" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557585v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gu&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Boucraut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Boudjarane" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-Marie Grapperon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fortanier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-12068-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423721v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asim Cengiz Akbulut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryanne Arisz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Baaten" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaukhar Baidildinova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarazo Barakzie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2052-9175" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423760v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Welsh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ger Arkesteijn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bremer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cimorelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12299" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04391329v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rebelle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1228122" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03922604v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Agouti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Masson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jean" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejh.13902" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04006445v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ribault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Benadjaoud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Squiban" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21726-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423238v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bousquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Gragueb-Chatti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Daviet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12237281" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03620308v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Davidson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Boulanger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Aikawa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Badimon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Barile" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvac031" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03666657v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Vallier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Esnault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dacos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2021013328" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777429v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Giraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moyon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Simoncini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Duchez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nail" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14010121" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983914v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otime Fournier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chommeloux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pinglis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04272-x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685896v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Champagne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul&#8208;r&#233;mi Petit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Eug&#232;ne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12204" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423329v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Solignac" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Abdili" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dammar Bouchouareb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12010105" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498240v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ghayad" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Dignat-George" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021208" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329715v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Konkoth" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Saraswat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Dubrou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sabatier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leroyer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2020.11.006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329123v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Burtey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cauchois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020003308" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329150v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2020.04.016" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03145009v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenaick Gourhant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Soukarieh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Alexandre Tr&#233;gou&#235;t" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Morange" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Peiretti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009284" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624977v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Welsh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin van Der Pol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ger J. A. Arkesteijn" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brisson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2020.1713526" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03171102v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Burtey" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lano" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiaa528" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159779v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Stalin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Traboulsi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vivancos&#8208;stalin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nollet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Joshkon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.32909" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02505339v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rodallec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Franco" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sicard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Giacometti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-60856-z" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02060856v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alecja Gasecka" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Nieuwland" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Budnik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Eyileten" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537104.2018.1557616" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03176804v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Gasecka" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rienk Nieuwland" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Budnik" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceren Eyileten" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.14689" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155438v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Bouriche" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2020.09.020" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571424v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2019.07.011" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03504362v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Balducci" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Leroyer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilyana Todorova" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44743-w" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02442440v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Garnache-Ottou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Vidal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeha Biichl&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Renosi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Poret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2019000647" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478896v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie S. Leroyer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571419v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durozard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rico" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bouti&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Maarouf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.25648" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571399v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; J Berckmans" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi M Hau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Sturk" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2019.1688936" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02570599v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Simoncini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mege" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0039-1693476" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571226v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Panicot-Dubois" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0039-1693475" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02060265v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2018.1494482" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463152v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoelle Kossorotoff" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane de Montalembert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Brousse" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lasne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Curis" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12015-018-9835-8" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01788939v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Berda-Haddad" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faure" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boubaya" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arpin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.12565" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01663685v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Line Ch&#226;teau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Yzydorzick" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08883-1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01777909v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Benyamine" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Magalon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13075-017-1271-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770208v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Pourtau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Sellal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncelet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernus" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2017.03.068" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01459831v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj Mooberry" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.13514" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03620392v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ridger" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Angelillo-Scherrer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanc-Brude" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1160/TH16-12-0943" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766676v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Essaadi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.22736" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01460632v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1592301" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01455517v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bouriche" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bez" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01455550v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Roca" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laroumagne" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01787272v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andre" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barlogis" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.3984" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01290430v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Angelot Delettre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeha Biichle" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roogy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Benazet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610430v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gondouin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cerini" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dou" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sall&#233;e" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Duval-Sabatier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2013.133" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03891765v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Sarlon-Bartoli" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bennis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bartoli" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2013.03.078" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00711679v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plawinski" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Doeuvre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2012.066167" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663691v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Forel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roch" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Camoin-Jau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/cc9978" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00439535v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dejouvencel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2009-06-228817" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00160595v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mialhe" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Basire" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Pannell" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2007-02-069997" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008691v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lavazec" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boudin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lacroix" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diop" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00864-06" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571435v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Boutiere Lamy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brunet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463778v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sellal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463691v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bez" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01461666v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Brun" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cointe" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Robert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Nicolino-Brunet" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp de Jaurreguiberry" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464712v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464697v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464830v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463853v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Franckel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Weiss" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Muller" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01777799v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.117.309681" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/romaric-lacroix" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5756-470X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/R-1282-2016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05513495v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britta A Bettin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Li" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Falkena" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton G van Leeuwen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gollwitzer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70189" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05512631v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Lacroix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Judicone" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Harti Souab" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bonifay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Loundou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70073" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957423v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cambon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guervilly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Delteil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Potere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bachelier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1493306" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05106010v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Payet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Astier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorrine Bournot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Sicard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biof.70003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04927283v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bernard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Pin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie H&#233;zard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ernest" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Falaise" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2024013546" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04939814v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Mackman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohei Hisada" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Azevedo Sachetto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Hau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtha.2024.05.037" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04931804v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cointe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Plantureux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dignat-George" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2381-6854" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557585v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gu&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Boucraut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Boudjarane" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-Marie Grapperon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fortanier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-12068-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423721v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asim Cengiz Akbulut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryanne Arisz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Baaten" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaukhar Baidildinova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarazo Barakzie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2052-9175" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03922604v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Agouti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Masson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jean" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejh.13902" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423760v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Welsh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ger Arkesteijn" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bremer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cimorelli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12299" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04391329v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rebelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1228122" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04006445v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ribault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Benadjaoud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Squiban" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21726-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423238v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bousquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Gragueb-Chatti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Daviet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12237281" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03620308v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Davidson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Boulanger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Aikawa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Badimon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Barile" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvac031" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03666657v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Vallier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Esnault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dacos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2021013328" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777429v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Giraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moyon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Simoncini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Duchez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nail" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14010121" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983914v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otime Fournier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chommeloux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pinglis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04272-x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685896v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Champagne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul&#8208;r&#233;mi Petit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Eug&#232;ne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12204" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423329v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Solignac" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Abdili" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dammar Bouchouareb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12010105" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498240v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ghayad" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Dignat-George" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021208" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329715v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Konkoth" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Saraswat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Dubrou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sabatier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leroyer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2020.11.006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329123v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Burtey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cauchois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020003308" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329150v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2020.04.016" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03145009v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenaick Gourhant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Soukarieh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Alexandre Tr&#233;gou&#235;t" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Morange" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Peiretti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009284" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624977v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Welsh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin van Der Pol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ger J. A. Arkesteijn" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brisson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2020.1713526" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03171102v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Burtey" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lano" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiaa528" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159779v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Stalin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Traboulsi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vivancos&#8208;stalin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nollet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Joshkon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.32909" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02505339v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rodallec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Franco" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sicard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Giacometti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-60856-z" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02060856v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alecja Gasecka" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Nieuwland" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Budnik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Eyileten" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537104.2018.1557616" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03176804v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Gasecka" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rienk Nieuwland" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Budnik" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceren Eyileten" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.14689" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155438v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Bouriche" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2020.09.020" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478896v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Balducci" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie S. Leroyer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilyana Todorova" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44743-w" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03504362v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Leroyer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02442440v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Garnache-Ottou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Vidal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeha Biichl&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Renosi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Poret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2019000647" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571424v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2019.07.011" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571419v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durozard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rico" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bouti&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Maarouf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.25648" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571399v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; J Berckmans" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi M Hau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Sturk" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2019.1688936" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02570599v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Simoncini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mege" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0039-1693476" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571226v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Panicot-Dubois" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0039-1693475" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02060265v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2018.1494482" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463152v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoelle Kossorotoff" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane de Montalembert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Brousse" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lasne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Curis" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12015-018-9835-8" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01663685v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Line Ch&#226;teau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Yzydorzick" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08883-1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01788939v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Berda-Haddad" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faure" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boubaya" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arpin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.12565" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01777909v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Benyamine" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Magalon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13075-017-1271-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770208v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Pourtau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Sellal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncelet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernus" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2017.03.068" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01459831v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj Mooberry" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.13514" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03620392v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ridger" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Angelillo-Scherrer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanc-Brude" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1160/TH16-12-0943" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766676v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Essaadi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.22736" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01455517v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bouriche" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01460632v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1592301" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01455550v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Roca" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laroumagne" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01787272v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andre" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barlogis" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.3984" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01290430v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Angelot Delettre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeha Biichle" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roogy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Benazet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610430v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gondouin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cerini" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dou" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sall&#233;e" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Duval-Sabatier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2013.133" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03891765v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Sarlon-Bartoli" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bennis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bartoli" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2013.03.078" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00711679v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plawinski" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Doeuvre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2012.066167" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663691v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Forel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roch" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Camoin-Jau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/cc9978" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00439535v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dejouvencel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2009-06-228817" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00160595v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mialhe" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Basire" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Pannell" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2007-02-069997" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008691v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lavazec" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boudin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lacroix" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diop" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00864-06" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02571435v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Boutiere Lamy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brunet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463778v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sellal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463691v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bez" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01461666v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Brun" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cointe" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Robert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Nicolino-Brunet" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp de Jaurreguiberry" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464697v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464712v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464830v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463853v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Franckel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Weiss" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Muller" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01777799v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.117.309681" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>