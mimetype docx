--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -140,51 +140,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La psychiatrie de l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
+              <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -316,399 +316,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intelligence, un concept aux multiples facettes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Profile and development of adaptive behavior in adults with autism spectrum disorder and severe intellectual disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.64628/AAK.etsrjst5j⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2024.1470466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05311253v1</w:t>
+                <w:t xml:space="preserve">hal-05148436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profile and development of adaptive behavior in adults with autism spectrum disorder and severe intellectual disability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evolution of Cognitive and Socio-Emotional Skills in an older Woman with Autism Spectrum Disorders and Severe Intellectual Disability Receiving Individualized Support Based on the CHIPPS Program: A Clinical Case Report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Nézereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Davia Wardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Pilar Gattegno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2024.1470466⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Case Reports and Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31579/2690-8808/256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05148436v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Cognitive and Socio-Emotional Skills in an older Woman with Autism Spectrum Disorders and Severe Intellectual Disability Receiving Individualized Support Based on the CHIPPS Program: A Clinical Case Report</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’intelligence, un concept aux multiples facettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Case Reports and Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 6 (8), </w:t>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.31579/2690-8808/256⟩</w:t>
+                <w:t xml:space="preserve">⟨10.64628/AAK.etsrjst5j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314105v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05311253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of personal autonomy behaviours in an elderly woman with autism sprectrum disorder and severe intellectual disability receiving individualised support based on the CHIPPS program: a clinical case report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Nézereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Nézereau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Davia Wardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -772,51 +772,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Psychometric Validation of Socioemotional and Cognitive Battery Evaluations for Adults (SCEB-A) with Autism Spectrum Disorders and Severe Intellectual Disability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1058,51 +1058,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative study of cognitive and socio-emotional development in children with Rubinstein-Taybi syndrome and children with Autism Spectrum Disorder associated with a severe intellectual disability, and in young typically developing children with matched developmental ages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Taupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1231,51 +1231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Latinus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Guidotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1320,731 +1320,679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incomplete Gestation has an Impact on Cognitive Abilities in Autism Spectrum Disorder</w:t>
+                <w:t xml:space="preserve">Heterogeneities in Cognitive and Socio-Emotional Development in Children With Autism Spectrum Disorder and Severe Intellectual Disability as a Comorbidity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva Brayette</w:t>
+                <w:t xml:space="preserve">Marie-Anna Bernard Paulais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Saliba</w:t>
+                <w:t xml:space="preserve">Camilla Mazetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joëlle Malvy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romuald Blanc</w:t>
+                <w:t xml:space="preserve">Maria Clara Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Ponson</w:t>
+                <w:t xml:space="preserve">Maria Thereza Costa Coelho de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 49, pp.4339 - 4345. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10803-019-04105-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2019.00508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344405v1</w:t>
+                <w:t xml:space="preserve">hal-04344401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneities in Cognitive and Socio-Emotional Development in Children With Autism Spectrum Disorder and Severe Intellectual Disability as a Comorbidity</w:t>
+                <w:t xml:space="preserve">Incomplete Gestation has an Impact on Cognitive Abilities in Autism Spectrum Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anna Bernard Paulais</w:t>
+                <w:t xml:space="preserve">Maëva Brayette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilla Mazetto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Thiébaut</w:t>
+                <w:t xml:space="preserve">Elie Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Clara Nassif</w:t>
+                <w:t xml:space="preserve">Joëlle Malvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Thereza Costa Coelho de Souza</w:t>
+                <w:t xml:space="preserve">Laura Ponson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.508. </w:t>
+              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49, pp.4339 - 4345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2019.00508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10803-019-04105-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344401v1</w:t>
+                <w:t xml:space="preserve">hal-04344405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disrupted behaviour in grammatical morphology in French speakers with autism spectrum disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atelier théâtre et adolescents avec autisme : expression des émotions et des comportements répétés et restreints.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Thérèse Le Normand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+                <w:t xml:space="preserve">Clémence Priou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Linguistics &amp; Phonetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119, pp.473-480</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01689146v1</w:t>
+                <w:t xml:space="preserve">hal-05477762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">22q13 deletion syndrome: communication disorder or autism? Evidence from a specific clinical and neurophysiological phenotype</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Gomot</w:t>
+                <w:t xml:space="preserve">Disrupted behaviour in grammatical morphology in French speakers with autism spectrum disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Le Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Caldani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41398-018-0212-9⟩</w:t>
+              <w:t xml:space="preserve">Clinical Linguistics &amp; Phonetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1 - 15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02699206.2018.1425917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04338794v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01689146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judgment of blame in teenagers with Asperger's syndrome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Salvano-Pardieu</w:t>
+                <w:t xml:space="preserve">22q13 deletion syndrome: communication disorder or autism? Evidence from a specific clinical and neurophysiological phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ponson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ken Manktelow</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Barthelemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thinking and Reasoning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13546783.2015.1127288⟩</w:t>
+              <w:t xml:space="preserve">Translational Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41398-018-0212-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03454372v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils de développement dans le Trouble du Spectre de l’Autisme (TSA), avec ou sans déficience intellectuelle sévère. Implications pour l’évaluation et l’intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anna Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2066,2620 +2014,2672 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 28 (4), pp.255. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dev.164.0255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02013926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profils de développement dans le Trouble du Spectre de l’Autisme (TSA), avec ou sans déficience intellectuelle sévère. Implications pour l’évaluation et l’intervention</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Compétences narratives et Développement du langage chez des locuteurs présentant un trouble du spectre autistique (TSA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Caldani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐thérèse Le Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (144), pp.539-547</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477704v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropsychologie des Troubles du Spectre de l’Autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Archambault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rééducation orthophonique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 265, pp.33-52</w:t>
+              <w:t xml:space="preserve">, 2016, 54 (265), pp.33-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compétences narratives et Développement du langage chez des locuteurs présentant un trouble du spectre autistique (TSA)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie‐thérèse Le Normand</w:t>
+                <w:t xml:space="preserve">Profils de développement dans le Trouble du Spectre de l’Autisme (TSA), avec ou sans déficience intellectuelle sévère. Implications pour l’évaluation et l’intervention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anna Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (4), pp.255-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dev.164.0255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477684v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Thérapie d’Echange et de Développement : Une rééducation neurofonctionnelle de la communication sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Carteau-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Dansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Le Menn-Tripi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rééducation orthophonique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 266, pp.9-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le diagnostic d’autisme de Kanner au DSM5</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude sur l’attachement et les troubles du comportement à l’adolescence chez des jeunes placés en institution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Lemoust de Lafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rééducation orthophonique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (2), pp.93-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurenf.2015.12.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477732v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05148579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude sur l’attachement et les troubles du comportement à l’adolescence chez des jeunes placés en institution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le diagnostic d’autisme de Kanner au DSM5 (2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rééducation orthophonique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 265, pp.13-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05148579v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GABA/Glutamate synaptic pathways targeted by integrative genomic and electrophysiological explorations distinguish autism from intellectual disability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S Alirol</w:t>
+                <w:t xml:space="preserve">Judgment of blame in teenagers with Asperger's syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Salvano-Pardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S Marouillat</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Combalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Pierratte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Manktelow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/mp.2015.75⟩</w:t>
+              <w:t xml:space="preserve">Thinking and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (3), pp.251-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13546783.2015.1127288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05148465v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03454372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un nouvel instrument d’évaluation des altérations du comportement auditif chez l’enfant avec autisme : l’échelle EACAA - E (Echelle Altérations Comportement Auditif Autisme - Enfant).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Filipova</w:t>
+                <w:t xml:space="preserve">GABA/Glutamate synaptic pathways targeted by integrative genomic and electrophysiological explorations distinguish autism from intellectual disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bazaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Marouillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Francophone de Clinique Comportementale et Cognitive</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (3), pp.411-418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/mp.2015.75⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477748v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05148465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La thérapie d’échange et de développement, une rééducation neurofonctionnelle de la communication sociale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un nouvel instrument d’évaluation des altérations du comportement auditif chez l’enfant avec autisme : l’échelle EACAA - E (Echelle Altérations Comportement Auditif Autisme - Enfant).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Filipova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulard Aurore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Francophone de Clinique Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, XIX (3), pp.57-69</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148538v1</w:t>
+                <w:t xml:space="preserve">hal-05477748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier théâtre et adolescents avec autisme : expression des émotions et des comportements répétés et restreints.</w:t>
+                <w:t xml:space="preserve">La thérapie d’échange et de développement, une rééducation neurofonctionnelle de la communication sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Malvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dansart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (5), pp.288-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurenf.2013.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477762v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05148538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of life of adolescents with autism spectrum disorders: comparison to adolescents with diabetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cottenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Child and Adolescent Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 21 (5), pp.289-296. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00787-012-0263-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication sociale chez les enfants avec autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Bataille-Jallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Carteau-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Dansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hameury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contraste - Enfance et handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, N°34-35 (1), pp.255-270. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+              <w:t xml:space="preserve">, 2011, 1 (34-35), pp.255-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/cont.034.0255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la résistance au changement chez l’enfant avec T.E.D.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kevin Walter</w:t>
+                <w:t xml:space="preserve">Candidate Electrophysiological Endophenotypes of Hyper-Reactivity to Change in Autism.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Kremer</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Helen Clery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Barthelemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JADD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10803-010-1091-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477782v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00517362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candidate Electrophysiological Endophenotypes of Hyper-Reactivity to Change in Autism.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Gomot</w:t>
+                <w:t xml:space="preserve">Étude de la résistance au changement chez l’enfant avec T.E.D.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JADD</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (110), pp.423-436</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10803-010-1091-y⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">inserm-00517362v1</w:t>
+                <w:t xml:space="preserve">hal-05477782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Social Cognitive Evaluation Battery for Children with Autism: A New Tool for the Assessment of Cognitive and Social Development in Children with Autism Spectrum Disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autism Research and Treatment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 2010 (6), pp.1-9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2010/875037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enfant avec un trouble du langage : les répercussions sur son adaptation dans les relations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Landrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 101, pp.85-94</w:t>
+              <w:t xml:space="preserve">, 2009, 101, pp.317-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topography of syllable change-detection electrophysiological indices in children and adults with reading disabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Anne Barthez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 47 (3), pp.761-770. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2008.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le syndrome d’Asperger : capacités verbales et adaptation sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Landry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Landry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 101, pp.69-84</w:t>
+              <w:t xml:space="preserve">, 2009, 101, pp.317-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychologie des difficultés d’ajustement social de l’enfant avec autisme en situation d’intégration scolaire en milieu ordinaire : revue de questions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Neuropsychologie des difficultés d’ajustement social de l’enfant avec autisme en situation d’intégration scolaire en milieu ordinaire : revue de questions : Adaptation social et troubles du développement: Autisme - Asperger - Troubles du langage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jeantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 101, pp.59-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctions exécutives chez l’enfant avec autisme : Evaluation comportementale.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’estime de soi chez l’enfant porteur du syndrome de Williams-Beuren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Carrado</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lenoir</w:t>
+                <w:t xml:space="preserve">M Thomasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Roy</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Neuropsychologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 56, pp.165 - 172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurenf.2008.01.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05477873v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04344345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’estime de soi chez l’enfant porteur du syndrome de Williams-Beuren</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fonctions exécutives chez l’enfant avec autisme : Evaluation comportementale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Carrado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de Neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18 (3), pp.225-243</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">hal-04344345v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les difficultés scolaires paradoxales des enfants surdoués</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Douadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 92, pp.101-113</w:t>
+              <w:t xml:space="preserve">, 2007, 19 (92), pp.101-113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des capacités d’attention conjointe, de jeu symbolique et d’expression émotionnelle chez des enfants avec TED bénéficiant de thérapie d’échange et de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Coadalen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4698,1203 +4698,1203 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Francophone de Clinique Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 12 (3), pp.3-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ADHD 6-year-old Child Ultrarapid Metabolizer for CYP2D6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Broly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Furet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Psychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 26 (4), pp.442-444. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/01.jcp.0000227352.52288.50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dysregulation of pretend play and communication development in children with autism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -L. Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 9 (3), pp.229-245. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1362361305053253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goal directed locomotion and balance control in autistic children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Assaiante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 35 (1), pp.91-102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10803-004-1037-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01989708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impairment of a cortical event-related desynchronisation during a bimanual load-lifting task in children with autistic disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Assaiante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 67 (3), pp.298-303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neulet.2004.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04934845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-Linked Mental Retardation and Autism Are Associated with a Mutation in the NLGN4 Gene, a Member of the Neuroligin Family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Laumonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Human Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 74 (3), pp.552-557. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1086/382137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04142549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychopathologie du développement et neuropsychologie de l’enfant.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Bobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 68, pp.181-186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychopathologie des processus cognitifs et attentionnels chez des enfants présentant des troubles du développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Isingrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 56, pp.7-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports théoriques de l’attention conjointe et de la théorie de l’esprit dans l’autisme de l’enfant</w:t>
+                <w:t xml:space="preserve">Apports théoriques de l’attention conjointe et de la théorie de l’esprit dans l’autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serban Ionescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 14, pp.81-106</w:t>
+              <w:t xml:space="preserve">, 1999, 11 (4), pp.81-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution psychologique d’enfants autistes suivis en Thérapie d’Echange et de Développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guylène Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hameury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 3 (43), pp.239-247</w:t>
+              <w:t xml:space="preserve">, 1998, 43 (3), pp.239-247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5904,65 +5904,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du développement cognitif et émotionnel d’adultes autistes ayant un handicap intellectuel sévère à l’aide de la Batterie d’Evaluation Cognitive et Socio-émotionnelle pour Adultes (BECS-A)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5994,2497 +5994,2514 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JL Adrien et MP Gattegno (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Evaluer le trouble du spectre de l’autisme chez l'adulte"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck Supérieur, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’EACA-TSA, un nouvel outil clinique dans l’évaluation des particularités auditives chez les enfants et adolescents avec TSA.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Filipova</w:t>
+                <w:t xml:space="preserve">Évaluer la dysrégulation de l’activité d’enfants et adolescents ayant un trouble du spectre de l’autisme à l’aide de la Grille Régulation-Adaptation-Modulation (GRAM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">J-L Adrien et MP Gattegno. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader-Grobois Nathalie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">JL Adrien et MP Gattegno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluer le trouble du spectre de l’autisme chez l’enfant et l’adolescent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, De Boeck Supérieur, pp.225-232, 2024, 978-2-8073-6062-4</w:t>
+              <w:t xml:space="preserve">, De Boeck Supérieur, pp.233-248, 2024, 978-2-8073-6062-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477397v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluer la dysrégulation de l’activité d’enfants et adolescents ayant un trouble du spectre de l’autisme à l’aide de la Grille Régulation-Adaptation-Modulation (GRAM)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">L’évaluation du développement cognitif et socio-émotionnel des enfants ayant un trouble du spectre de l’autisme à l’aide de la Batterie Evaluation Cognitive et Socio-émotionnelle (BECS).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">JL Adrien et MP Gattegno. </w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anna Paulais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">JL Adrien et MP Gattegno (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evaluer le trouble du spectre de l’autisme chez l’enfant et l’adolescent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck Supérieur, pp.233-248, 2024, 978-2-8073-6062-4</w:t>
+              <w:t xml:space="preserve">« Evaluer le trouble du spectre de l’autisme chez l’enfant et l’adolescent ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck Supérieur, 2024, 978-2-8073-6062-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477408v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05473237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évaluation du développement cognitif et socio-émotionnel des enfants ayant un trouble du spectre de l’autisme à l’aide de la Batterie Evaluation Cognitive et Socio-émotionnelle (BECS).</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
+                <w:t xml:space="preserve">L’EACA-TSA, un nouvel outil clinique dans l’évaluation des particularités auditives chez les enfants et adolescents avec TSA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Filipova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">JL Adrien et MP Gattegno (Eds). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J-L Adrien et MP Gattegno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Evaluer le trouble du spectre de l’autisme chez l’enfant et l’adolescent ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck Supérieur, 2024, 978-2-8073-6062-4</w:t>
+              <w:t xml:space="preserve">Evaluer le trouble du spectre de l’autisme chez l’enfant et l’adolescent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck Supérieur, pp.225-232, 2024, 978-2-8073-6062-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05473237v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interventions précoces et intensives : Fondements, principes et effets.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Barthélémy C. et Bonnet Brilhault F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'autisme de l'enfant à l'âge adulte, 2ème édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lavoisier, 2023, 9782257207463</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'autisme &amp;quot;sévère&amp;quot; aux intelligences particulières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSERM. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autisme : réalités et défis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les éditions Le Muscadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.20-26, 2020, Choc santé, 979-10-96935-45-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La thérapie d’échange et de développement, T.E.D.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Le Menn-Tripi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Dansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MC Nassif et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une troisième voie pour l’intervention auprès des personnes présentant des Troubles Neuro-développementaux: Le Programme Élargi Neuro-développemental (P.A.N.).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Atheneu, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La thérapie d’échange et de développement et la psychomotricité : principes partagés, pratiques complémentaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Le Menn-Tripi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Maffre &amp; J. Perrin (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autisme et rééducation psychomotrice. Collection psychomotricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck-Solal, 2013</w:t>
+              <w:t xml:space="preserve">Autisme et psychomotricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck-Solal, 2013, Psychomotricité, 9782353272341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La thérapie d’échange et de développement.</w:t>
+                <w:t xml:space="preserve">Les thérapies individuelles développementales centrées sur la communication sociale : la Thérapie d’échange et de développement (TED)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Dansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.L. Adrien et M.P. Gattegno (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'autisme de l'enfant ; évaluations, interventions et suivis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wavre : Mardaga, pp.181-188, 2011, 9782804700768</w:t>
+              <w:t xml:space="preserve">L'autisme de l'enfant : évaluations, interventions et suivis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wavre : Mardaga, pp.181-188, 2011, Praticiens, 9782804700768</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les évaluations diagnostiques dans l’autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.L. Adrien et M. P. Gattegno (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'autisme de l'enfant ; évaluations, interventions et suivis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wavre : Mardaga, pp.53-63, 2011</w:t>
+              <w:t xml:space="preserve">L'autisme de l'enfant : évaluations, interventions et suivis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wavre : Mardaga, pp.53-63, 2011, Praticiens, 9782804700768</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la Thérapie d’Echange et de Développement sur le développement et le comportement d’enfants avec autisme et retard de développement associé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.L. Adrien et M. P. Gattegno (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'autisme de l'enfant ; évaluations, interventions et suivis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wavre : Mardaga, 2011</w:t>
+              <w:t xml:space="preserve">L'autisme de l'enfant : évaluations, interventions et suivis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wavre : Mardaga, pp.289-300, 2011, Praticiens, 9782804700768</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autisme : La Thérapie d’échange et de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Dansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Tardif (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autisme et pratiques d’interventions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Solal, pp.59-84, 2010</w:t>
+              <w:t xml:space="preserve">, Solal, pp.59-84, 2010, Psychologie, 978-2-35327-102-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évaluation clinique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Etude de l’évolution cognitive et socio-émotionnelle d’enfants avec TED bénéficiant de soins intensifs en hôpital de jour et d’une thérapie spécifique. La Thérapie d'Echange et de Développement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Courteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">B. Rogé, C. Barthélémy, G. Magerotte (Eds.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">JL Adrien (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Améliorer la qualité de vie des personnes autistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dunod, pp.23-28, 2008</w:t>
+              <w:t xml:space="preserve">BECS : Batterie d'évaluation cognitive et socio-émotionnelle : Pratiques psychologiques et recherches cliniques auprès des enfants atteints de TED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de Boeck Supérieur, pp.193-214, 2008, Questions de personne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477582v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mesure de niveaux de développement cognitif et socio-émotionnel d'enfants autistes fait-elle sens à l'aune du développement normal ? - données comparatives à propos de la BECS.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La BECS et le bilan de développement d’enfants avec autisme en hôpital de jour : contribution au diagnostic et à l’étude de l’évolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">E.Loarer, J-L. Mogenet, F.Cuisinier, H.Gottesdiener, P. Mallet, et P.Vrignaud (Eds.). </w:t>
+              <w:t xml:space="preserve">JL Adrien (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">.), Perspectives différentielles en psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.413-416, 2008</w:t>
+              <w:t xml:space="preserve">BECS : Batterie d'évaluation cognitive et socio-émotionnelle : Pratiques psychologiques et recherches cliniques auprès des enfants atteints de TED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions De Boeck Supérieur, pp.15-22, 2008, Questions de personne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477571v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’évolution cognitive et socio-émotionnelle d’enfants avec TED bénéficiant de soins intensifs en hôpital de jour et d’une thérapie spécifique. La Thérapie d'Echange et de Développement.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Courteau</w:t>
+                <w:t xml:space="preserve">L’évaluation clinique des troubles autistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannig Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">JL Adrien (Eds). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Rogé, C. Barthélémy, G. Magerotte (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BECS, Pratiques psychologiques et recherches cliniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions de Boeck, pp.193-214, 2008</w:t>
+              <w:t xml:space="preserve">Améliorer la qualité de vie des personnes autistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp.23-28, 2008, Santé Social</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477568v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La BECS et le bilan de développement d’enfants avec autisme en hôpital de jour : contribution au diagnostic et à l’étude de l’évolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La mesure de niveaux de développement cognitif et socio-émotionnel d'enfants autistes fait-elle sens à l'aune du développement normal ? - données comparatives à propos de la BECS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">JL Adrien (Eds). </w:t>
+              <w:t xml:space="preserve">E.Loarer, J-L. Mogenet, F.Cuisinier, H.Gottesdiener, P. Mallet, et P.Vrignaud (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BECS, Pratiques psychologiques et recherches cliniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions De Boeck, pp.15-22, 2008</w:t>
+              <w:t xml:space="preserve">Perspectives différentielles en psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.413-416, 2008, Psychologie différentielle, 9782753505926</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477564v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les troubles du jeu symbolique et du développement de la communication chez les enfants autistes : A propos de la dysrégulation de l’activité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N. Nader-Grobois (Ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autorégulation, dysrégulation, régulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wavre : Editions Mardaga, pp.161-171, 2007</w:t>
+              <w:t xml:space="preserve">Régulation, autorégulation, dysrégulation : Pistes pour l’intervention et la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wavre : Editions Mardaga, pp.161-171, 2007, Pratiques psychologiques, 9782870099322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les troubles envahissants du développement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Barthélémy</w:t>
+                <w:t xml:space="preserve">Bases neuropsychologies des interactions sociales et des émotions dans l’autisme : de l’évaluation à la thérapeutique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">In Andrès C., Barthélémy C., Berthoz A., Massion J., Rogé B. (Eds). </w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Hommet, I. Jambaqué, C. Billard, P. Gillet (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autisme, cerveau et développement : de la recherche à la pratique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Odile Jacob, pp.13-26, 2005</w:t>
+              <w:t xml:space="preserve">Neuropsychologie de l'enfant et troubles du développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Solal, pp.389-402, 2005, Neuropsychologie, 9782914513777</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477640v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bases neuropsychologies des interactions sociales et des émotions dans l’autisme : de l’évaluation à la thérapeutique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les troubles envahissants du développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">C. Hommet, I. Jambaqué, C. Billard, P. Gillet (Eds.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Andrès C., Barthélémy C., Berthoz A., Massion J., Rogé B. (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologie de l'enfant et troubles du développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Solal, pp.389-402, 2005</w:t>
+              <w:t xml:space="preserve">L'autisme : de la recherche à la pratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-26, 2005, 9782738116161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477634v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment évaluer les altérations des comportements auditifs et en identifier les profils chez l’enfant et l’adolescent ayant un trouble du spectre de l’autisme ? Un nouvel outil original et spécifique, l’EACA-TSA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Filipova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Devouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national du GNCRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profil et développement du comportement adaptatif d’adultes ayant un trouble du spectre de l’autisme et un handicap intellectuel sévère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national du GNCRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive developmental trajectories of children with ASD and severe intellectual disability following Exchange and Development Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Latinus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INSAR (International Society for Autism Research) 2023 Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Stochholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of cognitive and socio-emotional development profile in children with autism spectrum disorder and severe intellectual disability as a comorbidity assessed with the Socio-emotional and Cognitive Battery (SCEB)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anna Paulais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilla Mazetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8503,198 +8520,198 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Pediatrics 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02363878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude préliminaire du développement cognitif et socio-émotionnel d’adultes ayant un trouble du spectre de l’autisme (TSA) associé à un handicap intellectuel (HI) sévère, à l’aide de la BECS adaptée aux adultes (BECS-A)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Azoulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Leynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quitterie Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive and socio-emotional development of children with autism and intellectual disability from several European countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anna Paulais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8703,123 +8720,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelley Kaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès International Autisme Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des différences du développement cognitif et socio-émotionnel entre des garçons et des filles ayant un trouble du spectre de l‘autisme avec handicap intellectuel léger ou moyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anna Paulais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8828,226 +8845,226 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelley Kaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème colloque international du RIPSYDEVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02179409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Es diferente el perfil de desarrollo cognitivo y socioemocional de niños con trastorno del espectro autista Según su edad y nivel de afectación?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam de La Iglesia Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anna Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Pilar Gattegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">II International Congress of Clinical and Health Psychology with Children and Adolescents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Barcelona, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02179499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9057,289 +9074,289 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude du développement cognitif, socio-émotionnel et adaptatif d’adultes ayant un Trouble du Spectre de l’Autisme et un Handicap Intellectuel sévère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national du GNCRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GNCRA, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El trastorno del espectro autista : desde el diagnóstico a la rehabilitación temprana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coloquio de Investigación Contemporánea en el Trastorno del Espectro Autista (TEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Mexico, Oct 2023, Mexico, México</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude pilote du développement cognitif, socio-émotionnel et adaptatif d’adultes ayant un Trouble du Spectre de l’Autisme et un Handicap Intellectuel sévère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Congrès international du GNCRA, TSA : Développer, Partager, Innover</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GNCRA, May 2022, Lyon cité internationale, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId226"/>
+      <w:footerReference w:type="default" r:id="rId229"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9486,51 +9503,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477652v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pereira Sampaio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Blanc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986894v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rambault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dansart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zopp&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2024.11.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311253v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.etsrjst5j" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148436v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Adrien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2024.1470466" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314105v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia N&#233;zereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Wolff" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Davia Wardi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Pilar Gattegno" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31579/2690-8808/256" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pilar Gattegno" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20473869.2025.2511678" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244899v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/GJIDD.2025.14.555887" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148515v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara de Almeida Abreu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psye.681.0143" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148532v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Matuzac" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.222.0177" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286243v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Taupiac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Paulais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Van-Gils" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2021.104029" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338697v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guidotti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2021.785762" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344405v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Brayette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Saliba" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ponson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-019-04105-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344401v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Bernard Paulais" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mazetto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Clara Nassif" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Thereza Costa Coelho de Souza" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2019.00508" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01689146v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Caldani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2018.1425917" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barthelemy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-018-0212-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03454372v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Salvano-Pardieu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combalbert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Pierratte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Manktelow" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546783.2015.1127288" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02013926v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Bernard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.164.0255" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477704v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477737v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Archambault" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477684v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477720v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bataille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carteau-Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Dansart" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Le Menn-Tripi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477732v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148579v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lemoust de Lafosse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2015.12.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148465v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alirol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bazaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Marouillat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2015.75" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477748v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Filipova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148538v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bataille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2013.04.006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1VLXSVKP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477762v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Priou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148471v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cottenceau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenoir" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-012-0263-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S4WJSFVV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473672v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bataille-Jallet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hameury" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cont.034.0255" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477782v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Kremer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00517362v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Clery" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-010-1091-y" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CNWLZMF0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148476v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/875037" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477800v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Landrin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148482v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hommet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vidal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Barthez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2008.12.010" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2RX5S0B-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477855v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Landry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477788v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jeantin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Fontaine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477873v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gillet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Carrado" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344345v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Thomasset" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Blanc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2008.01.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JDV8NC5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477890v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parisot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Douadi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477909v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Coadalen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148501v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Broly" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Furet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.jcp.0000227352.52288.50" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148486v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Blanc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Adrien" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1362361305053253" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-G9JRZHQ7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989708v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Martineau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Schmitz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Assaiante" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-004-1037-3" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T558LP1S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934845v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2004.06.018" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QJT40X9Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142549v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laumonnier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert David" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/382137" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477964v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bobet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477948v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Isingrini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477942v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serban Ionescu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477930v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guyl&#232;ne Couturier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473275v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477397v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477408v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader-Grobois Nathalie" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473237v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473314v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477428v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://muscadier.fr/catalogue/autisme-realites-et-defis/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477515v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477521v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477539v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477549v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477548v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477558v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mah&#233;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477582v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannig Bourreau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477571v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477568v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Courteau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477631v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477640v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477634v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477128v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477086v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472807v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02363878v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291063v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Azoulay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Leynet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Lapeyre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291083v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelley Kaye" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02179409v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02179499v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam de La Iglesia Gutierrez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477078v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472792v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472947v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477652v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pereira Sampaio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Blanc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986894v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rambault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dansart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zopp&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2024.11.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148436v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Adrien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2024.1470466" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314105v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia N&#233;zereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Wolff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Davia Wardi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Pilar Gattegno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31579/2690-8808/256" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311253v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.etsrjst5j" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pilar Gattegno" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20473869.2025.2511678" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244899v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/GJIDD.2025.14.555887" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148515v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara de Almeida Abreu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psye.681.0143" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148532v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Matuzac" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.222.0177" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286243v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Taupiac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Paulais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Van-Gils" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2021.104029" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338697v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guidotti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2021.785762" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Bernard Paulais" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mazetto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Clara Nassif" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Thereza Costa Coelho de Souza" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2019.00508" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344405v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Brayette" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Saliba" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ponson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-019-04105-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477762v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Priou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01689146v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Caldani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2018.1425917" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338794v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barthelemy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-018-0212-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02013926v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.164.0255" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477684v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477737v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Archambault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477704v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477720v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bataille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carteau-Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Dansart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Le Menn-Tripi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148579v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lemoust de Lafosse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2015.12.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477732v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03454372v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Salvano-Pardieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combalbert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Pierratte" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Manktelow" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546783.2015.1127288" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148465v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alirol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bazaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Marouillat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2015.75" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477748v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Filipova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulard Aurore" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148538v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bataille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2013.04.006" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1VLXSVKP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148471v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cottenceau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenoir" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-012-0263-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S4WJSFVV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473672v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bataille-Jallet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hameury" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cont.034.0255" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00517362v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Clery" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-010-1091-y" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CNWLZMF0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477782v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walter" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Kremer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148476v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/875037" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477800v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Landrin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148482v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hommet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vidal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Barthez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2008.12.010" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2RX5S0B-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477855v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Landry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477788v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jeantin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Fontaine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344345v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Thomasset" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Blanc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2008.01.010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JDV8NC5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477873v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gillet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Carrado" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477890v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parisot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Douadi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477909v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Coadalen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148501v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Broly" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Furet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.jcp.0000227352.52288.50" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148486v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Blanc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Adrien" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1362361305053253" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-G9JRZHQ7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989708v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Martineau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Schmitz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Assaiante" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-004-1037-3" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T558LP1S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934845v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2004.06.018" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QJT40X9Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142549v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laumonnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert David" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/382137" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477964v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bobet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477948v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Isingrini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477942v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serban Ionescu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477930v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guyl&#232;ne Couturier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473275v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477408v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader-Grobois Nathalie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473237v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477397v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473314v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477428v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://muscadier.fr/catalogue/autisme-realites-et-defis/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477515v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477521v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477539v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477549v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477548v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477558v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mah&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477568v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Courteau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477564v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477582v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannig Bourreau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477571v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477631v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477634v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477640v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.odilejacob.fr/catalogue/psychologie/psychiatrie/autisme_9782738116161.php#" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477128v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477086v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472807v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02363878v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291063v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Azoulay" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Leynet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Lapeyre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291083v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelley Kaye" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02179409v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02179499v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam de La Iglesia Gutierrez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477078v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472792v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472947v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>