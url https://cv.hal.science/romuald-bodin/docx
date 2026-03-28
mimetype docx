--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2550,196 +2550,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00983904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La question de l'&amp;quot; abandon &amp;quot; et des inégalités dans les premiers cycles à l'université</w:t>
+                <w:t xml:space="preserve">Une éducation sentimentale. Sur les ambiguïtés de l’accompagnement social en éducation spécialisée.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Bodin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoir/Agir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17, pp.65-74. </w:t>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 35 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sava.017.0065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ds.351.0093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00983915v1</w:t>
+                <w:t xml:space="preserve">hal-01667130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une éducation sentimentale. Sur les ambiguïtés de l’accompagnement social en éducation spécialisée.</w:t>
+                <w:t xml:space="preserve">La question de l'&amp;quot; abandon &amp;quot; et des inégalités dans les premiers cycles à l'université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Déviance et Société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 35 (1), </w:t>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17, pp.65-74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ds.351.0093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sava.017.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01667130v1</w:t>
+                <w:t xml:space="preserve">halshs-00983915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps mobilisé. Les étudiants en lutte contre le CPE</w:t>
               </w:r>
@@ -3644,51 +3644,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863308v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Bodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Millet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Saunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176633v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481512v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auzuret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pichavant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557364v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163435v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163280v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bodin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Millet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01373279v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Audiffren" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric T Albinet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jacques" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325834v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Camus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Geay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325569v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lefol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325578v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325838v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325847v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009121v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Douat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.471.0037" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009146v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.047.0009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297721v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Orange" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.014.0031" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297718v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.102.0217" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885482v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saunier Emilie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.3244" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.3621" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927936v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01425692.2017.1319760" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106315627589" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010826v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.071.0099" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928074v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.016.0218" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928086v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5965/1984723815292014182" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928051v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.199.0102" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.023.0225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983915v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.017.0065" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667130v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.351.0093" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325545v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124466v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Frouillou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0663" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011579v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156480v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927978v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156516v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156663v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Camus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928052v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.029.0008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863308v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Bodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Millet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Saunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176633v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481512v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auzuret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pichavant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557364v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163435v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163280v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bodin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Millet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01373279v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Audiffren" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric T Albinet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jacques" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325834v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Camus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Geay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325569v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lefol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325578v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325838v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325847v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009121v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Douat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.471.0037" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009146v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.047.0009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297721v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Orange" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.014.0031" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297718v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.102.0217" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885482v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saunier Emilie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.3244" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.3621" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927936v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01425692.2017.1319760" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106315627589" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010826v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.071.0099" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928074v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.016.0218" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928086v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5965/1984723815292014182" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928051v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.199.0102" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.023.0225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667130v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.351.0093" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983915v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.017.0065" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325545v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124466v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Frouillou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0663" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011579v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156480v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927978v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156516v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156663v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Camus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01928052v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.029.0008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>