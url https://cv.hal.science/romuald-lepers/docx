--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -485,261 +485,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute adaptations to eccentric cycling and downhill walking: physiological and neuromuscular responses</w:t>
+                <w:t xml:space="preserve">The need for trained graduates to promote exercise as a mode of preventative healthcare in the United Arab Emirates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayane Roty</w:t>
+                <w:t xml:space="preserve">Paul Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil Yousef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrien Mater</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Robertson-Malt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-025-05902-2⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.1682177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fspor.2025.1682177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05422734v1</w:t>
+                <w:t xml:space="preserve">hal-05443444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The need for trained graduates to promote exercise as a mode of preventative healthcare in the United Arab Emirates</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acute adaptations to eccentric cycling and downhill walking: physiological and neuromuscular responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalil Yousef</w:t>
+                <w:t xml:space="preserve">Rayane Roty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Robertson-Malt</w:t>
+                <w:t xml:space="preserve">Adrien Mater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, pp.1682177. </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fspor.2025.1682177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-025-05902-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05443444v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of combining cold exposure and compression on muscle recovery : a randomized crossover study</w:t>
               </w:r>
@@ -1057,161 +1057,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eccentric cycling involves greater mental demand and cortical activation of the frontoparietal network</w:t>
+                <w:t xml:space="preserve">Six-year follow-up of a world record-breaking master marathon runner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lénaic Borot</w:t>
+                <w:t xml:space="preserve">Nathan T Romberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+                <w:t xml:space="preserve">Joseph M Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davy Laroche</w:t>
+                <w:t xml:space="preserve">Ronald K Mcmillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Vergotte</w:t>
+                <w:t xml:space="preserve">Matthew L Overstreet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 34 (1), pp.e14517. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 137 (5), pp.1354-1358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/sms.14517⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00474.2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05441479v1</w:t>
+                <w:t xml:space="preserve">hal-05097441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermuscular coherence reveals that affective emotional pictures modulate neural control mechanisms during the initiation of arm pointing movements</w:t>
               </w:r>
@@ -1236,683 +1236,683 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Charissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vernazza-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fnhum.2023.1273435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of mental fatigue on hand force production capacities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eccentric cycling involves greater mental demand and cortical activation of the frontoparietal network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benedicte Poulin-Charronnat</w:t>
+                <w:t xml:space="preserve">Lénaic Borot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Bard</w:t>
+                <w:t xml:space="preserve">Davy Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Vergotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0298958⟩</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (1), pp.e14517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.14517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675063v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiovascular and muscular plasticity in an endurance‐master athlete following 12 weeks of detraining and retraining: a case study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of mental fatigue on hand force production capacities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Gremeaux</w:t>
+                <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Place</w:t>
+                <w:t xml:space="preserve">Benedicte Poulin-Charronnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCSM Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rco2.93⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (4), pp.e0298958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0298958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097423v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of combined electrical stimulation and brief muscle lengthening on torque development</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Martin</w:t>
+                <w:t xml:space="preserve">Cardiovascular and muscular plasticity in an endurance‐master athlete following 12 weeks of detraining and retraining: a case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Zanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gremeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Place</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Papaiordanidou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JCSM Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (2), pp.82-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rco2.93⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00671.2023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05097763v1</w:t>
+                <w:t xml:space="preserve">hal-05097423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Six-year follow-up of a world record-breaking master marathon runner</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matthew L Overstreet</w:t>
+                <w:t xml:space="preserve">Effect of combined electrical stimulation and brief muscle lengthening on torque development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Papaiordanidou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 137 (5), pp.1354-1358. </w:t>
+              <w:t xml:space="preserve">, 2024, 136 (4), pp.844-852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00474.2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00671.2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097441v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of 12 weeks of detraining and retraining on the cardiorespiratory fitness in a competitive master athlete: a case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Assadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Zanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gremeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15, </w:t>
@@ -2188,130 +2188,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eccentric cycling involves greater mental demand and cortical activation of the frontoparietal network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaic Borot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Vergotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 34 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/sms.14517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440925v1</w:t>
@@ -2456,77 +2456,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute smartphone use impairs vigilance and inhibition capacities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Poulin-Charronnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2567,334 +2567,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Smartphone Use Affect a Subsequent Swimming Training Session? Preliminary Results in Amateur Triathletes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of Cadence on Physiological and Perceptual Responses during Eccentric Cycling at Different Power Outputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Quagliarotti</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adrien Boly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Assadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s23135837⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (6), pp.1105-1113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/mss.0000000000003132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05097399v1</w:t>
+                <w:t xml:space="preserve">hal-05095639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Cadence on Physiological and Perceptual Responses during Eccentric Cycling at Different Power Outputs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Mater</w:t>
+                <w:t xml:space="preserve">Does Smartphone Use Affect a Subsequent Swimming Training Session? Preliminary Results in Amateur Triathletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Quagliarotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Coloretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Dello Stritto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Cuccurullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Boly</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jessica Acalai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 55 (6), pp.1105-1113. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (13), pp.5837. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1249/mss.0000000000003132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s23135837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05095639v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment lutter contre les effets négatifs de la fatigue mentale : une revue narrative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Poulin-Charronnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3279,51 +3279,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corticospinal Excitability Is Lower During Eccentric Than Concentric Cycling in Men</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hippolyte Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3413,64 +3413,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concentric versus eccentric cycling at equal power output or effort perception: Neuromuscular alterations and muscle pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3511,512 +3511,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05096371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">31 Performance of exercised trotters fed high-cereal or high-alfalfa diets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Persistence of mental fatigue on motor control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Poulin-Charronnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Martin</w:t>
+                <w:t xml:space="preserve">P. Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samy Julliand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jevs.2021.103494⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.588253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.588253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03297779v1</w:t>
+                <w:t xml:space="preserve">hal-03094652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence of mental fatigue on motor control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Poulin-Charronnat</w:t>
+                <w:t xml:space="preserve">31 Performance of exercised trotters fed high-cereal or high-alfalfa diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Julliand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Bard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
+                <w:t xml:space="preserve">Samy Julliand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.588253. </w:t>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 100, pp.103494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.588253⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jevs.2021.103494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03094652v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corticospinal excitability is altered similarly following concentric and eccentric maximal contractions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of the world record time for combined father and son marathon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Garnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Martin</w:t>
+                <w:t xml:space="preserve">Julien Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-020-04377-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 128 (2), pp.440-444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00819.2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611746v1</w:t>
+                <w:t xml:space="preserve">hal-02889282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the world record time for combined father and son marathon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Louis</w:t>
+                <w:t xml:space="preserve">Corticospinal excitability is altered similarly following concentric and eccentric maximal contractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Bontemps</w:t>
+                <w:t xml:space="preserve">Yoann Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 128 (2), pp.440-444. </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00819.2019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-020-04377-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889282v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02611746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiorespiratory Changes During Prolonged Downhill Versus Uphill Treadmill Exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4187,629 +4187,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corticospinal changes induced by fatiguing eccentric versus concentric exercise</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christos Paizis</w:t>
+                <w:t xml:space="preserve">Lifelong Endurance Exercise as a Countermeasure Against Age-Related $$\dot{V}{\text{O}}_{{ 2 {\text{max}}}}$$V˙O2max Decline: Physiological Overview and Insights from Masters Athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Valenzuela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola A Maffiuletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Joyner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Lucia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17461391.2018.1497090⟩</w:t>
+              <w:t xml:space="preserve">Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40279-019-01252-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01885723v1</w:t>
+                <w:t xml:space="preserve">hal-02463047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex Difference in Triathlon Performance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corticospinal excitability changes following downhill and uphill walking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Paizis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00973⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 237 (8), pp.2023-2033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-019-05576-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332196v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02319957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corticospinal excitability changes following downhill and uphill walking</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Martin</w:t>
+                <w:t xml:space="preserve">Neuromuscular and Perceptual Responses to Sub-Maximal Eccentric Cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Stapley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-019-05576-1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319957v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifelong Endurance Exercise as a Countermeasure Against Age-Related $$\dot{V}{\text{O}}_{{ 2 {\text{max}}}}$$V˙O2max Decline: Physiological Overview and Insights from Masters Athletes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Lucia</w:t>
+                <w:t xml:space="preserve">Corticospinal changes induced by fatiguing eccentric versus concentric exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Paizis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (2), pp.166-176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40279-019-01252-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2018.1497090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02463047v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular and Perceptual Responses to Sub-Maximal Eccentric Cycling</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sex Difference in Triathlon Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 10, </w:t>
+              <w:t xml:space="preserve">, 2019, 10, pp.973. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00354⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138089v1</w:t>
+                <w:t xml:space="preserve">hal-02332196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The sub 6-h project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Valenzuela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola A Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Lucia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4850,524 +4850,524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02397053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An approach to a muscle force model with force-pulse amplitude relationship of human quadriceps muscles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Swimrun : l'émergence d'un nouveau sport d'endurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdennacer Ben Hmed</w:t>
+                <w:t xml:space="preserve">François-Xavier Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toufik Bakir</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paul James Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compbiomed.2018.08.026⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 100, pp.53-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2018004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01917616v1</w:t>
+                <w:t xml:space="preserve">hal-01857725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular and perceptual responses to moderate-intensity incline, level and decline treadmill exercise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+                <w:t xml:space="preserve">An approach to a muscle force model with force-pulse amplitude relationship of human quadriceps muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdennacer Ben Hmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Bakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Sakly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 118 (10), pp.2039-2053. </w:t>
+              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101, pp.218 - 228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-018-3934-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compbiomed.2018.08.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01873858v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01917616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presynaptic inhibition mechanisms may subserve the spinal excitability modulation induced by neuromuscular electrical stimulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
+                <w:t xml:space="preserve">Neuromuscular and perceptual responses to moderate-intensity incline, level and decline treadmill exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gueugneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
+                <w:t xml:space="preserve">Quentin Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Paizis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 40, pp.95 - 101. </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 118 (10), pp.2039-2053. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2018.04.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-018-3934-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01857728v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swimrun : l'émergence d'un nouveau sport d'endurance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Presynaptic inhibition mechanisms may subserve the spinal excitability modulation induced by neuromuscular electrical stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gueugneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul James Stapley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 100, pp.53-58. </w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40, pp.95 - 101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2018004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2018.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01857725v1</w:t>
+                <w:t xml:space="preserve">hal-01857728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of neuromuscular electrical stimulation on contralateral quadriceps function</w:t>
               </w:r>
@@ -5587,51 +5587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in cortico-spinal excitability following uphill versus downhill treadmill exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5711,746 +5711,746 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01444530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central Contribution to Electrically Induced Fatigue depends on Stimulation Frequency</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Martin</w:t>
+                <w:t xml:space="preserve">Cycling vs Uphill Walking: Impact on Locomotor Muscle Fatigue and Running Exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Theurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000001270⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1 - 22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2016-0564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01528822v1</w:t>
+                <w:t xml:space="preserve">hal-01563870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological responses during intermittent running exercise differ between outdoor and treadmill running</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marco Panascì</w:t>
+                <w:t xml:space="preserve">Central Contribution to Electrically Induced Fatigue depends on Stimulation Frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gueugneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Assadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/apnm-2017-0132⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (8), pp.1530-1540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000001270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01565973v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">It is time to investigate acute and chronic perceptual responses to eccentric cycling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+                <w:t xml:space="preserve">Physiological responses during intermittent running exercise differ between outdoor and treadmill running</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Panascì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio La Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Casillas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Davy Laroche</w:t>
+                <w:t xml:space="preserve">Matteo Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Assadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 123 (5), pp.1416 - 1417. </w:t>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15, pp.1 - 5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00507.2017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2017-0132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01666409v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01565973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-related decline in endurance running performance – An example of a multiple World records holder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">It is time to investigate acute and chronic perceptual responses to eccentric cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Cattagni</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Casillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/apnm-2017-0298⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 123 (5), pp.1416 - 1417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00507.2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01614753v1</w:t>
+                <w:t xml:space="preserve">hal-01666409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-Related Changes in Endurance Performance Vary Between Modes of Locomotion in Men: An Analysis of Master World Records</w:t>
+                <w:t xml:space="preserve">Age-related decline in endurance running performance – An example of a multiple World records holder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul J. Stapley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2017-0298⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2017-0222⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01613127v1</w:t>
+                <w:t xml:space="preserve">inserm-01614753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cycling vs Uphill Walking: Impact on Locomotor Muscle Fatigue and Running Exercise</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Age-Related Changes in Endurance Performance Vary Between Modes of Locomotion in Men: An Analysis of Master World Records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.1 - 22. </w:t>
+              <w:t xml:space="preserve">, 2017, pp.1 - 12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2016-0564⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2017-0222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01563870v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-frequency neuromuscular electrical stimulation modulates interhemispheric inhibition in healthy humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Stapley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6491,222 +6491,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01563824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la fatigue mentale sur les performances physiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reliability of a Novel High Intensity One Leg Dynamic Exercise Protocol to Measure Muscle Endurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vianney Rozand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
+                <w:t xml:space="preserve">Samuele M. Marcora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 95, pp.3-12. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0163979. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2015045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0163979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05466255v1</w:t>
+                <w:t xml:space="preserve">hal-01409746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of a Novel High Intensity One Leg Dynamic Exercise Protocol to Measure Muscle Endurance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+                <w:t xml:space="preserve">Influence de la fatigue mentale sur les performances physiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Rozand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuele M. Marcora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0163979. </w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 95, pp.3-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0163979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/sm/2015045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01409746v1</w:t>
+                <w:t xml:space="preserve">hal-05466255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in Contributions of Swim, Cycle, and Run Performances on Overall Triathlon Performance over a 26-year period</w:t>
               </w:r>
@@ -6790,261 +6790,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prolonged motor imagery session alter imagined and actual movement durations: Potential implications for neurorehabilitation</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Centenarian athletes: Examples of ultimate human performance?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2015.09.036⟩</w:t>
+              <w:t xml:space="preserve">Age and Ageing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (5), pp.729 - 733. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ageing/afw111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01330400v1</w:t>
+                <w:t xml:space="preserve">hal-01413071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centenarian athletes: Examples of ultimate human performance?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A prolonged motor imagery session alter imagined and actual movement durations: Potential implications for neurorehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Rozand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charalambos Papaxanthis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Age and Ageing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 45 (5), pp.729 - 733. </w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 297, pp.67--75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ageing/afw111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2015.09.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413071v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Master Athletes Are Extending the Limits of Human Endurance</w:t>
               </w:r>
@@ -7121,51 +7121,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue Induced by Physical and Mental Exertion Increases Perception of Effort and Impairs Subsequent Endurance Performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7440,835 +7440,835 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01302612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central alterations of neuromuscular function and feedback from group III-IV muscle afferents following exhaustive high-intensity one-leg dynamic exercise</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soleus and lateral gastrocnemius H-reflexes during standing with unstable footwear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Angius</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">James G. Hopker</w:t>
+                <w:t xml:space="preserve">Bernd Friesenbichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuele M. Marcora</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola A. Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Muscle &amp; nerve. Supplement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (5), pp.764-766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mus.24601⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpregu.00280.2014⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01295676v1</w:t>
+                <w:t xml:space="preserve">hal-01302868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of mental fatigue on speed–accuracy trade-off</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Central alterations of neuromuscular function and feedback from group III-IV muscle afferents following exhaustive high-intensity one-leg dynamic exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Angius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James G. Hopker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vianney Rozand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
+                <w:t xml:space="preserve">Samuele M. Marcora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2015.03.066⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 308 (12), pp.R1008-R1020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpregu.00280.2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01295814v1</w:t>
+                <w:t xml:space="preserve">hal-01295676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular and physiological variables evolve independently when running immediately after cycling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexander Stamenkovic</w:t>
+                <w:t xml:space="preserve">Rehabilitation and return to sport after bilateral open surgery for femoroacetabular impingement in a professional ice hockey player</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola C. Casartelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Bizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola A. Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Paul J. Stapley</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Leunig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2015.10.008⟩</w:t>
+              <w:t xml:space="preserve">Physical Therapy in Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (2), pp.193-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ptsp.2014.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01302439v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01286909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rehabilitation and return to sport after bilateral open surgery for femoroacetabular impingement in a professional ice hockey player</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicola A. Maffiuletti</w:t>
+                <w:t xml:space="preserve">Neuromuscular and physiological variables evolve independently when running immediately after cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel A. Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stamenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Leunig</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Peoples</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Stapley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Therapy in Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ptsp.2014.08.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (6), pp.887-893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2015.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01286909v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01302439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Neuromuscular Function Using Percutaneous Electrical Nerve Stimulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Effect of mental fatigue on speed–accuracy trade-off</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Rozand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Paul J. Stapley</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charalambos Papaxanthis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 297, pp.219-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2015.03.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/52974⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01291990v1</w:t>
+                <w:t xml:space="preserve">hal-01295814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soleus and lateral gastrocnemius H-reflexes during standing with unstable footwear</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernd Friesenbichler</w:t>
+                <w:t xml:space="preserve">Assessment of Neuromuscular Function Using Percutaneous Electrical Nerve Stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Rozand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Stapley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicola A. Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Muscle &amp; nerve. Supplement.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3791/52974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mus.24601⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01302868v1</w:t>
+                <w:t xml:space="preserve">hal-01291990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mental fatigue induced by prolonged self-regulation does not exacerbate central fatigue during subsequent whole-body endurance exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuele M. Marcora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Rozand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8309,1045 +8309,1040 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01302186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance characteristics of Parkour practitioners: Who are the traceurs?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
+                <w:t xml:space="preserve">Gender difference in cycling speed and age of winning performers in ultra-cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17461391.2015.1060263⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33 (2), pp.198-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2014.934705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01302618v1</w:t>
+                <w:t xml:space="preserve">hal-01299981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gender difference in cycling speed and age of winning performers in ultra-cycling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+                <w:t xml:space="preserve">Performance characteristics of Parkour practitioners: Who are the traceurs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidney Grosprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 33 (2), pp.198-210. </w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02640414.2014.934705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2015.1060263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01299981v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01302618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The changes in age of peak swim speed for elite male and female Swiss freestyle swimmers between 1994 and 2012</w:t>
+                <w:t xml:space="preserve">Nation related participation and performance trends in 'Ironman Hawaii' from 1985 to 2012.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+                <w:t xml:space="preserve">Philippe Dähler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 32, pp.248--258. </w:t>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (1), pp.16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02640414.2013.823221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/2052-1847-6-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01159600v1</w:t>
+                <w:t xml:space="preserve">inserm-00986188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elite triathletes in 'Ironman Hawaii' get older but faster</w:t>
+                <w:t xml:space="preserve">The Effect of Course Length on Individual Medley Swimming Performance in National and International Athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalia Gallmann</w:t>
+                <w:t xml:space="preserve">Mathias Wolfrum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Age </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 36, pp.407--416. </w:t>
+              <w:t xml:space="preserve">Journal of Human Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (1), pp.187--200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11357-013-9534-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2478/hukin-2014-0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01159572v1</w:t>
+                <w:t xml:space="preserve">hal-01159603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of sex differences in open-water ultra-distance swimming performances in the FINA World Cup races in 5 km, 10 km and 25 km from 2000 to 2012.</w:t>
+                <w:t xml:space="preserve">Sex and age-related differences in performance in a 24-hour ultra-cycling draft-legal event - a cross-sectional data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Alexander Zingg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+                <w:t xml:space="preserve">Lara Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 6 (1), pp.7. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 6 (1), pp.19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00957003v1</w:t>
+                <w:t xml:space="preserve">inserm-00998246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does mental exertion alter maximal muscle activation?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Charalambos Papaxanthis</w:t>
+                <w:t xml:space="preserve">Analysis of sex differences in open-water ultra-distance swimming performances in the FINA World Cup races in 5 km, 10 km and 25 km from 2000 to 2012.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Alexander Zingg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2014.00755⟩</w:t>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (1), pp.7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2052-1847-6-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01159597v1</w:t>
+                <w:t xml:space="preserve">inserm-00957003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Runners in their forties dominate ultra-marathons from 50 to 3,100 miles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+                <w:t xml:space="preserve">The changes in age of peak swim speed for elite male and female Swiss freestyle swimmers between 1994 and 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 32, pp.248--258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2013.823221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.6061/clinics/2014(03)11⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01159604v1</w:t>
+                <w:t xml:space="preserve">hal-01159600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in breaststroke swimming performances in national and international athletes competing between 1994 and 2011 -a comparison with freestyle swimming performances.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+                <w:t xml:space="preserve">Elite triathletes in 'Ironman Hawaii' get older but faster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalia Gallmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Age </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36, pp.407--416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11357-013-9534-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/2052-1847-6-18⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00990249v1</w:t>
+                <w:t xml:space="preserve">hal-01159572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of swimming performance in FINA World Cup long-distance open water races.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+                <w:t xml:space="preserve">Runners in their forties dominate ultra-marathons from 50 to 3,100 miles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Alexander Zingg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9359,354 +9354,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/2046-7648-3-2⟩</w:t>
+              <w:t xml:space="preserve">Clinics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69 (3), pp.203-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6061/clinics/2014(03)11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00923318v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01159604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of performance of Deca Iron and Triple Deca Iron ultra-triathletes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+                <w:t xml:space="preserve">Does mental exertion alter maximal muscle activation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Rozand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuele M. Marcora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charalambos Papaxanthis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpringerPlus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/01.CSMR.0000306201.49315.73⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, pp.755. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2014.00755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01122252v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01159597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex and age-related differences in performance in a 24-hour ultra-cycling draft-legal event - a cross-sectional data analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comparison of performance of Deca Iron and Triple Deca Iron ultra-triathletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SpringerPlus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3, pp.461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.CSMR.0000306201.49315.73⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00998246v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01122252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Course Length on Individual Medley Swimming Performance in National and International Athletes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
+                <w:t xml:space="preserve">Changes in breaststroke swimming performances in national and international athletes competing between 1994 and 2011 -a comparison with freestyle swimming performances.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Wolfrum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9718,125 +9718,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Kinetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (1), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2052-1847-6-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2478/hukin-2014-0073⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01159603v1</w:t>
+                <w:t xml:space="preserve">inserm-00990249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nation related participation and performance trends in 'Ironman Hawaii' from 1985 to 2012.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+                <w:t xml:space="preserve">Analysis of swimming performance in FINA World Cup long-distance open water races.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Alexander Zingg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9848,125 +9848,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 6 (1), pp.16. </w:t>
+              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (1), pp.2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/2052-1847-6-16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/2046-7648-3-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00986188v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00923318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swimming performances in long distance open-water events with and without wetsuit.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Ulsamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10033,825 +10033,825 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00998869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in Participation and Performance Trends in Age Group Half and Full Marathoners</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+                <w:t xml:space="preserve">European athletes dominate performances in Double Iron ultra-triathlons - A retrospective data analysis from 1985 to 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Cribari</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4077/CJP.2014.BAC219⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14, pp.S39--S50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2011.641033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01159555v1</w:t>
+                <w:t xml:space="preserve">hal-01159598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Master triathletes have not reached limits in their Ironman triathlon performance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Beat Knechtle</w:t>
+                <w:t xml:space="preserve">Neuromuscular Fatigue Following Isometric Contractions with Similar Torque Time Integral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Rozand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cattagni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Theurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2012.01473.x⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36 (01), pp.35-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0034-1375614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01159601v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01302442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Rate of Force Development Scaling Factor For the Hip Muscles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicola C. Casartelli</w:t>
+                <w:t xml:space="preserve">Will women outrun men in ultra-marathon road races from 50 km to 1,000 km?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Alexander Zingg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Karner-Rezek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SpringerPlus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (1), pp.97</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01159560v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00954670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular Fatigue Following Isometric Contractions with Similar Torque Time Integral</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Martin</w:t>
+                <w:t xml:space="preserve">Assessment of the Rate of Force Development Scaling Factor For the Hip Muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola C. Casartelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola A. Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0034-1375614⟩</w:t>
+              <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50, pp.932--938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mus.24229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01302442v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01159560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Will women outrun men in ultra-marathon road races from 50 km to 1,000 km?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+                <w:t xml:space="preserve">Master triathletes have not reached limits in their Ironman triathlon performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stiefel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpringerPlus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24, pp.89--97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2012.01473.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00954670v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01159601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European athletes dominate performances in Double Iron ultra-triathlons - A retrospective data analysis from 1985 to 2010</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+                <w:t xml:space="preserve">Differences in Participation and Performance Trends in Age Group Half and Full Marathoners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danny Anthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cribari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 14, pp.S39--S50. </w:t>
+              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57, pp.209--219. </w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17461391.2011.641033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4077/CJP.2014.BAC219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01159598v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01159555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does a Mental Training Session Induce Neuromuscular Fatigue?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Rozand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charalambos Papaxanthis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10911,90 +10911,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response inhibition impairs subsequent self-paced endurance performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristina C. Dietz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuele M. Marcora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 114, pp.1095--1105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11022,252 +11022,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01159589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Will women soon outperform men in open-water ultra-distance swimming in the 'Maratona del Golfo Capri-Napoli'?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+                <w:t xml:space="preserve">Women reduced the sex difference in open-water ultra-distance swimming - La Traversee Internationale du Lac St-Jean, 1955-2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpringerPlus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 39, pp.270--273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2013-0222⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00948257v1</w:t>
+                <w:t xml:space="preserve">hal-01159599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women reduced the sex difference in open-water ultra-distance swimming - La Traversee Internationale du Lac St-Jean, 1955-2012</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+                <w:t xml:space="preserve">Will women soon outperform men in open-water ultra-distance swimming in the 'Maratona del Golfo Capri-Napoli'?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SpringerPlus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (1), pp.86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/apnm-2013-0222⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01159599v1</w:t>
+                <w:t xml:space="preserve">inserm-00948257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limits in endurance performance of octogenarian athletes</w:t>
               </w:r>
@@ -11383,77 +11383,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex-related differences and age of peak performance in breaststroke versus freestyle swimming.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Wolfrum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11686,51 +11686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11749,1411 +11749,1411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01088702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Training and Anthropometric Characteristics between Recreational Male Half-Marathoners and Marathoners</w:t>
+                <w:t xml:space="preserve">A real time electromyostimulator linked with EMG analysis device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa Zillmann</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Yochum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Bakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Binczak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4077/CJP.2013.BAB105⟩</w:t>
+              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34, pp.43-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.irbm.2012.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00869080v1</w:t>
+                <w:t xml:space="preserve">hal-00826684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative improvements in endurance performance with age: evidence from 25 years of Hawaii Ironman racing.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Participation and performance trends of East-African runners in Swiss half-marathons and marathons held between 2000 and 2010.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cribari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Onywera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5 (1), pp.24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2052-1847-5-24⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11357-012-9392-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00676663v1</w:t>
+                <w:t xml:space="preserve">inserm-00919504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of course length on freestyle swimming speed in elite female and male swimmers - a comparison of swimmers at national and international level</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Wolfrum</w:t>
+                <w:t xml:space="preserve">Limits in endurance performance of octogenarian athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cattagni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grémeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpringerPlus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 114, pp.829. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00038.2013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00915281v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The age-related decline in Olympic distance triathlon performance differs between males and females</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relative improvements in endurance performance with age: evidence from 25 years of Hawaii Ironman racing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph A. Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Stapley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 35 (3), pp.953-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11357-012-9392-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00957309v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00676663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of 10 km swimming performance of elite male and female open-water swimmers</w:t>
+                <w:t xml:space="preserve">The age-related decline in Olympic distance triathlon performance differs between males and females</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Vogt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+                <w:t xml:space="preserve">F. Etter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.A. Ruest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpringerPlus</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 53, pp.261--267</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00911733v1</w:t>
+                <w:t xml:space="preserve">hal-00957309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation and performance trends in ultra-endurance running races under extreme conditions - 'Spartathlon' versus 'Badwater</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kristina da Fonseca-Engelhardt</w:t>
+                <w:t xml:space="preserve">Analysis of 10 km swimming performance of elite male and female open-water swimmers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Vogt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SpringerPlus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2193-1801-2-603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00820834v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00911733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age and gender difference in non-drafting ultra-endurance cycling performance - the 'Swiss Cycling Marathon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthias Zingg</w:t>
+                <w:t xml:space="preserve">The effects of course length on freestyle swimming speed in elite female and male swimmers - a comparison of swimmers at national and international level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Wolfrum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christoph Rüst</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 2 (1), pp.18</w:t>
+              <w:t xml:space="preserve">SpringerPlus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.643</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00831839v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00915281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation and performance trends of East-African runners in Swiss half-marathons and marathons held between 2000 and 2010.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Onywera</w:t>
+                <w:t xml:space="preserve">Participation and performance trends in ultra-endurance running races under extreme conditions - 'Spartathlon' versus 'Badwater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina da Fonseca-Engelhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.15</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00919504v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00820834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gender Difference and Age-related Changes In Performance At the Long-distance Duathlon</w:t>
+                <w:t xml:space="preserve">Comparison of Training and Anthropometric Characteristics between Recreational Male Half-Marathoners and Marathoners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph A. Ruest</w:t>
+                <w:t xml:space="preserve">Teresa Zillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susanne Pfeifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1519/JSC.0b013e31825420d0⟩</w:t>
+              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56, pp.138--146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4077/CJP.2013.BAB105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00869076v1</w:t>
+                <w:t xml:space="preserve">hal-00869080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limits in endurance performance of octogenarian athletes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Grémeaux</w:t>
+                <w:t xml:space="preserve">Gender Difference and Age-related Changes In Performance At the Long-distance Duathlon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph A. Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Pfeifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00038.2013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27, pp.293--301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1519/JSC.0b013e31825420d0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802018v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00869076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A real time electromyostimulator linked with EMG analysis device</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Toufik Bakir</w:t>
+                <w:t xml:space="preserve">Age and gender difference in non-drafting ultra-endurance cycling performance - the 'Swiss Cycling Marathon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Zingg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Binczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00826684v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00831839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The age of peak performance in Ironman triathlon: a cross-sectional and longitudinal data analysis.</w:t>
               </w:r>
@@ -13165,51 +13165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stiefel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13295,64 +13295,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyn Eichenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph A. Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13507,51 +13507,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolonged mental exertion does not alter neuromuscular function of the knee extensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuele Marcora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13605,334 +13605,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00826836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation and performance trends in 'Ultraman Hawaii' from 1983 to 2012.</w:t>
+                <w:t xml:space="preserve">Sex-related Trends In Participation and Performance In the 'swiss Bike Masters' From 1994-2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimirela Meili</w:t>
+                <w:t xml:space="preserve">Roman Urs Gloor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Haupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/2046-7648-2-25⟩</w:t>
+              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 116, pp.640--654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/30.PMS.116.2.640-654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00851591v1</w:t>
+                <w:t xml:space="preserve">hal-00869066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex-related Trends In Participation and Performance In the 'swiss Bike Masters' From 1994-2012</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roman Urs Gloor</w:t>
+                <w:t xml:space="preserve">Participation and performance trends in 'Ultraman Hawaii' from 1983 to 2012.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimirela Meili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 116, pp.640--654. </w:t>
+              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2466/30.PMS.116.2.640-654⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/2046-7648-2-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00869066v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00851591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Master runners dominate 24-h ultramarathons worldwide--a retrospective data analysis from 1998 to 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Zingg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13996,90 +13996,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Age-Related Performance Decline in Ultraendurance Mountain Biking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Haupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14130,51 +14130,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance in Olympic triathlon: changes in performance of elite female and male triathletes in the ITU World Triathlon Series from 2009 to 2012.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14286,64 +14286,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrin Sigg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14398,64 +14398,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age, Training, and Previous Experience Predict Race Performance In Long-distance Inline Skaters, Not Anthropometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14509,1229 +14509,1229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00823643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation and performance trends in multistage ultramarathons--the 'Marathon des Sables' 2003-2012</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christoph Knoth</w:t>
+                <w:t xml:space="preserve">Best performances by men and women open-water swimmers during the 'English Channel Swim' from 1900 to 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyn Eichenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30, pp.1295--1301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2012.709264⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00788099v1</w:t>
+                <w:t xml:space="preserve">hal-00823631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hip flexor muscle fatigue in patients with symptomatic femoroacetabular impingement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">No Gender Difference in Peak Performance in Ultra-Endurance Swimming Performance - Analysis of the 'Zurich 12-h Swim' from 1996 to 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyn Eichenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. C. Casartelli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. F. Item-Glatthorn</w:t>
+                <w:t xml:space="preserve">Alexander Rust Christoph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Orthopaedics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55, pp.346--351</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823626v1</w:t>
+                <w:t xml:space="preserve">hal-00823630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex difference in race performance and age of peak performance in the Ironman Triathlon World Championship from 1983 to 2012</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+                <w:t xml:space="preserve">Hip flexor muscle fatigue in patients with symptomatic femoroacetabular impingement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. C. Casartelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Leunig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. F. Item-Glatthorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.A. Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Orthopaedics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36, pp.967--973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00264-011-1385-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00779241v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-related changes in ultra-triathlon performances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Participation and performance trends in multistage ultramarathons--the 'Marathon des Sables' 2003-2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Knoth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 1 (1), pp.5</w:t>
+              <w:t xml:space="preserve">, 2012, 1 (1), pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00752141v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00788099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal Best Times in an Olympic Distance Triathlon and a Marathon Predict an Ironman Race Time for Recreational Female Triathletes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+                <w:t xml:space="preserve">Sex difference in race performance and age of peak performance in the Ironman Triathlon World Championship from 1983 to 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (1), pp.15</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823656v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00779241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and cognitive responses when riding an electrically assisted bicycle versus a classical bicycle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Theurel</w:t>
+                <w:t xml:space="preserve">Age-related changes in ultra-triathlon performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extreme Physiology &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (1), pp.5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823660v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00752141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Best performances by men and women open-water swimmers during the 'English Channel Swim' from 1900 to 2010</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evelyn Eichenberger</w:t>
+                <w:t xml:space="preserve">Personal Best Times in an Olympic Distance Triathlon and a Marathon Predict an Ironman Race Time for Recreational Female Triathletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Wirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birte Ellenrieder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02640414.2012.709264⟩</w:t>
+              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55, pp.156--162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4077/CJP.2012.BAA014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823631v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No Gender Difference in Peak Performance in Ultra-Endurance Swimming Performance - Analysis of the 'Zurich 12-h Swim' from 1996 to 2010</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+                <w:t xml:space="preserve">Physiological and cognitive responses when riding an electrically assisted bicycle versus a classical bicycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Theurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55, pp.773--781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00140139.2012.671964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823630v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No Improvement in Race Performance by Naps in Male Ultra-Endurance Cyclists in a 600-km Ultra-Cycling Race</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Do older athletes reach limits in their performance during marathon running?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cattagni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 55, pp.125--133. </w:t>
+              <w:t xml:space="preserve">AGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34 (3), pp.773-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4077/CJP.2012.BAA022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11357-011-9271-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823644v1</w:t>
+                <w:t xml:space="preserve">inserm-00596872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do older athletes reach limits in their performance during marathon running?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">No Improvement in Race Performance by Naps in Male Ultra-Endurance Cyclists in a 600-km Ultra-Cycling Race</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Wirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 34 (3), pp.773-81. </w:t>
+              <w:t xml:space="preserve">Chinese Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55, pp.125--133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11357-011-9271-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4077/CJP.2012.BAA022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00596872v1</w:t>
+                <w:t xml:space="preserve">hal-00823644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exercise and longevity</w:t>
               </w:r>
@@ -15876,64 +15876,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FINISHERS AND NONFINISHERS IN THE 'Swiss CYCLING MARATHON' TO QUALIFY FOR THE 'Race ACROSS AMERICA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph A. Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16006,51 +16006,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age-related changes in 100-km ultra-marathon running performance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knechtlee Beat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Rüst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16123,64 +16123,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictor variables of performance in recreational male long-distance inline skaters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Alexander Ruest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Senn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16320,160 +16320,146 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00702344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular fatigue differs following unilateral vs bilateral sustained submaximal contractions.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Age-related changes in conventional road versus off-road triathlon performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Stapley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 21 (2), pp.268-76. </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 111, pp.1687--1694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2009.01040.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-010-1805-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00697154v1</w:t>
+                <w:t xml:space="preserve">hal-00708636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of maximal unilateral versus bilateral voluntary contraction force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Matkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16492,429 +16478,443 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 111, pp.1571--1578. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-010-1775-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00708640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation and performance trends in ultra-triathlons from 1985 to 2009.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+                <w:t xml:space="preserve">Neuromuscular fatigue differs following unilateral vs bilateral sustained submaximal contractions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Matkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Place</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 21 (6), pp.e82-90. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 21 (2), pp.268-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2009.01040.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2010.01160.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00697141v1</w:t>
+                <w:t xml:space="preserve">hal-00697154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age and gender interactions in ultraendurance performance: insight from the triathlon.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Participation and performance trends in ultra-triathlons from 1985 to 2009.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Na Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 43 (1), pp.134-9. </w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (6), pp.e82-90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1249/MSS.0b013e3181e57997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2010.01160.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00702352v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00697141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-related changes in conventional road versus off-road triathlon performance</w:t>
+                <w:t xml:space="preserve">Age and gender interactions in ultraendurance performance: insight from the triathlon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul J. Stapley</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Na Maffiuletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-010-1805-z⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 43 (1), pp.134-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0b013e3181e57997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00708636v1</w:t>
+                <w:t xml:space="preserve">hal-00702352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictor variables for half marathon race time in recreational female runners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beat Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrizia Knechtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Barandun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16981,273 +16981,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00708630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response to letter to the editor by T. D. Noakes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Martin</w:t>
+                <w:t xml:space="preserve">Personal Best Marathon Time and Longest Training Run, Not Anthropometry, Predict Performance In Recreational 24-hour Ultrarunners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Knechtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rosemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2011.01330.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 25, pp.2212--2218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1519/JSC.0b013e3181f6b0c7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00708641v1</w:t>
+                <w:t xml:space="preserve">hal-00708631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal Best Marathon Time and Longest Training Run, Not Anthropometry, Predict Performance In Recreational 24-hour Ultrarunners</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rosemann</w:t>
+                <w:t xml:space="preserve">Response to letter to the editor by T. D. Noakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Matkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Place</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21, pp.492--492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2011.01330.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1519/JSC.0b013e3181f6b0c7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00708631v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00708641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of a trail running competition on muscular performance and efficiency in well-trained young and master athletes</w:t>
               </w:r>
@@ -17259,51 +17259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Easthope Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hausswirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17855,51 +17855,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuromuscular fatigue following constant versus variable-intensity endurance cycling in triathletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Theurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hausswirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18614,77 +18614,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrophysiological changes associated with acute smartphone use and mental fatigue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Poulin-Charronnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18716,527 +18716,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different brain functional organization during eccentric compared to concentric cycling: a mental demand hypotheses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Greater prefrontal and parietal activity during eccentric versus concentric cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaic Borot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Vergotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">3ème Congrès de Physiologie et de Biologie Intégrative de la Société de Physiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03782308v1</w:t>
+                <w:t xml:space="preserve">hal-03782287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greater prefrontal and parietal activity during eccentric versus concentric cycling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Different brain functional organization during eccentric compared to concentric cycling: a mental demand hypotheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaic Borot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Vergotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Congrès de Physiologie et de Biologie Intégrative de la Société de Physiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03782287v1</w:t>
+                <w:t xml:space="preserve">hal-03782308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l'imagerie motrice prolongée sur la preception de l'effort et ses corrélats neuronaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Effet de l’imagerie motrice prolongée sur la perception de l’effort et ses corrélats neuronaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Poulin-Charronnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pfister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">17ème Congrès international de l’ACAPS (Association des Chercheurs en Activités Physiques et Sportives)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dijon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01880836v1</w:t>
+                <w:t xml:space="preserve">hal-01798985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’imagerie motrice prolongée sur la perception de l’effort et ses corrélats neuronaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Effet de l'imagerie motrice prolongée sur la preception de l'effort et ses corrélats neuronaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Poulin-Charronnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pfister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Congrès international de l’ACAPS (Association des Chercheurs en Activités Physiques et Sportives)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Dijon, France. </w:t>
+              <w:t xml:space="preserve">17ème Congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01798985v1</w:t>
+                <w:t xml:space="preserve">hal-01880836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -19254,51 +19254,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of mental fatigue on sport-related performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19368,77 +19368,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolonged motor imagery increases motor-related cortical potential amplitude and perception of effort during imagined and actual isometric knee extensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pfister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19493,77 +19493,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi axis representation and Euclidean distance of muscle fatigue indexes during evoked contractions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yochum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Bakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Binczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19610,77 +19610,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EMG artifacts removal during electrical stimulation, a CWT based technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yochum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Bakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Binczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19721,299 +19721,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01328483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QUANTIFICATION OF MUSCLE FATIGUE WITHWAVELET ANALYSIS BASED ON EMG DURING MYOELECTRICAL STIMULATION</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+                <w:t xml:space="preserve">Truncation effects on muscular fatigue indexes based on M waves analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yochum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Bakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Binczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIODEVICES 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Vilamoura Algrave, Portugal. pp.53-58</w:t>
+              <w:t xml:space="preserve">34th annual international conference of the ieee engineering in medicine and biology society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, san diego, United States. pp.0-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00686639v1</w:t>
+                <w:t xml:space="preserve">hal-00764937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truncation effects on muscular fatigue indexes based on M waves analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+                <w:t xml:space="preserve">QUANTIFICATION OF MUSCLE FATIGUE WITHWAVELET ANALYSIS BASED ON EMG DURING MYOELECTRICAL STIMULATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yochum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Bakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Binczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th annual international conference of the ieee engineering in medicine and biology society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, san diego, United States. pp.0-0</w:t>
+              <w:t xml:space="preserve">BIODEVICES 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Vilamoura Algrave, Portugal. pp.53-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764937v1</w:t>
+                <w:t xml:space="preserve">hal-00686639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Mixed FES/EMG System for Real Time Analysis of Muscular Fatigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yochum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Binczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Bakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20096,51 +20096,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding mental fatigue and perception of effort to understand endurance performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lepers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20512,51 +20512,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05485531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Nina Maurisse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Piolino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Nouvel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Orriols" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bellegarde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073x.2025.2485620" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097989v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073X.2025.2485620" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097958v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pineau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Lepers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Papaiordanidou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00383.2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422734v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Roty" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mater" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05902-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443444v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Stapley" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bailey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Yousef" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Robertson-Malt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1682177" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422717v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lepers" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hausswirth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2025.1598075" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423790v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Poulin-Charronnat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2025.105950" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097877v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00136.2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441479v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naic Borot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Laroche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Vergotte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14517" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441453v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pierrieau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charissou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2023.1273435" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675063v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacquet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Poulin-Charronnat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0298958" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097423v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Zanou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gremeaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Place" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rco2.93" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097763v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00671.2023" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097441v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan T Romberger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Stock" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald K Mcmillan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L Overstreet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00474.2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Assadi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1508642" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097992v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lanfranchi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Matkowski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rayroud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola A Maffiuletti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2024.102942" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100305v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas van Hooren" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Plasqui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2022-0284" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04440925v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097393v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y M Garnier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P M Hilt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sirandre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ballay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20032430" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675087v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-50354-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097399v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Quagliarotti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Coloretti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Dello Stritto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cuccurullo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Acalai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23135837" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095639v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Boly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003132" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301452v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022026" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1122315" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097514v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vitry" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Campo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422821v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann M Garnier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Canepa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Paizis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.789867" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096362v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Legrand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Poirier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ballay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.854824" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096371v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14053" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03297779v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Martin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Julliand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2021.103494" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094652v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.588253" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02611746v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Garnier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-020-04377-7" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02889282v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bontemps" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00819.2019" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02456392v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1015-0333" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02889378v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gr&#233;meaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2018-0879" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01885723v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1497090" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02332196v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00973" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02319957v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-019-05576-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463047v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Valenzuela" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Joyner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Lucia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-019-01252-0" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02138089v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00354" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02397053v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afz106" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01917616v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennacer Ben Hmed" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Bakir" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Sakly" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2018.08.026" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NBZV32T-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01873858v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dubau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-018-3934-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01857728v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Grospr&#234;tre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gueugneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2018.04.012" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01857725v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Li" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul James Stapley" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2018004" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01670511v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola A. Maffiuletti" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2017.11.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01385407v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel A. Walsh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Dawber" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brown" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Stapley" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000001556" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01444530v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalambos Papaxanthis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2016.09.051" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01528822v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001270" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01565973v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Panasc&#236;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio La Torre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bonato" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2017-0132" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666409v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Casillas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00507.2017" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01614753v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2017-0298" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01613127v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2017-0222" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01563870v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Theurel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2016-0564" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01563824v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00355.2016" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05466255v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Rozand" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2015045" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01409746v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele M. Marcora" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0163979" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01330433v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Figueiredo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa A Marques" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000001335" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330400v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2015.09.036" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01413071v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afw111" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01429870v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00613" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01504827v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00587" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01303543v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00553.2014" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302612v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Cejka" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Knechtle" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph A. R&#252;st" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rosemann" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000370" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01295676v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Angius" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James G. Hopker" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00280.2014" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01295814v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2015.03.066" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDRXM1SW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302439v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stamenkovic" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Peoples" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2015.10.008" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01286909v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola C. Casartelli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Bizzini" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leunig" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2014.08.002" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01291990v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/52974" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302868v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Friesenbichler" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24601" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9S0FMCBB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302186v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00067" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302618v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2015.1060263" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01299981v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Alexander R&#252;st" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2014.934705" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159600v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Alexander Ruest" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2013.823221" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159572v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Gallmann" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-013-9534-y" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00957003v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Alexander Zingg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-7" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159597v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00755" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159604v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6061/clinics/2014(03)11" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00990249v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Wolfrum" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-18" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00923318v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-7648-3-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01122252v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.CSMR.0000306201.49315.73" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00998246v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pozzi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Knechtle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159603v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/hukin-2014-0073" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00986188v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D&#228;hler" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-16" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00998869v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ulsamer" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-20" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159555v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Anthony" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cribari" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2014.BAC219" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159601v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stiefel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2012.01473.x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JVHG1HR7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159560v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24229" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B031DC487293E93972D416E65D736CDC0E096EF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302442v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1375614" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954670v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Karner-Rezek" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159598v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2011.641033" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159595v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000327" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159589v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina C. Dietz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-014-2838-5" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00948257v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159599v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2013-0222" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869069v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00038.2013" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00922057v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-5-29" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906579v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etter F." TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knechtle B." TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruest C. A." TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemann T." TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01088702v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869080v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Zillmann" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2013.BAB105" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00676663v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-012-9392-z" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00915281v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957309v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Etter" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Knechtle" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Ruest" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rosemann" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00911733v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vogt" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-2-603" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00820834v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina da Fonseca-Engelhardt" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00831839v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zingg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph R&#252;st" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00919504v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Onywera" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-5-24" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869076v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph A. Ruest" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Pfeifer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e31825420d0" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00802018v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826684v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Yochum" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binczak" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.12.003" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00868753v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stiefel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-7648-2-27" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869065v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Eichenberger" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e318265a3e9" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851058v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-013-0067-4" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00826836v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Marcora" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e31829b504a" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851591v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimirela Meili" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-7648-2-25" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869066v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Urs Gloor" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Haupt" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/30.PMS.116.2.640-654" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00843193v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869067v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15438627.2012.757228" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00922439v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-2-685" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00813523v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Sigg" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823643v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/05.PMS.114.1.141-156" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00788099v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Knoth" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823626v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. C. Casartelli" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leunig" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Item-Glatthorn" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Maffiuletti" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00264-011-1385-5" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00779241v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00752141v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823656v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Wirth" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte Ellenrieder" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2012.BAA014" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823660v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theurel" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Theurel" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2012.671964" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823631v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2012.709264" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823630v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Rust Christoph" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823644v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2012.BAA022" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00596872v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-011-9271-z" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823637v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gayda" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sosner" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juneau" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.maturitas.2012.09.012" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0QC1QSC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708632v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e31821606b3" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00702377v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knechtlee Beat" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-011-9290-9" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708633v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Senn" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2011.578150" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00702344v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Stapley" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00697154v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2009.01040.x" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708640v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-010-1775-1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FXC83621-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00697141v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2010.01160.x" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00702352v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Maffiuletti" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e3181e57997" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708636v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-010-1805-z" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KNZ7GNJH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708630v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Barandun" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1807-59322011000200018" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708641v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Place" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2011.01330.x" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-43JNWSW7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708631v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e3181f6b0c7" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01762687v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Easthope Schmidt" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hausswirth" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vercruyssen" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01718749v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sultana" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bernard" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanick Brisswalter" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0029-1243647" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01661877v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gauch&#233;" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Couturier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Michaut" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rabita" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2009.01.006" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DP97T1S5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01710570v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sultana" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2008.01.003" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00325831v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e31817e91a4" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01710279v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2007.03.001" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01708179v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2006.07.007" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01690098v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Argentin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsm.2005.020487" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01661880v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bishop" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/01.mss.0000235351.01438.5a" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080420v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques van Hoecke" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640410400021997" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01762670v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Maffiuletti" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Van Hoecke" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675078v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782308v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782287v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01880836v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pfister" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01798985v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01988010v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01679681v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328485v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TENCONSpring.2014.6863074" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328483v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TENCONSpring.2014.6863012" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686639v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764937v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686703v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabir Jacquir" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01304111v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01304117v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01304127v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00158.2015" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05485531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Nina Maurisse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Piolino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Nouvel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Orriols" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bellegarde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073x.2025.2485620" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097989v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073X.2025.2485620" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097958v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pineau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Lepers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Papaiordanidou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00383.2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443444v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Stapley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bailey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Yousef" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Robertson-Malt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1682177" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422734v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Roty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mater" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05902-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422717v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lepers" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hausswirth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2025.1598075" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423790v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Poulin-Charronnat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2025.105950" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097877v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00136.2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097441v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan T Romberger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Stock" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald K Mcmillan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L Overstreet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00474.2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441453v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pierrieau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charissou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2023.1273435" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441479v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naic Borot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Laroche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Vergotte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14517" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675063v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacquet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Poulin-Charronnat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0298958" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097423v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Zanou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gremeaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Place" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rco2.93" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097763v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00671.2023" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Assadi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1508642" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097992v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lanfranchi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Matkowski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rayroud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola A Maffiuletti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2024.102942" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100305v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas van Hooren" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Plasqui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2022-0284" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04440925v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097393v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y M Garnier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P M Hilt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sirandre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ballay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20032430" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675087v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-50354-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095639v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Boly" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003132" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097399v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Quagliarotti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Coloretti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Dello Stritto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cuccurullo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Acalai" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23135837" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301452v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022026" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1122315" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097514v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vitry" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Campo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422821v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann M Garnier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Canepa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Paizis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.789867" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096362v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Legrand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Poirier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ballay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.854824" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096371v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14053" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094652v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.588253" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03297779v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Martin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Julliand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2021.103494" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02889282v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bontemps" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00819.2019" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02611746v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Garnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-020-04377-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02456392v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1015-0333" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02889378v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gr&#233;meaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2018-0879" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463047v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Valenzuela" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Joyner" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Lucia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-019-01252-0" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02319957v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-019-05576-1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02138089v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00354" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01885723v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1497090" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02332196v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00973" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02397053v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afz106" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01857725v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Li" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul James Stapley" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2018004" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01917616v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennacer Ben Hmed" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Bakir" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Sakly" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2018.08.026" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NBZV32T-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01873858v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dubau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-018-3934-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01857728v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Grospr&#234;tre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gueugneau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2018.04.012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01670511v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola A. Maffiuletti" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2017.11.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01385407v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel A. Walsh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Dawber" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brown" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Stapley" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000001556" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01444530v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalambos Papaxanthis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2016.09.051" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01563870v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Theurel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2016-0564" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01528822v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001270" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01565973v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Panasc&#236;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio La Torre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bonato" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2017-0132" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666409v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Casillas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00507.2017" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01614753v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2017-0298" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01613127v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2017-0222" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01563824v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00355.2016" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01409746v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele M. Marcora" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0163979" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05466255v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Rozand" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2015045" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01330433v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Figueiredo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa A Marques" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000001335" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01413071v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afw111" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330400v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2015.09.036" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01429870v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00613" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01504827v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00587" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01303543v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00553.2014" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302612v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Cejka" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Knechtle" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph A. R&#252;st" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rosemann" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000370" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302868v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Friesenbichler" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24601" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9S0FMCBB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01295676v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Angius" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James G. Hopker" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00280.2014" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01286909v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola C. Casartelli" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Bizzini" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leunig" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2014.08.002" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302439v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stamenkovic" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Peoples" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2015.10.008" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01295814v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2015.03.066" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDRXM1SW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01291990v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/52974" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302186v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00067" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01299981v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Alexander R&#252;st" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2014.934705" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302618v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2015.1060263" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00986188v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D&#228;hler" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-16" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159603v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Wolfrum" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/hukin-2014-0073" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00998246v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pozzi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Knechtle" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00957003v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Alexander Zingg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159600v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Alexander Ruest" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2013.823221" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159572v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Gallmann" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-013-9534-y" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159604v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6061/clinics/2014(03)11" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159597v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00755" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01122252v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.CSMR.0000306201.49315.73" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00990249v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-18" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00923318v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-7648-3-2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00998869v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ulsamer" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-6-20" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159598v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2011.641033" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302442v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1375614" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954670v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Karner-Rezek" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159560v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24229" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B031DC487293E93972D416E65D736CDC0E096EF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159601v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stiefel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2012.01473.x" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JVHG1HR7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159555v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Anthony" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cribari" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2014.BAC219" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159595v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000327" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159589v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina C. Dietz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-014-2838-5" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159599v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2013-0222" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00948257v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869069v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00038.2013" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00922057v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-5-29" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906579v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etter F." TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knechtle B." TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruest C. A." TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemann T." TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01088702v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826684v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Yochum" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binczak" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.12.003" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00919504v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph R&#252;st" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Onywera" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2052-1847-5-24" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00802018v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00676663v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-012-9392-z" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957309v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Etter" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Knechtle" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Ruest" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rosemann" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00911733v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vogt" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-2-603" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00915281v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00820834v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina da Fonseca-Engelhardt" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869080v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Zillmann" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2013.BAB105" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869076v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph A. Ruest" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Pfeifer" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e31825420d0" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00831839v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zingg" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00868753v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stiefel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-7648-2-27" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869065v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Eichenberger" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e318265a3e9" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851058v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-013-0067-4" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00826836v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Marcora" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e31829b504a" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869066v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Urs Gloor" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Haupt" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/30.PMS.116.2.640-654" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851591v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimirela Meili" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-7648-2-25" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00843193v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869067v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15438627.2012.757228" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00922439v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-2-685" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00813523v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Sigg" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823643v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/05.PMS.114.1.141-156" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823631v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2012.709264" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823630v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Rust Christoph" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823626v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. C. Casartelli" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leunig" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Item-Glatthorn" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Maffiuletti" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00264-011-1385-5" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00788099v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Knoth" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00779241v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00752141v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823656v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Wirth" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte Ellenrieder" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2012.BAA014" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823660v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theurel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Theurel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2012.671964" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00596872v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-011-9271-z" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823644v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4077/CJP.2012.BAA022" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823637v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gayda" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sosner" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juneau" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.maturitas.2012.09.012" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0QC1QSC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708632v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e31821606b3" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00702377v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knechtlee Beat" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-011-9290-9" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708633v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Senn" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2011.578150" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00702344v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Stapley" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708636v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-010-1805-z" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KNZ7GNJH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708640v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-010-1775-1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FXC83621-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00697154v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2009.01040.x" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00697141v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2010.01160.x" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00702352v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Maffiuletti" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e3181e57997" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708630v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Barandun" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1807-59322011000200018" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708631v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e3181f6b0c7" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708641v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Place" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2011.01330.x" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-43JNWSW7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01762687v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Easthope Schmidt" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hausswirth" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vercruyssen" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01718749v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sultana" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bernard" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanick Brisswalter" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0029-1243647" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01661877v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gauch&#233;" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Couturier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Michaut" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rabita" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2009.01.006" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DP97T1S5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01710570v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sultana" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2008.01.003" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00325831v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e31817e91a4" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01710279v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2007.03.001" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01708179v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2006.07.007" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01690098v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Argentin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsm.2005.020487" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01661880v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bishop" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/01.mss.0000235351.01438.5a" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080420v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques van Hoecke" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640410400021997" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01762670v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Maffiuletti" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Van Hoecke" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675078v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782287v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782308v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01798985v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pfister" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01880836v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01988010v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01679681v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328485v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TENCONSpring.2014.6863074" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328483v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TENCONSpring.2014.6863012" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764937v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686639v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686703v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabir Jacquir" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01304111v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01304117v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01304127v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00158.2015" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>